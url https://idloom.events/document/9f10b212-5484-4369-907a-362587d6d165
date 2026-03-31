--- v0 (2025-10-03)
+++ v1 (2026-03-31)
@@ -4,543 +4,556 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10713"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/rani/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gfa365-my.sharepoint.com/personal/valbona_zefi_gfa-group_de/Documents/Desktop/T Sweden/Logistics/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EED82941-CB39-1843-86CE-A499D071ED2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D9FB2853-C9E1-4268-AEA2-372110725010}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-43740" yWindow="-23500" windowWidth="33280" windowHeight="19000" xr2:uid="{9D2B259E-9D27-044D-BB49-E3DB450211AA}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{9D2B259E-9D27-044D-BB49-E3DB450211AA}"/>
   </bookViews>
   <sheets>
     <sheet name="Travel Expense" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Travel Expense'!$A$1:$M$64</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K29" i="1" l="1"/>
-[...22 lines deleted...]
-  <c r="K30" i="1"/>
+  <c r="H29" i="1" l="1"/>
+  <c r="H30" i="1"/>
+  <c r="K29" i="1"/>
   <c r="B171" i="1"/>
   <c r="H21" i="1"/>
   <c r="J30" i="1" s="1"/>
-  <c r="C20" i="1"/>
   <c r="B61" i="1"/>
-  <c r="B170" i="1" l="1"/>
+  <c r="K30" i="1" l="1"/>
+  <c r="B170" i="1"/>
   <c r="J45" i="1"/>
+  <c r="K45" i="1" s="1"/>
   <c r="J44" i="1"/>
+  <c r="K44" i="1" s="1"/>
   <c r="J35" i="1"/>
+  <c r="K35" i="1" s="1"/>
   <c r="J31" i="1"/>
+  <c r="K31" i="1" s="1"/>
   <c r="J29" i="1"/>
   <c r="J37" i="1"/>
+  <c r="K37" i="1" s="1"/>
   <c r="J52" i="1"/>
+  <c r="K52" i="1" s="1"/>
   <c r="J36" i="1"/>
+  <c r="K36" i="1" s="1"/>
   <c r="J51" i="1"/>
+  <c r="K51" i="1" s="1"/>
   <c r="J43" i="1"/>
+  <c r="K43" i="1" s="1"/>
   <c r="J50" i="1"/>
+  <c r="K50" i="1" s="1"/>
   <c r="J42" i="1"/>
+  <c r="K42" i="1" s="1"/>
   <c r="J34" i="1"/>
+  <c r="K34" i="1" s="1"/>
   <c r="J49" i="1"/>
+  <c r="K49" i="1" s="1"/>
   <c r="J41" i="1"/>
+  <c r="K41" i="1" s="1"/>
   <c r="J33" i="1"/>
+  <c r="K33" i="1" s="1"/>
   <c r="J48" i="1"/>
+  <c r="K48" i="1" s="1"/>
   <c r="J40" i="1"/>
+  <c r="K40" i="1" s="1"/>
   <c r="J32" i="1"/>
+  <c r="K32" i="1" s="1"/>
   <c r="J47" i="1"/>
+  <c r="K47" i="1" s="1"/>
   <c r="J39" i="1"/>
+  <c r="K39" i="1" s="1"/>
   <c r="J46" i="1"/>
+  <c r="K46" i="1" s="1"/>
   <c r="J38" i="1"/>
+  <c r="K38" i="1" s="1"/>
   <c r="K53" i="1" l="1"/>
   <c r="D10" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="99">
   <si>
     <t>Invoice | Travel Expense Report</t>
   </si>
   <si>
     <t xml:space="preserve">Invoice Recipient </t>
   </si>
   <si>
     <t xml:space="preserve">Invoice Sender </t>
   </si>
   <si>
     <t>GFA Consulting Group GmbH</t>
   </si>
   <si>
     <t>Eulenkrugstraße 82</t>
   </si>
   <si>
     <t>22359 Hamburg</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Invoice No.:   2182070-##-G#-##</t>
   </si>
   <si>
     <t>Total Amount</t>
   </si>
   <si>
     <t xml:space="preserve">Project No.: </t>
   </si>
   <si>
     <t>Project &amp; Event Details</t>
   </si>
   <si>
     <t>Name:</t>
   </si>
   <si>
+    <t>Multidisciplinary Training</t>
+  </si>
+  <si>
     <t>Start Date:</t>
   </si>
   <si>
     <t>Event type:</t>
   </si>
   <si>
-    <t>2nd Wave Exchange Programme</t>
+    <t>Multidisciplinary Core Training</t>
   </si>
   <si>
     <t>End Date:</t>
   </si>
   <si>
     <t>Group:</t>
   </si>
   <si>
     <t>Group 1</t>
   </si>
   <si>
     <t>Destination:</t>
   </si>
   <si>
-    <t>Austria</t>
-[...1 lines deleted...]
-  <si>
     <t>Bank Details for Payment of the Reimbursement</t>
   </si>
   <si>
     <t>** to be filled in by Event managers **</t>
   </si>
   <si>
     <t>Account Holder:</t>
   </si>
   <si>
     <t>Conversion Rate:</t>
   </si>
   <si>
     <t>Name of Bank:</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>IBAN:</t>
   </si>
   <si>
     <t>Please choose if needed</t>
   </si>
   <si>
     <t>BIC:</t>
   </si>
   <si>
     <t>Month:</t>
   </si>
   <si>
     <t xml:space="preserve">GFA guideline: </t>
   </si>
   <si>
     <t>InforEuro.eu</t>
   </si>
   <si>
     <t>Travel Costs that have been paid by You</t>
   </si>
   <si>
     <t>**Only for cars**</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Reason
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="3"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>please use order of statement or date</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="3"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Date</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="3"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 
 as indicated on receipt</t>
     </r>
   </si>
   <si>
     <t>Notes</t>
-  </si>
-[...195 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Please insert </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>km</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> here and </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>provide screenshot</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>. We reimburse 0.22€ per km</t>
     </r>
   </si>
   <si>
-    <t>Multidisciplinary Training</t>
+    <t>gross amount</t>
+  </si>
+  <si>
+    <t>Used Currency</t>
+  </si>
+  <si>
+    <t>Currency Conversion Rate</t>
+  </si>
+  <si>
+    <t>Gross Amount 
+in EUR</t>
+  </si>
+  <si>
+    <t>Select Currency</t>
+  </si>
+  <si>
+    <t>Subtotal Travelcosts</t>
+  </si>
+  <si>
+    <t>Signature</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>Currency</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>EUR – Euro</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>BGN – Bulgarian Lev</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>Czech Republic</t>
+  </si>
+  <si>
+    <t>CZK – Czech Koruna</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK – Danish Krone</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>HUF – Hungarian Forint</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>ISK – Icelandic Króna</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK – Norwegian Krone</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>PLN – Polish Złoty</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>RON – Romanian Leu</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>SEK – Swedish Krona</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>UAH – Ukrainian Hryvnia</t>
+  </si>
+  <si>
+    <t>Reimbursements</t>
+  </si>
+  <si>
+    <t>BGN</t>
+  </si>
+  <si>
+    <t>CZK</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>HUF</t>
+  </si>
+  <si>
+    <t>ISK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italy </t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>PLN</t>
+  </si>
+  <si>
+    <t>RON</t>
+  </si>
+  <si>
+    <t>Value</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
-[...5 lines deleted...]
-    <numFmt numFmtId="170" formatCode="dd/mm/yyyy;@"/>
+    <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
+    <numFmt numFmtId="165" formatCode="[$€-2]\ #,##0;[Red]\-[$€-2]\ #,##0"/>
+    <numFmt numFmtId="166" formatCode="0.00000"/>
+    <numFmt numFmtId="167" formatCode="0.0000"/>
+    <numFmt numFmtId="168" formatCode="_([$€-2]\ * #,##0.00_);_([$€-2]\ * \(#,##0.00\);_([$€-2]\ * &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="169" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="29" x14ac:knownFonts="1">
+  <fonts count="27">
     <font>
       <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -666,137 +679,118 @@
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="13"/>
       <color rgb="FF0C0C0C"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF0C0C0C"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF0C0C0C"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...5 lines deleted...]
-      <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color rgb="FF0C0C0C"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-    <font>
       <i/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Aptos Narrow"/>
-      <scheme val="minor"/>
-[...5 lines deleted...]
-      <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="34">
+  <borders count="33">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1027,63 +1021,50 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="double">
-[...11 lines deleted...]
-    <border>
       <left style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="1" tint="-0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="-0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="-0.499984740745262"/>
       </bottom>
@@ -1116,376 +1097,393 @@
       <right style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="-0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="117">
+  <cellXfs count="123">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" indent="2"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="5" fillId="2" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...80 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="16" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="17" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="16" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="17" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="16" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="17" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="14" fontId="17" fillId="5" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="18" fillId="5" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="16" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="49" fontId="17" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="167" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="19" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="20" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="19" fillId="2" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="169" fontId="26" fillId="2" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="16" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="17" fillId="2" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="169" fontId="6" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="7" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="2"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="17" fillId="2" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="14" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="14" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="169" fontId="1" fillId="2" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="169" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
-    </xf>
-[...41 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1845,3559 +1843,6157 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commission.europa.eu/funding-tenders/procedures-guidelines-tenders/information-contractors-and-beneficiaries/exchange-rate-inforeuro_de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E037801E-BEE1-B549-B0DE-2BF8665CCF77}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AK1762"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C24" zoomScale="113" zoomScaleNormal="65" zoomScaleSheetLayoutView="75" zoomScalePageLayoutView="63" workbookViewId="0">
-      <selection activeCell="K29" sqref="K29"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="75" zoomScalePageLayoutView="63" workbookViewId="0">
+      <selection activeCell="C14" sqref="C14:E14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11" defaultRowHeight="14.5"/>
   <cols>
     <col min="1" max="1" width="5.33203125" style="2" customWidth="1"/>
-    <col min="2" max="2" width="35.83203125" style="63" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="18" width="15.83203125" style="63" customWidth="1"/>
+    <col min="2" max="2" width="35.83203125" style="38" customWidth="1"/>
+    <col min="3" max="3" width="15.83203125" style="38" customWidth="1"/>
+    <col min="4" max="4" width="17" style="38" customWidth="1"/>
+    <col min="5" max="5" width="20" style="38" customWidth="1"/>
+    <col min="6" max="6" width="25" style="38" customWidth="1"/>
+    <col min="7" max="7" width="19.08203125" style="38" customWidth="1"/>
+    <col min="8" max="8" width="24" style="38" customWidth="1"/>
+    <col min="9" max="9" width="15.83203125" style="38" customWidth="1"/>
+    <col min="10" max="10" width="15.5" style="38" customWidth="1"/>
+    <col min="11" max="11" width="17.08203125" style="38" customWidth="1"/>
+    <col min="12" max="12" width="3" style="38" customWidth="1"/>
+    <col min="13" max="18" width="15.83203125" style="38" customWidth="1"/>
     <col min="19" max="19" width="10.83203125" style="2"/>
-    <col min="20" max="25" width="11" style="63"/>
-    <col min="26" max="26" width="10.83203125" style="63" customWidth="1"/>
+    <col min="20" max="25" width="11" style="38"/>
+    <col min="26" max="26" width="10.83203125" style="38" customWidth="1"/>
     <col min="27" max="27" width="22.83203125" style="2" customWidth="1"/>
     <col min="28" max="29" width="10.83203125" style="2" customWidth="1"/>
-    <col min="30" max="32" width="10.83203125" style="63" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="38" max="16384" width="11" style="63"/>
+    <col min="30" max="32" width="10.83203125" style="38" customWidth="1"/>
+    <col min="33" max="33" width="21.33203125" style="38" customWidth="1"/>
+    <col min="34" max="34" width="14.33203125" style="38" customWidth="1"/>
+    <col min="35" max="35" width="15.08203125" style="38" customWidth="1"/>
+    <col min="36" max="36" width="15.5" style="38" customWidth="1"/>
+    <col min="37" max="37" width="11" style="38" customWidth="1"/>
+    <col min="38" max="16384" width="11" style="38"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:28" s="2" customFormat="1" ht="100" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="64" t="s">
+    <row r="1" spans="2:28" s="2" customFormat="1" ht="100" customHeight="1">
+      <c r="B1" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="3"/>
-[...2 lines deleted...]
-    <row r="2" spans="2:28" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="71"/>
+      <c r="H1" s="71"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
+      <c r="O1" s="70"/>
+      <c r="P1" s="70"/>
+      <c r="Q1" s="70"/>
+      <c r="R1" s="70"/>
+      <c r="S1" s="70"/>
+      <c r="T1" s="70"/>
+      <c r="U1" s="70"/>
+      <c r="V1" s="70"/>
+      <c r="W1" s="70"/>
+      <c r="X1" s="70"/>
+      <c r="Y1" s="70"/>
+      <c r="Z1" s="70"/>
+      <c r="AA1" s="70"/>
+      <c r="AB1" s="70"/>
+    </row>
+    <row r="2" spans="2:28" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="B2" s="4"/>
-      <c r="C2" s="5"/>
-[...10 lines deleted...]
-      <c r="B3" s="9" t="s">
+      <c r="C2" s="72"/>
+      <c r="D2" s="72"/>
+      <c r="E2" s="72"/>
+      <c r="F2" s="72"/>
+      <c r="G2" s="73"/>
+      <c r="H2" s="73"/>
+      <c r="I2" s="72"/>
+      <c r="J2" s="72"/>
+      <c r="K2" s="72"/>
+      <c r="L2" s="70"/>
+      <c r="M2" s="70"/>
+      <c r="N2" s="70"/>
+      <c r="O2" s="70"/>
+      <c r="P2" s="70"/>
+      <c r="Q2" s="70"/>
+      <c r="R2" s="70"/>
+      <c r="S2" s="70"/>
+      <c r="T2" s="70"/>
+      <c r="U2" s="70"/>
+      <c r="V2" s="70"/>
+      <c r="W2" s="70"/>
+      <c r="X2" s="70"/>
+      <c r="Y2" s="70"/>
+      <c r="Z2" s="70"/>
+      <c r="AA2" s="70"/>
+      <c r="AB2" s="70"/>
+    </row>
+    <row r="3" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B3" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="5"/>
-[...1 lines deleted...]
-      <c r="E3" s="98" t="s">
+      <c r="C3" s="72"/>
+      <c r="D3" s="72"/>
+      <c r="E3" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="5"/>
-[...7 lines deleted...]
-      <c r="B4" s="10" t="s">
+      <c r="F3" s="72"/>
+      <c r="G3" s="73"/>
+      <c r="H3" s="73"/>
+      <c r="I3" s="72"/>
+      <c r="J3" s="72"/>
+      <c r="K3" s="72"/>
+      <c r="L3" s="70"/>
+      <c r="M3" s="70"/>
+      <c r="N3" s="70"/>
+      <c r="O3" s="70"/>
+      <c r="P3" s="70"/>
+      <c r="Q3" s="70"/>
+      <c r="R3" s="70"/>
+      <c r="S3" s="70"/>
+      <c r="T3" s="70"/>
+      <c r="U3" s="70"/>
+      <c r="V3" s="70"/>
+      <c r="W3" s="70"/>
+      <c r="X3" s="70"/>
+      <c r="Y3" s="70"/>
+      <c r="Z3" s="70"/>
+      <c r="AA3" s="70"/>
+      <c r="AB3" s="70"/>
+    </row>
+    <row r="4" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="B4" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="6"/>
-[...10 lines deleted...]
-      <c r="B5" s="12" t="s">
+      <c r="C4" s="73"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="119"/>
+      <c r="F4" s="119"/>
+      <c r="G4" s="73"/>
+      <c r="H4" s="73"/>
+      <c r="I4" s="73"/>
+      <c r="J4" s="73"/>
+      <c r="K4" s="73"/>
+      <c r="L4" s="71"/>
+      <c r="M4" s="71"/>
+      <c r="N4" s="71"/>
+      <c r="O4" s="71"/>
+      <c r="P4" s="71"/>
+      <c r="Q4" s="71"/>
+      <c r="R4" s="71"/>
+      <c r="S4" s="71"/>
+      <c r="T4" s="71"/>
+      <c r="U4" s="71"/>
+      <c r="V4" s="71"/>
+      <c r="W4" s="71"/>
+      <c r="X4" s="71"/>
+      <c r="Y4" s="71"/>
+      <c r="Z4" s="71"/>
+      <c r="AA4" s="71"/>
+      <c r="AB4" s="71"/>
+    </row>
+    <row r="5" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="B5" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="6"/>
-[...10 lines deleted...]
-      <c r="B6" s="12" t="s">
+      <c r="C5" s="73"/>
+      <c r="D5" s="11"/>
+      <c r="E5" s="120"/>
+      <c r="F5" s="120"/>
+      <c r="G5" s="73"/>
+      <c r="H5" s="73"/>
+      <c r="I5" s="73"/>
+      <c r="J5" s="73"/>
+      <c r="K5" s="73"/>
+      <c r="L5" s="71"/>
+      <c r="M5" s="71"/>
+      <c r="N5" s="71"/>
+      <c r="O5" s="71"/>
+      <c r="P5" s="71"/>
+      <c r="Q5" s="71"/>
+      <c r="R5" s="71"/>
+      <c r="S5" s="71"/>
+      <c r="T5" s="71"/>
+      <c r="U5" s="71"/>
+      <c r="V5" s="71"/>
+      <c r="W5" s="71"/>
+      <c r="X5" s="71"/>
+      <c r="Y5" s="71"/>
+      <c r="Z5" s="71"/>
+      <c r="AA5" s="71"/>
+      <c r="AB5" s="71"/>
+    </row>
+    <row r="6" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="B6" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="6"/>
+      <c r="C6" s="73"/>
       <c r="D6" s="4"/>
-      <c r="E6" s="101"/>
-[...8 lines deleted...]
-      <c r="B7" s="12" t="s">
+      <c r="E6" s="121"/>
+      <c r="F6" s="121"/>
+      <c r="G6" s="73"/>
+      <c r="H6" s="73"/>
+      <c r="I6" s="73"/>
+      <c r="J6" s="73"/>
+      <c r="K6" s="73"/>
+      <c r="L6" s="71"/>
+      <c r="M6" s="71"/>
+      <c r="N6" s="71"/>
+      <c r="O6" s="71"/>
+      <c r="P6" s="71"/>
+      <c r="Q6" s="71"/>
+      <c r="R6" s="71"/>
+      <c r="S6" s="71"/>
+      <c r="T6" s="71"/>
+      <c r="U6" s="71"/>
+      <c r="V6" s="71"/>
+      <c r="W6" s="71"/>
+      <c r="X6" s="71"/>
+      <c r="Y6" s="71"/>
+      <c r="Z6" s="71"/>
+      <c r="AA6" s="71"/>
+      <c r="AB6" s="71"/>
+    </row>
+    <row r="7" spans="2:28" s="3" customFormat="1" ht="17.149999999999999" customHeight="1">
+      <c r="B7" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="6"/>
-[...23 lines deleted...]
-      <c r="B10" s="15" t="s">
+      <c r="C7" s="73"/>
+      <c r="D7" s="73"/>
+      <c r="E7" s="121"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="73"/>
+      <c r="H7" s="73"/>
+      <c r="I7" s="73"/>
+      <c r="J7" s="73"/>
+      <c r="K7" s="73"/>
+      <c r="L7" s="71"/>
+      <c r="M7" s="71"/>
+      <c r="N7" s="71"/>
+      <c r="O7" s="71"/>
+      <c r="P7" s="71"/>
+      <c r="Q7" s="71"/>
+      <c r="R7" s="71"/>
+      <c r="S7" s="71"/>
+      <c r="T7" s="71"/>
+      <c r="U7" s="71"/>
+      <c r="V7" s="71"/>
+      <c r="W7" s="71"/>
+      <c r="X7" s="71"/>
+      <c r="Y7" s="71"/>
+      <c r="Z7" s="71"/>
+      <c r="AA7" s="71"/>
+      <c r="AB7" s="71"/>
+    </row>
+    <row r="8" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="B8" s="12"/>
+      <c r="C8" s="73"/>
+      <c r="D8" s="73"/>
+      <c r="E8" s="73"/>
+      <c r="F8" s="73"/>
+      <c r="G8" s="73"/>
+      <c r="H8" s="73"/>
+      <c r="I8" s="73"/>
+      <c r="J8" s="73"/>
+      <c r="K8" s="73"/>
+      <c r="L8" s="71"/>
+      <c r="M8" s="71"/>
+      <c r="N8" s="71"/>
+      <c r="O8" s="71"/>
+      <c r="P8" s="71"/>
+      <c r="Q8" s="71"/>
+      <c r="R8" s="71"/>
+      <c r="S8" s="71"/>
+      <c r="T8" s="71"/>
+      <c r="U8" s="71"/>
+      <c r="V8" s="71"/>
+      <c r="W8" s="71"/>
+      <c r="X8" s="71"/>
+      <c r="Y8" s="71"/>
+      <c r="Z8" s="71"/>
+      <c r="AA8" s="71"/>
+      <c r="AB8" s="71"/>
+    </row>
+    <row r="9" spans="2:28" s="2" customFormat="1">
+      <c r="B9" s="70"/>
+      <c r="C9" s="70"/>
+      <c r="D9" s="70"/>
+      <c r="E9" s="70"/>
+      <c r="F9" s="70"/>
+      <c r="G9" s="70"/>
+      <c r="H9" s="70"/>
+      <c r="I9" s="70"/>
+      <c r="J9" s="70"/>
+      <c r="K9" s="70"/>
+      <c r="L9" s="70"/>
+      <c r="M9" s="70"/>
+      <c r="N9" s="70"/>
+      <c r="O9" s="70"/>
+      <c r="P9" s="70"/>
+      <c r="Q9" s="70"/>
+      <c r="R9" s="70"/>
+      <c r="S9" s="70"/>
+      <c r="T9" s="70"/>
+      <c r="U9" s="70"/>
+      <c r="V9" s="70"/>
+      <c r="W9" s="70"/>
+      <c r="X9" s="70"/>
+      <c r="Y9" s="70"/>
+      <c r="Z9" s="70"/>
+      <c r="AA9" s="70"/>
+      <c r="AB9" s="70"/>
+    </row>
+    <row r="10" spans="2:28" s="1" customFormat="1" ht="25" customHeight="1">
+      <c r="B10" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="C10" s="16" t="s">
+      <c r="C10" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="D10" s="97">
+      <c r="D10" s="68">
         <f>K53</f>
         <v>0</v>
       </c>
-      <c r="E10" s="17"/>
-      <c r="F10" s="16" t="s">
+      <c r="E10" s="15"/>
+      <c r="F10" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="G10" s="17">
+      <c r="G10" s="15">
         <v>2182070</v>
       </c>
-      <c r="H10" s="16"/>
-[...9 lines deleted...]
-      <c r="B12" s="18" t="s">
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="14"/>
+    </row>
+    <row r="11" spans="2:28" s="2" customFormat="1" ht="15" customHeight="1">
+      <c r="B11" s="70"/>
+      <c r="C11" s="70"/>
+      <c r="D11" s="70"/>
+      <c r="E11" s="70"/>
+      <c r="F11" s="70"/>
+      <c r="G11" s="70"/>
+      <c r="H11" s="70"/>
+      <c r="I11" s="70"/>
+      <c r="J11" s="70"/>
+      <c r="K11" s="70"/>
+      <c r="L11" s="70"/>
+      <c r="M11" s="70"/>
+      <c r="N11" s="70"/>
+      <c r="O11" s="70"/>
+      <c r="P11" s="70"/>
+      <c r="Q11" s="70"/>
+      <c r="R11" s="70"/>
+      <c r="S11" s="70"/>
+      <c r="T11" s="70"/>
+      <c r="U11" s="70"/>
+      <c r="V11" s="70"/>
+      <c r="W11" s="70"/>
+      <c r="X11" s="70"/>
+      <c r="Y11" s="70"/>
+      <c r="Z11" s="70"/>
+      <c r="AA11" s="17"/>
+      <c r="AB11" s="17"/>
+    </row>
+    <row r="12" spans="2:28" s="2" customFormat="1" ht="30" customHeight="1">
+      <c r="B12" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="C12" s="19"/>
-[...13 lines deleted...]
-      <c r="B13" s="22" t="s">
+      <c r="C12" s="74"/>
+      <c r="D12" s="74"/>
+      <c r="E12" s="74"/>
+      <c r="F12" s="74"/>
+      <c r="G12" s="74"/>
+      <c r="H12" s="74"/>
+      <c r="I12" s="74"/>
+      <c r="J12" s="74"/>
+      <c r="K12" s="75"/>
+      <c r="L12" s="70"/>
+      <c r="M12" s="70"/>
+      <c r="N12" s="70"/>
+      <c r="O12" s="70"/>
+      <c r="P12" s="70"/>
+      <c r="Q12" s="70"/>
+      <c r="R12" s="70"/>
+      <c r="S12" s="17"/>
+      <c r="T12" s="70"/>
+      <c r="U12" s="70"/>
+      <c r="V12" s="70"/>
+      <c r="W12" s="70"/>
+      <c r="X12" s="70"/>
+      <c r="Y12" s="70"/>
+      <c r="Z12" s="70"/>
+      <c r="AA12" s="17"/>
+      <c r="AB12" s="17"/>
+    </row>
+    <row r="13" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B13" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="C13" s="112" t="s">
-[...4 lines deleted...]
-      <c r="G13" s="23" t="s">
+      <c r="C13" s="110" t="s">
         <v>12</v>
       </c>
-      <c r="H13" s="103"/>
-[...6 lines deleted...]
-      <c r="B14" s="22" t="s">
+      <c r="D13" s="110"/>
+      <c r="E13" s="110"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="C14" s="113" t="s">
+      <c r="H13" s="101"/>
+      <c r="I13" s="101"/>
+      <c r="J13" s="76"/>
+      <c r="K13" s="77"/>
+      <c r="L13" s="70"/>
+      <c r="M13" s="70"/>
+      <c r="N13" s="70"/>
+      <c r="O13" s="70"/>
+      <c r="P13" s="70"/>
+      <c r="Q13" s="70"/>
+      <c r="R13" s="70"/>
+      <c r="S13" s="17"/>
+      <c r="T13" s="70"/>
+      <c r="U13" s="70"/>
+      <c r="V13" s="70"/>
+      <c r="W13" s="70"/>
+      <c r="X13" s="70"/>
+      <c r="Y13" s="70"/>
+      <c r="Z13" s="70"/>
+      <c r="AA13" s="70"/>
+      <c r="AB13" s="70"/>
+    </row>
+    <row r="14" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B14" s="18" t="s">
         <v>14</v>
       </c>
-      <c r="D14" s="113"/>
-[...1 lines deleted...]
-      <c r="G14" s="23" t="s">
+      <c r="C14" s="111" t="s">
         <v>15</v>
       </c>
-      <c r="H14" s="104"/>
-[...8 lines deleted...]
-      <c r="B15" s="22" t="s">
+      <c r="D14" s="111"/>
+      <c r="E14" s="111"/>
+      <c r="F14" s="70"/>
+      <c r="G14" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="C15" s="113" t="s">
+      <c r="H14" s="102"/>
+      <c r="I14" s="102"/>
+      <c r="J14" s="76"/>
+      <c r="K14" s="77"/>
+      <c r="L14" s="70"/>
+      <c r="M14" s="70"/>
+      <c r="N14" s="70"/>
+      <c r="O14" s="70"/>
+      <c r="P14" s="70"/>
+      <c r="Q14" s="70"/>
+      <c r="R14" s="70"/>
+      <c r="S14" s="17"/>
+      <c r="T14" s="70"/>
+      <c r="U14" s="70"/>
+      <c r="V14" s="70"/>
+      <c r="W14" s="70"/>
+      <c r="X14" s="70"/>
+      <c r="Y14" s="70"/>
+      <c r="Z14" s="70"/>
+      <c r="AA14" s="17"/>
+      <c r="AB14" s="17"/>
+    </row>
+    <row r="15" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B15" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="D15" s="113"/>
-[...1 lines deleted...]
-      <c r="G15" s="23" t="s">
+      <c r="C15" s="111" t="s">
         <v>18</v>
       </c>
-      <c r="H15" s="77"/>
-[...27 lines deleted...]
-      <c r="B18" s="18" t="s">
+      <c r="D15" s="111"/>
+      <c r="E15" s="111"/>
+      <c r="F15" s="70"/>
+      <c r="G15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="H15" s="51"/>
+      <c r="I15" s="78"/>
+      <c r="J15" s="76"/>
+      <c r="K15" s="77"/>
+      <c r="L15" s="70"/>
+      <c r="M15" s="70"/>
+      <c r="N15" s="70"/>
+      <c r="O15" s="70"/>
+      <c r="P15" s="70"/>
+      <c r="Q15" s="70"/>
+      <c r="R15" s="70"/>
+      <c r="S15" s="17"/>
+      <c r="T15" s="70"/>
+      <c r="U15" s="70"/>
+      <c r="V15" s="70"/>
+      <c r="W15" s="70"/>
+      <c r="X15" s="70"/>
+      <c r="Y15" s="70"/>
+      <c r="Z15" s="70"/>
+      <c r="AA15" s="17"/>
+      <c r="AB15" s="17"/>
+    </row>
+    <row r="16" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B16" s="20"/>
+      <c r="C16" s="79"/>
+      <c r="D16" s="79"/>
+      <c r="E16" s="79"/>
+      <c r="F16" s="80"/>
+      <c r="G16" s="21"/>
+      <c r="H16" s="79"/>
+      <c r="I16" s="79"/>
+      <c r="J16" s="79"/>
+      <c r="K16" s="81"/>
+      <c r="L16" s="70"/>
+      <c r="M16" s="70"/>
+      <c r="N16" s="70"/>
+      <c r="O16" s="70"/>
+      <c r="P16" s="70"/>
+      <c r="Q16" s="70"/>
+      <c r="R16" s="70"/>
+      <c r="S16" s="17"/>
+      <c r="T16" s="70"/>
+      <c r="U16" s="70"/>
+      <c r="V16" s="70"/>
+      <c r="W16" s="70"/>
+      <c r="X16" s="70"/>
+      <c r="Y16" s="70"/>
+      <c r="Z16" s="70"/>
+      <c r="AA16" s="17"/>
+      <c r="AB16" s="17"/>
+    </row>
+    <row r="17" spans="2:28" s="2" customFormat="1">
+      <c r="B17" s="82"/>
+      <c r="C17" s="70"/>
+      <c r="D17" s="70"/>
+      <c r="E17" s="70"/>
+      <c r="F17" s="70"/>
+      <c r="G17" s="70"/>
+      <c r="H17" s="70"/>
+      <c r="I17" s="70"/>
+      <c r="J17" s="70"/>
+      <c r="K17" s="70"/>
+      <c r="L17" s="70"/>
+      <c r="M17" s="70"/>
+      <c r="N17" s="70"/>
+      <c r="O17" s="70"/>
+      <c r="P17" s="70"/>
+      <c r="Q17" s="70"/>
+      <c r="R17" s="70"/>
+      <c r="S17" s="17"/>
+      <c r="T17" s="70"/>
+      <c r="U17" s="70"/>
+      <c r="V17" s="70"/>
+      <c r="W17" s="70"/>
+      <c r="X17" s="70"/>
+      <c r="Y17" s="70"/>
+      <c r="Z17" s="70"/>
+      <c r="AA17" s="70"/>
+      <c r="AB17" s="70"/>
+    </row>
+    <row r="18" spans="2:28" s="3" customFormat="1" ht="30" customHeight="1">
+      <c r="B18" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="C18" s="32"/>
-[...14 lines deleted...]
-      <c r="G19" s="110" t="s">
+      <c r="C18" s="83"/>
+      <c r="D18" s="83"/>
+      <c r="E18" s="83"/>
+      <c r="F18" s="83"/>
+      <c r="G18" s="83"/>
+      <c r="H18" s="83"/>
+      <c r="I18" s="83"/>
+      <c r="J18" s="83"/>
+      <c r="K18" s="84"/>
+      <c r="L18" s="71"/>
+      <c r="M18" s="71"/>
+      <c r="N18" s="71"/>
+      <c r="O18" s="71"/>
+      <c r="P18" s="71"/>
+      <c r="Q18" s="71"/>
+      <c r="R18" s="71"/>
+      <c r="S18" s="17"/>
+      <c r="T18" s="71"/>
+      <c r="U18" s="71"/>
+      <c r="V18" s="71"/>
+      <c r="W18" s="71"/>
+      <c r="X18" s="71"/>
+      <c r="Y18" s="71"/>
+      <c r="Z18" s="71"/>
+      <c r="AA18" s="17"/>
+      <c r="AB18" s="17"/>
+    </row>
+    <row r="19" spans="2:28" s="2" customFormat="1">
+      <c r="B19" s="85"/>
+      <c r="C19" s="70"/>
+      <c r="D19" s="70"/>
+      <c r="E19" s="70"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="108" t="s">
         <v>21</v>
       </c>
-      <c r="H19" s="110"/>
-[...8 lines deleted...]
-      <c r="B20" s="35" t="s">
+      <c r="H19" s="108"/>
+      <c r="I19" s="108"/>
+      <c r="J19" s="108"/>
+      <c r="K19" s="109"/>
+      <c r="L19" s="70"/>
+      <c r="M19" s="70"/>
+      <c r="N19" s="70"/>
+      <c r="O19" s="70"/>
+      <c r="P19" s="70"/>
+      <c r="Q19" s="70"/>
+      <c r="R19" s="70"/>
+      <c r="S19" s="17"/>
+      <c r="T19" s="70"/>
+      <c r="U19" s="70"/>
+      <c r="V19" s="70"/>
+      <c r="W19" s="70"/>
+      <c r="X19" s="70"/>
+      <c r="Y19" s="70"/>
+      <c r="Z19" s="70"/>
+      <c r="AA19" s="17"/>
+      <c r="AB19" s="17"/>
+    </row>
+    <row r="20" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B20" s="22" t="s">
         <v>22</v>
       </c>
-      <c r="C20" s="114">
-[...5 lines deleted...]
-      <c r="G20" s="36" t="s">
+      <c r="C20" s="112"/>
+      <c r="D20" s="112"/>
+      <c r="E20" s="112"/>
+      <c r="F20" s="70"/>
+      <c r="G20" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="H20" s="5"/>
-[...8 lines deleted...]
-      <c r="B21" s="35" t="s">
+      <c r="H20" s="72"/>
+      <c r="I20" s="72"/>
+      <c r="J20" s="72"/>
+      <c r="K20" s="86"/>
+      <c r="L20" s="70"/>
+      <c r="M20" s="70"/>
+      <c r="N20" s="70"/>
+      <c r="O20" s="70"/>
+      <c r="P20" s="70"/>
+      <c r="Q20" s="70"/>
+      <c r="R20" s="70"/>
+      <c r="S20" s="17"/>
+      <c r="T20" s="70"/>
+      <c r="U20" s="70"/>
+      <c r="V20" s="70"/>
+      <c r="W20" s="70"/>
+      <c r="X20" s="70"/>
+      <c r="Y20" s="70"/>
+      <c r="Z20" s="70"/>
+      <c r="AA20" s="17"/>
+      <c r="AB20" s="17"/>
+    </row>
+    <row r="21" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B21" s="22" t="s">
         <v>24</v>
       </c>
-      <c r="C21" s="114"/>
-[...3 lines deleted...]
-      <c r="H21" s="70" t="str">
+      <c r="C21" s="112"/>
+      <c r="D21" s="112"/>
+      <c r="E21" s="112"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="43"/>
+      <c r="H21" s="44" t="str">
         <f>IFERROR(VLOOKUP(E7, B101:C130, 2, FALSE), "Home Country of E7")</f>
         <v>Home Country of E7</v>
       </c>
-      <c r="I21" s="71">
+      <c r="I21" s="45">
         <v>1</v>
       </c>
-      <c r="J21" s="71"/>
-      <c r="K21" s="72" t="s">
+      <c r="J21" s="45"/>
+      <c r="K21" s="46" t="s">
         <v>25</v>
       </c>
-      <c r="AA21" s="21"/>
-[...3 lines deleted...]
-      <c r="B22" s="35" t="s">
+      <c r="L21" s="70"/>
+      <c r="M21" s="70"/>
+      <c r="N21" s="70"/>
+      <c r="O21" s="70"/>
+      <c r="P21" s="70"/>
+      <c r="Q21" s="70"/>
+      <c r="R21" s="70"/>
+      <c r="S21" s="70"/>
+      <c r="T21" s="70"/>
+      <c r="U21" s="70"/>
+      <c r="V21" s="70"/>
+      <c r="W21" s="70"/>
+      <c r="X21" s="70"/>
+      <c r="Y21" s="70"/>
+      <c r="Z21" s="70"/>
+      <c r="AA21" s="17"/>
+      <c r="AB21" s="17"/>
+    </row>
+    <row r="22" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B22" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="C22" s="102"/>
-[...3 lines deleted...]
-      <c r="H22" s="70" t="s">
+      <c r="C22" s="122"/>
+      <c r="D22" s="122"/>
+      <c r="E22" s="122"/>
+      <c r="F22" s="70"/>
+      <c r="G22" s="43"/>
+      <c r="H22" s="44" t="s">
         <v>27</v>
       </c>
-      <c r="I22" s="71">
+      <c r="I22" s="45">
         <v>1</v>
       </c>
-      <c r="J22" s="71"/>
-      <c r="K22" s="72" t="s">
+      <c r="J22" s="45"/>
+      <c r="K22" s="46" t="s">
         <v>25</v>
       </c>
-      <c r="AA22" s="21"/>
-[...3 lines deleted...]
-      <c r="B23" s="35" t="s">
+      <c r="L22" s="70"/>
+      <c r="M22" s="70"/>
+      <c r="N22" s="70"/>
+      <c r="O22" s="70"/>
+      <c r="P22" s="70"/>
+      <c r="Q22" s="70"/>
+      <c r="R22" s="70"/>
+      <c r="S22" s="70"/>
+      <c r="T22" s="70"/>
+      <c r="U22" s="70"/>
+      <c r="V22" s="70"/>
+      <c r="W22" s="70"/>
+      <c r="X22" s="70"/>
+      <c r="Y22" s="70"/>
+      <c r="Z22" s="70"/>
+      <c r="AA22" s="17"/>
+      <c r="AB22" s="17"/>
+    </row>
+    <row r="23" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B23" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="C23" s="102"/>
-[...2 lines deleted...]
-      <c r="G23" s="36" t="s">
+      <c r="C23" s="122"/>
+      <c r="D23" s="122"/>
+      <c r="E23" s="122"/>
+      <c r="F23" s="70"/>
+      <c r="G23" s="23" t="s">
         <v>29</v>
       </c>
-      <c r="H23" s="38"/>
-[...13 lines deleted...]
-      <c r="G24" s="41" t="s">
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="87"/>
+      <c r="L23" s="70"/>
+      <c r="M23" s="70"/>
+      <c r="N23" s="70"/>
+      <c r="O23" s="70"/>
+      <c r="P23" s="70"/>
+      <c r="Q23" s="70"/>
+      <c r="R23" s="70"/>
+      <c r="S23" s="17"/>
+      <c r="T23" s="70"/>
+      <c r="U23" s="70"/>
+      <c r="V23" s="70"/>
+      <c r="W23" s="70"/>
+      <c r="X23" s="70"/>
+      <c r="Y23" s="70"/>
+      <c r="Z23" s="70"/>
+      <c r="AA23" s="17"/>
+      <c r="AB23" s="17"/>
+    </row>
+    <row r="24" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B24" s="88"/>
+      <c r="C24" s="80"/>
+      <c r="D24" s="80"/>
+      <c r="E24" s="80"/>
+      <c r="F24" s="80"/>
+      <c r="G24" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="H24" s="42" t="s">
+      <c r="H24" s="26" t="s">
         <v>31</v>
       </c>
-      <c r="I24" s="43"/>
-[...11 lines deleted...]
-      <c r="B26" s="45" t="s">
+      <c r="I24" s="89"/>
+      <c r="J24" s="89"/>
+      <c r="K24" s="90"/>
+      <c r="L24" s="70"/>
+      <c r="M24" s="70"/>
+      <c r="N24" s="70"/>
+      <c r="O24" s="70"/>
+      <c r="P24" s="70"/>
+      <c r="Q24" s="70"/>
+      <c r="R24" s="70"/>
+      <c r="S24" s="17"/>
+      <c r="T24" s="70"/>
+      <c r="U24" s="70"/>
+      <c r="V24" s="70"/>
+      <c r="W24" s="70"/>
+      <c r="X24" s="70"/>
+      <c r="Y24" s="70"/>
+      <c r="Z24" s="70"/>
+      <c r="AA24" s="17"/>
+      <c r="AB24" s="17"/>
+    </row>
+    <row r="25" spans="2:28" s="2" customFormat="1">
+      <c r="B25" s="82"/>
+      <c r="C25" s="70"/>
+      <c r="D25" s="70"/>
+      <c r="E25" s="70"/>
+      <c r="F25" s="70"/>
+      <c r="G25" s="70"/>
+      <c r="H25" s="70"/>
+      <c r="I25" s="70"/>
+      <c r="J25" s="70"/>
+      <c r="K25" s="70"/>
+      <c r="L25" s="70"/>
+      <c r="M25" s="70"/>
+      <c r="N25" s="70"/>
+      <c r="O25" s="70"/>
+      <c r="P25" s="70"/>
+      <c r="Q25" s="70"/>
+      <c r="R25" s="70"/>
+      <c r="S25" s="17"/>
+      <c r="T25" s="70"/>
+      <c r="U25" s="70"/>
+      <c r="V25" s="70"/>
+      <c r="W25" s="70"/>
+      <c r="X25" s="70"/>
+      <c r="Y25" s="70"/>
+      <c r="Z25" s="70"/>
+      <c r="AA25" s="70"/>
+      <c r="AB25" s="70"/>
+    </row>
+    <row r="26" spans="2:28" s="2" customFormat="1" ht="30" customHeight="1">
+      <c r="B26" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="C26" s="46"/>
-[...11 lines deleted...]
-      <c r="G27" s="96" t="s">
+      <c r="C26" s="91"/>
+      <c r="D26" s="91"/>
+      <c r="E26" s="91"/>
+      <c r="F26" s="91"/>
+      <c r="G26" s="91"/>
+      <c r="H26" s="91"/>
+      <c r="I26" s="91"/>
+      <c r="J26" s="91"/>
+      <c r="K26" s="92"/>
+      <c r="L26" s="70"/>
+      <c r="M26" s="70"/>
+      <c r="N26" s="70"/>
+      <c r="O26" s="70"/>
+      <c r="P26" s="70"/>
+      <c r="Q26" s="70"/>
+      <c r="R26" s="70"/>
+      <c r="S26" s="70"/>
+      <c r="T26" s="70"/>
+      <c r="U26" s="70"/>
+      <c r="V26" s="70"/>
+      <c r="W26" s="70"/>
+      <c r="X26" s="70"/>
+      <c r="Y26" s="70"/>
+      <c r="Z26" s="70"/>
+      <c r="AA26" s="70"/>
+      <c r="AB26" s="70"/>
+    </row>
+    <row r="27" spans="2:28" s="2" customFormat="1">
+      <c r="B27" s="85"/>
+      <c r="C27" s="70"/>
+      <c r="D27" s="70"/>
+      <c r="E27" s="70"/>
+      <c r="F27" s="70"/>
+      <c r="G27" s="67" t="s">
         <v>33</v>
       </c>
-      <c r="K27" s="25"/>
-[...7 lines deleted...]
-      <c r="C28" s="115" t="s">
+      <c r="H27" s="70"/>
+      <c r="I27" s="70"/>
+      <c r="J27" s="70"/>
+      <c r="K27" s="77"/>
+      <c r="L27" s="70"/>
+      <c r="M27" s="70"/>
+      <c r="N27" s="70"/>
+      <c r="O27" s="70"/>
+      <c r="P27" s="70"/>
+      <c r="Q27" s="70"/>
+      <c r="R27" s="70"/>
+      <c r="S27" s="70"/>
+      <c r="T27" s="70"/>
+      <c r="U27" s="70"/>
+      <c r="V27" s="70"/>
+      <c r="W27" s="70"/>
+      <c r="X27" s="70"/>
+      <c r="Y27" s="70"/>
+      <c r="Z27" s="70"/>
+      <c r="AA27" s="17"/>
+      <c r="AB27" s="17"/>
+    </row>
+    <row r="28" spans="2:28" s="2" customFormat="1" ht="58">
+      <c r="B28" s="65" t="s">
         <v>34</v>
       </c>
-      <c r="D28" s="116"/>
-      <c r="E28" s="116" t="s">
+      <c r="C28" s="113" t="s">
         <v>35</v>
       </c>
-      <c r="F28" s="116"/>
-[...3 lines deleted...]
-      <c r="H28" s="48" t="s">
+      <c r="D28" s="114"/>
+      <c r="E28" s="114" t="s">
         <v>36</v>
       </c>
-      <c r="I28" s="48" t="s">
+      <c r="F28" s="114"/>
+      <c r="G28" s="29" t="s">
         <v>37</v>
       </c>
-      <c r="J28" s="50" t="s">
+      <c r="H28" s="28" t="s">
         <v>38</v>
       </c>
-      <c r="K28" s="51" t="s">
+      <c r="I28" s="28" t="s">
         <v>39</v>
       </c>
-      <c r="S28" s="21"/>
-[...11 lines deleted...]
-      <c r="I29" s="74" t="s">
+      <c r="J28" s="30" t="s">
         <v>40</v>
       </c>
-      <c r="J29" s="88" t="str">
+      <c r="K28" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="L28" s="70"/>
+      <c r="M28" s="70"/>
+      <c r="N28" s="70"/>
+      <c r="O28" s="70"/>
+      <c r="P28" s="70"/>
+      <c r="Q28" s="70"/>
+      <c r="R28" s="70"/>
+      <c r="S28" s="17"/>
+      <c r="T28" s="70"/>
+      <c r="U28" s="70"/>
+      <c r="V28" s="70"/>
+      <c r="W28" s="70"/>
+      <c r="X28" s="70"/>
+      <c r="Y28" s="70"/>
+      <c r="Z28" s="70"/>
+      <c r="AA28" s="17"/>
+      <c r="AB28" s="17"/>
+    </row>
+    <row r="29" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B29" s="57"/>
+      <c r="C29" s="64"/>
+      <c r="D29" s="61"/>
+      <c r="E29" s="64"/>
+      <c r="F29" s="66"/>
+      <c r="G29" s="47"/>
+      <c r="H29" s="47">
+        <f>G29*0.22</f>
+        <v>0</v>
+      </c>
+      <c r="I29" s="48" t="s">
+        <v>25</v>
+      </c>
+      <c r="J29" s="60" t="str">
         <f>IF(I29=$H$21, $G$21, IF(I29=$H$22, $G$22, ""))</f>
         <v/>
       </c>
-      <c r="K29" s="89">
+      <c r="K29" s="93">
         <f>IFERROR(IF(I29="EUR", H29, H29*J29), 0)</f>
         <v>0</v>
       </c>
-      <c r="AA29" s="21"/>
-[...13 lines deleted...]
-      <c r="J30" s="88" t="str">
+      <c r="L29" s="70"/>
+      <c r="M29" s="70"/>
+      <c r="N29" s="70"/>
+      <c r="O29" s="70"/>
+      <c r="P29" s="70"/>
+      <c r="Q29" s="70"/>
+      <c r="R29" s="70"/>
+      <c r="S29" s="70"/>
+      <c r="T29" s="70"/>
+      <c r="U29" s="70"/>
+      <c r="V29" s="70"/>
+      <c r="W29" s="70"/>
+      <c r="X29" s="70"/>
+      <c r="Y29" s="70"/>
+      <c r="Z29" s="70"/>
+      <c r="AA29" s="17"/>
+      <c r="AB29" s="17"/>
+    </row>
+    <row r="30" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B30" s="57"/>
+      <c r="C30" s="64"/>
+      <c r="D30" s="62"/>
+      <c r="E30" s="64"/>
+      <c r="F30" s="62"/>
+      <c r="G30" s="47"/>
+      <c r="H30" s="47">
+        <f>G30*0.22</f>
+        <v>0</v>
+      </c>
+      <c r="I30" s="48" t="s">
+        <v>25</v>
+      </c>
+      <c r="J30" s="60" t="str">
         <f t="shared" ref="J30:J52" si="0">IF(I30=$H$21, $G$21, IF(I30=$H$22, $G$22, ""))</f>
         <v/>
       </c>
-      <c r="K30" s="89">
+      <c r="K30" s="93">
         <f>IFERROR(IF(I30="EUR", H30, H30*J30), 0)</f>
         <v>0</v>
       </c>
-      <c r="S30" s="21"/>
-[...14 lines deleted...]
-      <c r="J31" s="88" t="str">
+      <c r="L30" s="70"/>
+      <c r="M30" s="70"/>
+      <c r="N30" s="70"/>
+      <c r="O30" s="70"/>
+      <c r="P30" s="70"/>
+      <c r="Q30" s="70"/>
+      <c r="R30" s="70"/>
+      <c r="S30" s="17"/>
+      <c r="T30" s="70"/>
+      <c r="U30" s="70"/>
+      <c r="V30" s="70"/>
+      <c r="W30" s="70"/>
+      <c r="X30" s="70"/>
+      <c r="Y30" s="70"/>
+      <c r="Z30" s="70"/>
+      <c r="AA30" s="17"/>
+      <c r="AB30" s="17"/>
+    </row>
+    <row r="31" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B31" s="57"/>
+      <c r="C31" s="64"/>
+      <c r="D31" s="62"/>
+      <c r="E31" s="115"/>
+      <c r="F31" s="116"/>
+      <c r="G31" s="49"/>
+      <c r="H31" s="58"/>
+      <c r="I31" s="48" t="s">
+        <v>25</v>
+      </c>
+      <c r="J31" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K31" s="89">
+      <c r="K31" s="93">
         <f t="shared" ref="K31:K52" si="1">IFERROR(IF(I31="EUR", H31, H31*J31), 0)</f>
         <v>0</v>
       </c>
-      <c r="S31" s="21"/>
-[...14 lines deleted...]
-      <c r="J32" s="88" t="str">
+      <c r="L31" s="70"/>
+      <c r="M31" s="70"/>
+      <c r="N31" s="70"/>
+      <c r="O31" s="70"/>
+      <c r="P31" s="70"/>
+      <c r="Q31" s="70"/>
+      <c r="R31" s="70"/>
+      <c r="S31" s="17"/>
+      <c r="T31" s="70"/>
+      <c r="U31" s="70"/>
+      <c r="V31" s="70"/>
+      <c r="W31" s="70"/>
+      <c r="X31" s="70"/>
+      <c r="Y31" s="70"/>
+      <c r="Z31" s="70"/>
+      <c r="AA31" s="17"/>
+      <c r="AB31" s="17"/>
+    </row>
+    <row r="32" spans="2:28" s="2" customFormat="1" ht="29.25" customHeight="1">
+      <c r="B32" s="57"/>
+      <c r="C32" s="64"/>
+      <c r="D32" s="62"/>
+      <c r="E32" s="70"/>
+      <c r="F32" s="70"/>
+      <c r="G32" s="49"/>
+      <c r="H32" s="58"/>
+      <c r="I32" s="48" t="s">
+        <v>25</v>
+      </c>
+      <c r="J32" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K32" s="89">
+      <c r="K32" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S32" s="21"/>
-[...14 lines deleted...]
-      <c r="J33" s="88" t="str">
+      <c r="L32" s="70"/>
+      <c r="M32" s="70"/>
+      <c r="N32" s="70"/>
+      <c r="O32" s="70"/>
+      <c r="P32" s="70"/>
+      <c r="Q32" s="70"/>
+      <c r="R32" s="70"/>
+      <c r="S32" s="17"/>
+      <c r="T32" s="70"/>
+      <c r="U32" s="70"/>
+      <c r="V32" s="70"/>
+      <c r="W32" s="70"/>
+      <c r="X32" s="70"/>
+      <c r="Y32" s="70"/>
+      <c r="Z32" s="70"/>
+      <c r="AA32" s="17"/>
+      <c r="AB32" s="17"/>
+    </row>
+    <row r="33" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B33" s="57"/>
+      <c r="C33" s="64"/>
+      <c r="D33" s="62"/>
+      <c r="E33" s="117"/>
+      <c r="F33" s="118"/>
+      <c r="G33" s="49"/>
+      <c r="H33" s="58"/>
+      <c r="I33" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J33" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K33" s="89">
+      <c r="K33" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S33" s="21"/>
-[...14 lines deleted...]
-      <c r="J34" s="88" t="str">
+      <c r="L33" s="70"/>
+      <c r="M33" s="70"/>
+      <c r="N33" s="70"/>
+      <c r="O33" s="70"/>
+      <c r="P33" s="70"/>
+      <c r="Q33" s="70"/>
+      <c r="R33" s="70"/>
+      <c r="S33" s="17"/>
+      <c r="T33" s="70"/>
+      <c r="U33" s="70"/>
+      <c r="V33" s="70"/>
+      <c r="W33" s="70"/>
+      <c r="X33" s="70"/>
+      <c r="Y33" s="70"/>
+      <c r="Z33" s="70"/>
+      <c r="AA33" s="17"/>
+      <c r="AB33" s="17"/>
+    </row>
+    <row r="34" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B34" s="57"/>
+      <c r="C34" s="64"/>
+      <c r="D34" s="62"/>
+      <c r="E34" s="64"/>
+      <c r="F34" s="62"/>
+      <c r="G34" s="49"/>
+      <c r="H34" s="58"/>
+      <c r="I34" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J34" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K34" s="89">
+      <c r="K34" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S34" s="21"/>
-[...14 lines deleted...]
-      <c r="J35" s="88" t="str">
+      <c r="L34" s="70"/>
+      <c r="M34" s="70"/>
+      <c r="N34" s="70"/>
+      <c r="O34" s="70"/>
+      <c r="P34" s="70"/>
+      <c r="Q34" s="70"/>
+      <c r="R34" s="70"/>
+      <c r="S34" s="17"/>
+      <c r="T34" s="70"/>
+      <c r="U34" s="70"/>
+      <c r="V34" s="70"/>
+      <c r="W34" s="70"/>
+      <c r="X34" s="70"/>
+      <c r="Y34" s="70"/>
+      <c r="Z34" s="70"/>
+      <c r="AA34" s="17"/>
+      <c r="AB34" s="17"/>
+    </row>
+    <row r="35" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B35" s="57"/>
+      <c r="C35" s="64"/>
+      <c r="D35" s="62"/>
+      <c r="E35" s="64"/>
+      <c r="F35" s="62"/>
+      <c r="G35" s="49"/>
+      <c r="H35" s="58"/>
+      <c r="I35" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J35" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K35" s="89">
+      <c r="K35" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S35" s="21"/>
-[...14 lines deleted...]
-      <c r="J36" s="88" t="str">
+      <c r="L35" s="70"/>
+      <c r="M35" s="70"/>
+      <c r="N35" s="70"/>
+      <c r="O35" s="70"/>
+      <c r="P35" s="70"/>
+      <c r="Q35" s="70"/>
+      <c r="R35" s="70"/>
+      <c r="S35" s="17"/>
+      <c r="T35" s="70"/>
+      <c r="U35" s="70"/>
+      <c r="V35" s="70"/>
+      <c r="W35" s="70"/>
+      <c r="X35" s="70"/>
+      <c r="Y35" s="70"/>
+      <c r="Z35" s="70"/>
+      <c r="AA35" s="17"/>
+      <c r="AB35" s="17"/>
+    </row>
+    <row r="36" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B36" s="57"/>
+      <c r="C36" s="64"/>
+      <c r="D36" s="62"/>
+      <c r="E36" s="64"/>
+      <c r="F36" s="62"/>
+      <c r="G36" s="49"/>
+      <c r="H36" s="58"/>
+      <c r="I36" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J36" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K36" s="89">
+      <c r="K36" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S36" s="21"/>
-[...14 lines deleted...]
-      <c r="J37" s="88" t="str">
+      <c r="L36" s="70"/>
+      <c r="M36" s="70"/>
+      <c r="N36" s="70"/>
+      <c r="O36" s="70"/>
+      <c r="P36" s="70"/>
+      <c r="Q36" s="70"/>
+      <c r="R36" s="70"/>
+      <c r="S36" s="17"/>
+      <c r="T36" s="70"/>
+      <c r="U36" s="70"/>
+      <c r="V36" s="70"/>
+      <c r="W36" s="70"/>
+      <c r="X36" s="70"/>
+      <c r="Y36" s="70"/>
+      <c r="Z36" s="70"/>
+      <c r="AA36" s="17"/>
+      <c r="AB36" s="17"/>
+    </row>
+    <row r="37" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B37" s="57"/>
+      <c r="C37" s="64"/>
+      <c r="D37" s="62"/>
+      <c r="E37" s="64"/>
+      <c r="F37" s="62"/>
+      <c r="G37" s="49"/>
+      <c r="H37" s="58"/>
+      <c r="I37" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J37" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K37" s="89">
+      <c r="K37" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S37" s="21"/>
-[...14 lines deleted...]
-      <c r="J38" s="88" t="str">
+      <c r="L37" s="70"/>
+      <c r="M37" s="70"/>
+      <c r="N37" s="70"/>
+      <c r="O37" s="70"/>
+      <c r="P37" s="70"/>
+      <c r="Q37" s="70"/>
+      <c r="R37" s="70"/>
+      <c r="S37" s="17"/>
+      <c r="T37" s="70"/>
+      <c r="U37" s="70"/>
+      <c r="V37" s="70"/>
+      <c r="W37" s="70"/>
+      <c r="X37" s="70"/>
+      <c r="Y37" s="70"/>
+      <c r="Z37" s="70"/>
+      <c r="AA37" s="17"/>
+      <c r="AB37" s="17"/>
+    </row>
+    <row r="38" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B38" s="57"/>
+      <c r="C38" s="64"/>
+      <c r="D38" s="62"/>
+      <c r="E38" s="64"/>
+      <c r="F38" s="62"/>
+      <c r="G38" s="49"/>
+      <c r="H38" s="58"/>
+      <c r="I38" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J38" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K38" s="89">
+      <c r="K38" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S38" s="21"/>
-[...12 lines deleted...]
-      <c r="J39" s="88" t="str">
+      <c r="L38" s="70"/>
+      <c r="M38" s="70"/>
+      <c r="N38" s="70"/>
+      <c r="O38" s="70"/>
+      <c r="P38" s="70"/>
+      <c r="Q38" s="70"/>
+      <c r="R38" s="70"/>
+      <c r="S38" s="17"/>
+      <c r="T38" s="70"/>
+      <c r="U38" s="70"/>
+      <c r="V38" s="70"/>
+      <c r="W38" s="70"/>
+      <c r="X38" s="70"/>
+      <c r="Y38" s="70"/>
+      <c r="Z38" s="70"/>
+      <c r="AA38" s="70"/>
+      <c r="AB38" s="70"/>
+    </row>
+    <row r="39" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B39" s="57"/>
+      <c r="C39" s="64"/>
+      <c r="D39" s="62"/>
+      <c r="E39" s="64"/>
+      <c r="F39" s="62"/>
+      <c r="G39" s="49"/>
+      <c r="H39" s="58"/>
+      <c r="I39" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J39" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K39" s="89">
+      <c r="K39" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S39" s="21"/>
-[...12 lines deleted...]
-      <c r="J40" s="88" t="str">
+      <c r="L39" s="70"/>
+      <c r="M39" s="70"/>
+      <c r="N39" s="70"/>
+      <c r="O39" s="70"/>
+      <c r="P39" s="70"/>
+      <c r="Q39" s="70"/>
+      <c r="R39" s="70"/>
+      <c r="S39" s="17"/>
+      <c r="T39" s="70"/>
+      <c r="U39" s="70"/>
+      <c r="V39" s="70"/>
+      <c r="W39" s="70"/>
+      <c r="X39" s="70"/>
+      <c r="Y39" s="70"/>
+      <c r="Z39" s="70"/>
+      <c r="AA39" s="70"/>
+      <c r="AB39" s="70"/>
+    </row>
+    <row r="40" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B40" s="57"/>
+      <c r="C40" s="64"/>
+      <c r="D40" s="62"/>
+      <c r="E40" s="64"/>
+      <c r="F40" s="62"/>
+      <c r="G40" s="49"/>
+      <c r="H40" s="58"/>
+      <c r="I40" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J40" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K40" s="89">
+      <c r="K40" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S40" s="21"/>
-[...14 lines deleted...]
-      <c r="J41" s="88" t="str">
+      <c r="L40" s="70"/>
+      <c r="M40" s="70"/>
+      <c r="N40" s="70"/>
+      <c r="O40" s="70"/>
+      <c r="P40" s="70"/>
+      <c r="Q40" s="70"/>
+      <c r="R40" s="70"/>
+      <c r="S40" s="17"/>
+      <c r="T40" s="70"/>
+      <c r="U40" s="70"/>
+      <c r="V40" s="70"/>
+      <c r="W40" s="70"/>
+      <c r="X40" s="70"/>
+      <c r="Y40" s="70"/>
+      <c r="Z40" s="70"/>
+      <c r="AA40" s="17"/>
+      <c r="AB40" s="17"/>
+    </row>
+    <row r="41" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B41" s="57"/>
+      <c r="C41" s="64"/>
+      <c r="D41" s="62"/>
+      <c r="E41" s="64"/>
+      <c r="F41" s="62"/>
+      <c r="G41" s="49"/>
+      <c r="H41" s="58"/>
+      <c r="I41" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J41" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K41" s="89">
+      <c r="K41" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S41" s="21"/>
-[...14 lines deleted...]
-      <c r="J42" s="88" t="str">
+      <c r="L41" s="70"/>
+      <c r="M41" s="70"/>
+      <c r="N41" s="70"/>
+      <c r="O41" s="70"/>
+      <c r="P41" s="70"/>
+      <c r="Q41" s="70"/>
+      <c r="R41" s="70"/>
+      <c r="S41" s="17"/>
+      <c r="T41" s="70"/>
+      <c r="U41" s="70"/>
+      <c r="V41" s="70"/>
+      <c r="W41" s="70"/>
+      <c r="X41" s="70"/>
+      <c r="Y41" s="70"/>
+      <c r="Z41" s="70"/>
+      <c r="AA41" s="17"/>
+      <c r="AB41" s="17"/>
+    </row>
+    <row r="42" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B42" s="57"/>
+      <c r="C42" s="64"/>
+      <c r="D42" s="62"/>
+      <c r="E42" s="64"/>
+      <c r="F42" s="62"/>
+      <c r="G42" s="49"/>
+      <c r="H42" s="58"/>
+      <c r="I42" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J42" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K42" s="89">
+      <c r="K42" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J43" s="88" t="str">
+      <c r="L42" s="70"/>
+      <c r="M42" s="70"/>
+      <c r="N42" s="70"/>
+      <c r="O42" s="70"/>
+      <c r="P42" s="70"/>
+      <c r="Q42" s="70"/>
+      <c r="R42" s="70"/>
+      <c r="S42" s="70"/>
+      <c r="T42" s="70"/>
+      <c r="U42" s="70"/>
+      <c r="V42" s="70"/>
+      <c r="W42" s="70"/>
+      <c r="X42" s="70"/>
+      <c r="Y42" s="70"/>
+      <c r="Z42" s="70"/>
+      <c r="AA42" s="70"/>
+      <c r="AB42" s="70"/>
+    </row>
+    <row r="43" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B43" s="57"/>
+      <c r="C43" s="64"/>
+      <c r="D43" s="62"/>
+      <c r="E43" s="64"/>
+      <c r="F43" s="62"/>
+      <c r="G43" s="49"/>
+      <c r="H43" s="58"/>
+      <c r="I43" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J43" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K43" s="89">
+      <c r="K43" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J44" s="88" t="str">
+      <c r="L43" s="70"/>
+      <c r="M43" s="70"/>
+      <c r="N43" s="70"/>
+      <c r="O43" s="70"/>
+      <c r="P43" s="70"/>
+      <c r="Q43" s="70"/>
+      <c r="R43" s="70"/>
+      <c r="S43" s="70"/>
+      <c r="T43" s="70"/>
+      <c r="U43" s="70"/>
+      <c r="V43" s="70"/>
+      <c r="W43" s="70"/>
+      <c r="X43" s="70"/>
+      <c r="Y43" s="70"/>
+      <c r="Z43" s="70"/>
+      <c r="AA43" s="70"/>
+      <c r="AB43" s="70"/>
+    </row>
+    <row r="44" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B44" s="57"/>
+      <c r="C44" s="64"/>
+      <c r="D44" s="62"/>
+      <c r="E44" s="64"/>
+      <c r="F44" s="62"/>
+      <c r="G44" s="49"/>
+      <c r="H44" s="58"/>
+      <c r="I44" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J44" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K44" s="89">
+      <c r="K44" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J45" s="88" t="str">
+      <c r="L44" s="70"/>
+      <c r="M44" s="70"/>
+      <c r="N44" s="70"/>
+      <c r="O44" s="70"/>
+      <c r="P44" s="70"/>
+      <c r="Q44" s="70"/>
+      <c r="R44" s="70"/>
+      <c r="S44" s="70"/>
+      <c r="T44" s="70"/>
+      <c r="U44" s="70"/>
+      <c r="V44" s="70"/>
+      <c r="W44" s="70"/>
+      <c r="X44" s="70"/>
+      <c r="Y44" s="70"/>
+      <c r="Z44" s="70"/>
+      <c r="AA44" s="70"/>
+      <c r="AB44" s="70"/>
+    </row>
+    <row r="45" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B45" s="57"/>
+      <c r="C45" s="64"/>
+      <c r="D45" s="62"/>
+      <c r="E45" s="64"/>
+      <c r="F45" s="62"/>
+      <c r="G45" s="49"/>
+      <c r="H45" s="58"/>
+      <c r="I45" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J45" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K45" s="89">
+      <c r="K45" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J46" s="88" t="str">
+      <c r="L45" s="70"/>
+      <c r="M45" s="70"/>
+      <c r="N45" s="70"/>
+      <c r="O45" s="70"/>
+      <c r="P45" s="70"/>
+      <c r="Q45" s="70"/>
+      <c r="R45" s="70"/>
+      <c r="S45" s="70"/>
+      <c r="T45" s="70"/>
+      <c r="U45" s="70"/>
+      <c r="V45" s="70"/>
+      <c r="W45" s="70"/>
+      <c r="X45" s="70"/>
+      <c r="Y45" s="70"/>
+      <c r="Z45" s="70"/>
+      <c r="AA45" s="70"/>
+      <c r="AB45" s="70"/>
+    </row>
+    <row r="46" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B46" s="57"/>
+      <c r="C46" s="64"/>
+      <c r="D46" s="62"/>
+      <c r="E46" s="64"/>
+      <c r="F46" s="62"/>
+      <c r="G46" s="49"/>
+      <c r="H46" s="58"/>
+      <c r="I46" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J46" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K46" s="89">
+      <c r="K46" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J47" s="88" t="str">
+      <c r="L46" s="70"/>
+      <c r="M46" s="70"/>
+      <c r="N46" s="70"/>
+      <c r="O46" s="70"/>
+      <c r="P46" s="70"/>
+      <c r="Q46" s="70"/>
+      <c r="R46" s="70"/>
+      <c r="S46" s="70"/>
+      <c r="T46" s="70"/>
+      <c r="U46" s="70"/>
+      <c r="V46" s="70"/>
+      <c r="W46" s="70"/>
+      <c r="X46" s="70"/>
+      <c r="Y46" s="70"/>
+      <c r="Z46" s="70"/>
+      <c r="AA46" s="70"/>
+      <c r="AB46" s="70"/>
+    </row>
+    <row r="47" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B47" s="57"/>
+      <c r="C47" s="64"/>
+      <c r="D47" s="62"/>
+      <c r="E47" s="64"/>
+      <c r="F47" s="62"/>
+      <c r="G47" s="49"/>
+      <c r="H47" s="58"/>
+      <c r="I47" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J47" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K47" s="89">
+      <c r="K47" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J48" s="88" t="str">
+      <c r="L47" s="70"/>
+      <c r="M47" s="70"/>
+      <c r="N47" s="70"/>
+      <c r="O47" s="70"/>
+      <c r="P47" s="70"/>
+      <c r="Q47" s="70"/>
+      <c r="R47" s="70"/>
+      <c r="S47" s="70"/>
+      <c r="T47" s="70"/>
+      <c r="U47" s="70"/>
+      <c r="V47" s="70"/>
+      <c r="W47" s="70"/>
+      <c r="X47" s="70"/>
+      <c r="Y47" s="70"/>
+      <c r="Z47" s="70"/>
+      <c r="AA47" s="70"/>
+      <c r="AB47" s="70"/>
+    </row>
+    <row r="48" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B48" s="57"/>
+      <c r="C48" s="64"/>
+      <c r="D48" s="62"/>
+      <c r="E48" s="64"/>
+      <c r="F48" s="62"/>
+      <c r="G48" s="49"/>
+      <c r="H48" s="58"/>
+      <c r="I48" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J48" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K48" s="89">
+      <c r="K48" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J49" s="88" t="str">
+      <c r="L48" s="70"/>
+      <c r="M48" s="70"/>
+      <c r="N48" s="70"/>
+      <c r="O48" s="70"/>
+      <c r="P48" s="70"/>
+      <c r="Q48" s="70"/>
+      <c r="R48" s="70"/>
+      <c r="S48" s="70"/>
+      <c r="T48" s="70"/>
+      <c r="U48" s="70"/>
+      <c r="V48" s="70"/>
+      <c r="W48" s="70"/>
+      <c r="X48" s="70"/>
+      <c r="Y48" s="70"/>
+      <c r="Z48" s="70"/>
+      <c r="AA48" s="70"/>
+      <c r="AB48" s="70"/>
+    </row>
+    <row r="49" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B49" s="57"/>
+      <c r="C49" s="64"/>
+      <c r="D49" s="62"/>
+      <c r="E49" s="64"/>
+      <c r="F49" s="62"/>
+      <c r="G49" s="49"/>
+      <c r="H49" s="58"/>
+      <c r="I49" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J49" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K49" s="89">
+      <c r="K49" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AA49" s="21"/>
-[...13 lines deleted...]
-      <c r="J50" s="88" t="str">
+      <c r="L49" s="70"/>
+      <c r="M49" s="70"/>
+      <c r="N49" s="70"/>
+      <c r="O49" s="70"/>
+      <c r="P49" s="70"/>
+      <c r="Q49" s="70"/>
+      <c r="R49" s="70"/>
+      <c r="S49" s="70"/>
+      <c r="T49" s="70"/>
+      <c r="U49" s="70"/>
+      <c r="V49" s="70"/>
+      <c r="W49" s="70"/>
+      <c r="X49" s="70"/>
+      <c r="Y49" s="70"/>
+      <c r="Z49" s="70"/>
+      <c r="AA49" s="17"/>
+      <c r="AB49" s="17"/>
+    </row>
+    <row r="50" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B50" s="57"/>
+      <c r="C50" s="64"/>
+      <c r="D50" s="62"/>
+      <c r="E50" s="64"/>
+      <c r="F50" s="62"/>
+      <c r="G50" s="49"/>
+      <c r="H50" s="58"/>
+      <c r="I50" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J50" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K50" s="89">
+      <c r="K50" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J51" s="88" t="str">
+      <c r="L50" s="70"/>
+      <c r="M50" s="70"/>
+      <c r="N50" s="70"/>
+      <c r="O50" s="70"/>
+      <c r="P50" s="70"/>
+      <c r="Q50" s="70"/>
+      <c r="R50" s="70"/>
+      <c r="S50" s="70"/>
+      <c r="T50" s="70"/>
+      <c r="U50" s="70"/>
+      <c r="V50" s="70"/>
+      <c r="W50" s="70"/>
+      <c r="X50" s="70"/>
+      <c r="Y50" s="70"/>
+      <c r="Z50" s="70"/>
+      <c r="AA50" s="70"/>
+      <c r="AB50" s="70"/>
+    </row>
+    <row r="51" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B51" s="57"/>
+      <c r="C51" s="64"/>
+      <c r="D51" s="62"/>
+      <c r="E51" s="64"/>
+      <c r="F51" s="62"/>
+      <c r="G51" s="49"/>
+      <c r="H51" s="58"/>
+      <c r="I51" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J51" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K51" s="89">
+      <c r="K51" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="J52" s="88" t="str">
+      <c r="L51" s="70"/>
+      <c r="M51" s="70"/>
+      <c r="N51" s="70"/>
+      <c r="O51" s="70"/>
+      <c r="P51" s="70"/>
+      <c r="Q51" s="70"/>
+      <c r="R51" s="70"/>
+      <c r="S51" s="70"/>
+      <c r="T51" s="70"/>
+      <c r="U51" s="70"/>
+      <c r="V51" s="70"/>
+      <c r="W51" s="70"/>
+      <c r="X51" s="70"/>
+      <c r="Y51" s="70"/>
+      <c r="Z51" s="70"/>
+      <c r="AA51" s="70"/>
+      <c r="AB51" s="70"/>
+    </row>
+    <row r="52" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B52" s="59"/>
+      <c r="C52" s="64"/>
+      <c r="D52" s="63"/>
+      <c r="E52" s="64"/>
+      <c r="F52" s="63"/>
+      <c r="G52" s="50"/>
+      <c r="H52" s="58"/>
+      <c r="I52" s="48" t="s">
+        <v>42</v>
+      </c>
+      <c r="J52" s="60" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K52" s="89">
+      <c r="K52" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="K53" s="56">
+      <c r="L52" s="70"/>
+      <c r="M52" s="70"/>
+      <c r="N52" s="70"/>
+      <c r="O52" s="70"/>
+      <c r="P52" s="70"/>
+      <c r="Q52" s="70"/>
+      <c r="R52" s="70"/>
+      <c r="S52" s="70"/>
+      <c r="T52" s="70"/>
+      <c r="U52" s="70"/>
+      <c r="V52" s="70"/>
+      <c r="W52" s="70"/>
+      <c r="X52" s="70"/>
+      <c r="Y52" s="70"/>
+      <c r="Z52" s="70"/>
+      <c r="AA52" s="70"/>
+      <c r="AB52" s="70"/>
+    </row>
+    <row r="53" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B53" s="32" t="s">
+        <v>43</v>
+      </c>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="33"/>
+      <c r="I53" s="34"/>
+      <c r="J53" s="34"/>
+      <c r="K53" s="35">
         <f>SUM(K29:K52)</f>
         <v>0</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="B58" s="65" t="s">
+      <c r="L53" s="70"/>
+      <c r="M53" s="70"/>
+      <c r="N53" s="70"/>
+      <c r="O53" s="70"/>
+      <c r="P53" s="70"/>
+      <c r="Q53" s="70"/>
+      <c r="R53" s="70"/>
+      <c r="S53" s="70"/>
+      <c r="T53" s="70"/>
+      <c r="U53" s="70"/>
+      <c r="V53" s="70"/>
+      <c r="W53" s="70"/>
+      <c r="X53" s="70"/>
+      <c r="Y53" s="70"/>
+      <c r="Z53" s="70"/>
+      <c r="AA53" s="70"/>
+      <c r="AB53" s="70"/>
+    </row>
+    <row r="54" spans="2:28" s="2" customFormat="1" ht="15" thickBot="1">
+      <c r="B54" s="95"/>
+      <c r="C54" s="96"/>
+      <c r="D54" s="96"/>
+      <c r="E54" s="96"/>
+      <c r="F54" s="96"/>
+      <c r="G54" s="96"/>
+      <c r="H54" s="96"/>
+      <c r="I54" s="96"/>
+      <c r="J54" s="96"/>
+      <c r="K54" s="97"/>
+      <c r="L54" s="70"/>
+      <c r="M54" s="70"/>
+      <c r="N54" s="70"/>
+      <c r="O54" s="70"/>
+      <c r="P54" s="70"/>
+      <c r="Q54" s="70"/>
+      <c r="R54" s="70"/>
+      <c r="S54" s="70"/>
+      <c r="T54" s="70"/>
+      <c r="U54" s="70"/>
+      <c r="V54" s="70"/>
+      <c r="W54" s="70"/>
+      <c r="X54" s="70"/>
+      <c r="Y54" s="70"/>
+      <c r="Z54" s="70"/>
+      <c r="AA54" s="70"/>
+      <c r="AB54" s="70"/>
+    </row>
+    <row r="55" spans="2:28" s="2" customFormat="1">
+      <c r="B55" s="82"/>
+      <c r="C55" s="70"/>
+      <c r="D55" s="70"/>
+      <c r="E55" s="70"/>
+      <c r="F55" s="70"/>
+      <c r="G55" s="70"/>
+      <c r="H55" s="70"/>
+      <c r="I55" s="70"/>
+      <c r="J55" s="70"/>
+      <c r="K55" s="70"/>
+      <c r="L55" s="70"/>
+      <c r="M55" s="70"/>
+      <c r="N55" s="70"/>
+      <c r="O55" s="70"/>
+      <c r="P55" s="70"/>
+      <c r="Q55" s="70"/>
+      <c r="R55" s="70"/>
+      <c r="S55" s="70"/>
+      <c r="T55" s="70"/>
+      <c r="U55" s="70"/>
+      <c r="V55" s="70"/>
+      <c r="W55" s="70"/>
+      <c r="X55" s="70"/>
+      <c r="Y55" s="70"/>
+      <c r="Z55" s="70"/>
+      <c r="AA55" s="70"/>
+      <c r="AB55" s="70"/>
+    </row>
+    <row r="56" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B56" s="41"/>
+      <c r="C56" s="42"/>
+      <c r="D56" s="42"/>
+      <c r="E56" s="42"/>
+      <c r="F56" s="42"/>
+      <c r="G56" s="42"/>
+      <c r="H56" s="42"/>
+      <c r="I56" s="42"/>
+      <c r="J56" s="42"/>
+      <c r="K56" s="42"/>
+      <c r="L56" s="70"/>
+      <c r="M56" s="70"/>
+      <c r="N56" s="70"/>
+      <c r="O56" s="70"/>
+      <c r="P56" s="70"/>
+      <c r="Q56" s="70"/>
+      <c r="R56" s="70"/>
+      <c r="S56" s="70"/>
+      <c r="T56" s="70"/>
+      <c r="U56" s="70"/>
+      <c r="V56" s="70"/>
+      <c r="W56" s="70"/>
+      <c r="X56" s="70"/>
+      <c r="Y56" s="70"/>
+      <c r="Z56" s="70"/>
+      <c r="AA56" s="70"/>
+      <c r="AB56" s="70"/>
+    </row>
+    <row r="57" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B57" s="82"/>
+      <c r="C57" s="70"/>
+      <c r="D57" s="70"/>
+      <c r="E57" s="70"/>
+      <c r="F57" s="70"/>
+      <c r="G57" s="70"/>
+      <c r="H57" s="70"/>
+      <c r="I57" s="70"/>
+      <c r="J57" s="70"/>
+      <c r="K57" s="70"/>
+      <c r="L57" s="70"/>
+      <c r="M57" s="70"/>
+      <c r="N57" s="70"/>
+      <c r="O57" s="70"/>
+      <c r="P57" s="70"/>
+      <c r="Q57" s="70"/>
+      <c r="R57" s="70"/>
+      <c r="S57" s="70"/>
+      <c r="T57" s="70"/>
+      <c r="U57" s="70"/>
+      <c r="V57" s="70"/>
+      <c r="W57" s="70"/>
+      <c r="X57" s="70"/>
+      <c r="Y57" s="70"/>
+      <c r="Z57" s="70"/>
+      <c r="AA57" s="70"/>
+      <c r="AB57" s="70"/>
+    </row>
+    <row r="58" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B58" s="40" t="s">
         <v>44</v>
       </c>
-      <c r="C58" s="61"/>
-[...17 lines deleted...]
-      <c r="B61" s="62" t="str">
+      <c r="C58" s="36"/>
+      <c r="D58" s="36"/>
+      <c r="E58" s="36"/>
+      <c r="F58" s="36"/>
+      <c r="G58" s="36"/>
+      <c r="H58" s="36"/>
+      <c r="I58" s="36"/>
+      <c r="J58" s="36"/>
+      <c r="K58" s="36"/>
+      <c r="L58" s="70"/>
+      <c r="M58" s="70"/>
+      <c r="N58" s="70"/>
+      <c r="O58" s="70"/>
+      <c r="P58" s="70"/>
+      <c r="Q58" s="70"/>
+      <c r="R58" s="70"/>
+      <c r="S58" s="70"/>
+      <c r="T58" s="70"/>
+      <c r="U58" s="70"/>
+      <c r="V58" s="70"/>
+      <c r="W58" s="70"/>
+      <c r="X58" s="70"/>
+      <c r="Y58" s="70"/>
+      <c r="Z58" s="70"/>
+      <c r="AA58" s="70"/>
+      <c r="AB58" s="70"/>
+    </row>
+    <row r="59" spans="2:28" s="2" customFormat="1" ht="12" customHeight="1">
+      <c r="B59" s="70"/>
+      <c r="C59" s="70"/>
+      <c r="D59" s="70"/>
+      <c r="E59" s="70"/>
+      <c r="F59" s="70"/>
+      <c r="G59" s="70"/>
+      <c r="H59" s="70"/>
+      <c r="I59" s="70"/>
+      <c r="J59" s="70"/>
+      <c r="K59" s="70"/>
+      <c r="L59" s="70"/>
+      <c r="M59" s="70"/>
+      <c r="N59" s="70"/>
+      <c r="O59" s="70"/>
+      <c r="P59" s="70"/>
+      <c r="Q59" s="70"/>
+      <c r="R59" s="70"/>
+      <c r="S59" s="70"/>
+      <c r="T59" s="70"/>
+      <c r="U59" s="70"/>
+      <c r="V59" s="70"/>
+      <c r="W59" s="70"/>
+      <c r="X59" s="70"/>
+      <c r="Y59" s="70"/>
+      <c r="Z59" s="70"/>
+      <c r="AA59" s="70"/>
+      <c r="AB59" s="70"/>
+    </row>
+    <row r="60" spans="2:28" s="2" customFormat="1" ht="31" customHeight="1">
+      <c r="B60" s="103"/>
+      <c r="C60" s="104"/>
+      <c r="D60" s="105"/>
+      <c r="E60" s="106"/>
+      <c r="F60" s="70"/>
+      <c r="G60" s="70"/>
+      <c r="H60" s="70"/>
+      <c r="I60" s="70"/>
+      <c r="J60" s="70"/>
+      <c r="K60" s="70"/>
+      <c r="L60" s="70"/>
+      <c r="M60" s="70"/>
+      <c r="N60" s="70"/>
+      <c r="O60" s="70"/>
+      <c r="P60" s="70"/>
+      <c r="Q60" s="70"/>
+      <c r="R60" s="70"/>
+      <c r="S60" s="70"/>
+      <c r="T60" s="70"/>
+      <c r="U60" s="70"/>
+      <c r="V60" s="70"/>
+      <c r="W60" s="70"/>
+      <c r="X60" s="70"/>
+      <c r="Y60" s="70"/>
+      <c r="Z60" s="70"/>
+      <c r="AA60" s="70"/>
+      <c r="AB60" s="70"/>
+    </row>
+    <row r="61" spans="2:28" s="2" customFormat="1" ht="29.15" customHeight="1">
+      <c r="B61" s="37" t="str">
         <f>IF(E4="", "Name", E4)</f>
         <v>Name</v>
       </c>
-      <c r="D61" s="109" t="s">
+      <c r="C61" s="70"/>
+      <c r="D61" s="107" t="s">
+        <v>45</v>
+      </c>
+      <c r="E61" s="107"/>
+      <c r="F61" s="70"/>
+      <c r="G61" s="70"/>
+      <c r="H61" s="70"/>
+      <c r="I61" s="70"/>
+      <c r="J61" s="70"/>
+      <c r="K61" s="70"/>
+      <c r="L61" s="70"/>
+      <c r="M61" s="70"/>
+      <c r="N61" s="70"/>
+      <c r="O61" s="70"/>
+      <c r="P61" s="70"/>
+      <c r="Q61" s="70"/>
+      <c r="R61" s="70"/>
+      <c r="S61" s="70"/>
+      <c r="T61" s="70"/>
+      <c r="U61" s="70"/>
+      <c r="V61" s="70"/>
+      <c r="W61" s="70"/>
+      <c r="X61" s="70"/>
+      <c r="Y61" s="70"/>
+      <c r="Z61" s="70"/>
+      <c r="AA61" s="70"/>
+      <c r="AB61" s="70"/>
+    </row>
+    <row r="62" spans="2:28" s="2" customFormat="1">
+      <c r="B62" s="70"/>
+      <c r="C62" s="70"/>
+      <c r="D62" s="70"/>
+      <c r="E62" s="70"/>
+      <c r="F62" s="70"/>
+      <c r="G62" s="70"/>
+      <c r="H62" s="70"/>
+      <c r="I62" s="70"/>
+      <c r="J62" s="70"/>
+      <c r="K62" s="70"/>
+      <c r="L62" s="70"/>
+      <c r="M62" s="70"/>
+      <c r="N62" s="70"/>
+      <c r="O62" s="70"/>
+      <c r="P62" s="70"/>
+      <c r="Q62" s="70"/>
+      <c r="R62" s="70"/>
+      <c r="S62" s="70"/>
+      <c r="T62" s="70"/>
+      <c r="U62" s="70"/>
+      <c r="V62" s="70"/>
+      <c r="W62" s="70"/>
+      <c r="X62" s="70"/>
+      <c r="Y62" s="70"/>
+      <c r="Z62" s="70"/>
+      <c r="AA62" s="70"/>
+      <c r="AB62" s="70"/>
+    </row>
+    <row r="63" spans="2:28" s="2" customFormat="1">
+      <c r="B63" s="70"/>
+      <c r="C63" s="70"/>
+      <c r="D63" s="70"/>
+      <c r="E63" s="70"/>
+      <c r="F63" s="70"/>
+      <c r="G63" s="70"/>
+      <c r="H63" s="70"/>
+      <c r="I63" s="70"/>
+      <c r="J63" s="70"/>
+      <c r="K63" s="70"/>
+      <c r="L63" s="70"/>
+      <c r="M63" s="70"/>
+      <c r="N63" s="70"/>
+      <c r="O63" s="70"/>
+      <c r="P63" s="70"/>
+      <c r="Q63" s="70"/>
+      <c r="R63" s="70"/>
+      <c r="S63" s="70"/>
+      <c r="T63" s="70"/>
+      <c r="U63" s="70"/>
+      <c r="V63" s="70"/>
+      <c r="W63" s="70"/>
+      <c r="X63" s="70"/>
+      <c r="Y63" s="70"/>
+      <c r="Z63" s="70"/>
+      <c r="AA63" s="70"/>
+      <c r="AB63" s="70"/>
+    </row>
+    <row r="64" spans="2:28" s="2" customFormat="1">
+      <c r="B64" s="70"/>
+      <c r="C64" s="70"/>
+      <c r="D64" s="70"/>
+      <c r="E64" s="70"/>
+      <c r="F64" s="70"/>
+      <c r="G64" s="70"/>
+      <c r="H64" s="70"/>
+      <c r="I64" s="70"/>
+      <c r="J64" s="70"/>
+      <c r="K64" s="70"/>
+      <c r="L64" s="70"/>
+      <c r="M64" s="70"/>
+      <c r="N64" s="70"/>
+      <c r="O64" s="70"/>
+      <c r="P64" s="70"/>
+      <c r="Q64" s="70"/>
+      <c r="R64" s="70"/>
+      <c r="S64" s="70"/>
+      <c r="T64" s="70"/>
+      <c r="U64" s="70"/>
+      <c r="V64" s="70"/>
+      <c r="W64" s="70"/>
+      <c r="X64" s="70"/>
+      <c r="Y64" s="70"/>
+      <c r="Z64" s="70"/>
+      <c r="AA64" s="70"/>
+      <c r="AB64" s="70"/>
+    </row>
+    <row r="65" spans="27:27" s="2" customFormat="1">
+      <c r="AA65" s="70"/>
+    </row>
+    <row r="66" spans="27:27" s="2" customFormat="1">
+      <c r="AA66" s="98"/>
+    </row>
+    <row r="67" spans="27:27" s="2" customFormat="1">
+      <c r="AA67" s="70"/>
+    </row>
+    <row r="68" spans="27:27" s="2" customFormat="1">
+      <c r="AA68" s="98"/>
+    </row>
+    <row r="69" spans="27:27" s="2" customFormat="1">
+      <c r="AA69" s="98"/>
+    </row>
+    <row r="70" spans="27:27" s="2" customFormat="1">
+      <c r="AA70" s="98"/>
+    </row>
+    <row r="71" spans="27:27" s="2" customFormat="1">
+      <c r="AA71" s="98"/>
+    </row>
+    <row r="72" spans="27:27" s="2" customFormat="1">
+      <c r="AA72" s="98"/>
+    </row>
+    <row r="73" spans="27:27" s="2" customFormat="1">
+      <c r="AA73" s="98"/>
+    </row>
+    <row r="74" spans="27:27" s="2" customFormat="1">
+      <c r="AA74" s="98"/>
+    </row>
+    <row r="75" spans="27:27" s="2" customFormat="1">
+      <c r="AA75" s="98"/>
+    </row>
+    <row r="76" spans="27:27" s="2" customFormat="1">
+      <c r="AA76" s="98"/>
+    </row>
+    <row r="77" spans="27:27" s="2" customFormat="1">
+      <c r="AA77" s="98"/>
+    </row>
+    <row r="78" spans="27:27" s="2" customFormat="1">
+      <c r="AA78" s="98"/>
+    </row>
+    <row r="79" spans="27:27" s="2" customFormat="1">
+      <c r="AA79" s="98"/>
+    </row>
+    <row r="80" spans="27:27" s="2" customFormat="1">
+      <c r="AA80" s="98"/>
+    </row>
+    <row r="81" spans="27:27" s="2" customFormat="1">
+      <c r="AA81" s="98"/>
+    </row>
+    <row r="82" spans="27:27" s="2" customFormat="1">
+      <c r="AA82" s="98"/>
+    </row>
+    <row r="83" spans="27:27" s="2" customFormat="1">
+      <c r="AA83" s="98"/>
+    </row>
+    <row r="84" spans="27:27" s="2" customFormat="1">
+      <c r="AA84" s="98"/>
+    </row>
+    <row r="85" spans="27:27" s="2" customFormat="1">
+      <c r="AA85" s="98"/>
+    </row>
+    <row r="86" spans="27:27" s="2" customFormat="1">
+      <c r="AA86" s="98"/>
+    </row>
+    <row r="87" spans="27:27" s="2" customFormat="1">
+      <c r="AA87" s="98"/>
+    </row>
+    <row r="88" spans="27:27" s="2" customFormat="1">
+      <c r="AA88" s="98"/>
+    </row>
+    <row r="89" spans="27:27" s="2" customFormat="1">
+      <c r="AA89" s="98"/>
+    </row>
+    <row r="90" spans="27:27" s="2" customFormat="1">
+      <c r="AA90" s="98"/>
+    </row>
+    <row r="91" spans="27:27" s="2" customFormat="1">
+      <c r="AA91" s="70"/>
+    </row>
+    <row r="92" spans="27:27" s="2" customFormat="1">
+      <c r="AA92" s="98"/>
+    </row>
+    <row r="93" spans="27:27" s="2" customFormat="1">
+      <c r="AA93" s="98"/>
+    </row>
+    <row r="94" spans="27:27" s="2" customFormat="1">
+      <c r="AA94" s="98"/>
+    </row>
+    <row r="95" spans="27:27" s="2" customFormat="1">
+      <c r="AA95" s="98"/>
+    </row>
+    <row r="96" spans="27:27" s="2" customFormat="1">
+      <c r="AA96" s="70"/>
+    </row>
+    <row r="97" spans="2:27" s="2" customFormat="1">
+      <c r="B97" s="70"/>
+      <c r="C97" s="70"/>
+      <c r="D97" s="70"/>
+      <c r="E97" s="70"/>
+      <c r="F97" s="70"/>
+      <c r="G97" s="70"/>
+      <c r="H97" s="70"/>
+      <c r="I97" s="70"/>
+      <c r="J97" s="70"/>
+      <c r="K97" s="70"/>
+      <c r="L97" s="70"/>
+      <c r="M97" s="70"/>
+      <c r="N97" s="70"/>
+      <c r="O97" s="70"/>
+      <c r="P97" s="70"/>
+      <c r="Q97" s="70"/>
+      <c r="R97" s="70"/>
+      <c r="S97" s="70"/>
+      <c r="T97" s="70"/>
+      <c r="U97" s="70"/>
+      <c r="V97" s="70"/>
+      <c r="W97" s="70"/>
+      <c r="X97" s="70"/>
+      <c r="Y97" s="70"/>
+      <c r="Z97" s="70"/>
+      <c r="AA97" s="70"/>
+    </row>
+    <row r="98" spans="2:27" s="2" customFormat="1">
+      <c r="B98" s="70"/>
+      <c r="C98" s="70"/>
+      <c r="D98" s="70"/>
+      <c r="E98" s="70"/>
+      <c r="F98" s="70"/>
+      <c r="G98" s="70"/>
+      <c r="H98" s="70"/>
+      <c r="I98" s="70"/>
+      <c r="J98" s="70"/>
+      <c r="K98" s="70"/>
+      <c r="L98" s="70"/>
+      <c r="M98" s="70"/>
+      <c r="N98" s="70"/>
+      <c r="O98" s="70"/>
+      <c r="P98" s="70"/>
+      <c r="Q98" s="70"/>
+      <c r="R98" s="70"/>
+      <c r="S98" s="70"/>
+      <c r="T98" s="70"/>
+      <c r="U98" s="70"/>
+      <c r="V98" s="70"/>
+      <c r="W98" s="70"/>
+      <c r="X98" s="70"/>
+      <c r="Y98" s="70"/>
+      <c r="Z98" s="70"/>
+      <c r="AA98" s="70"/>
+    </row>
+    <row r="99" spans="2:27" s="2" customFormat="1">
+      <c r="B99" s="70"/>
+      <c r="C99" s="70"/>
+      <c r="D99" s="70"/>
+      <c r="E99" s="70"/>
+      <c r="F99" s="70"/>
+      <c r="G99" s="70"/>
+      <c r="H99" s="70"/>
+      <c r="I99" s="70"/>
+      <c r="J99" s="70"/>
+      <c r="K99" s="70"/>
+      <c r="L99" s="70"/>
+      <c r="M99" s="70"/>
+      <c r="N99" s="70"/>
+      <c r="O99" s="70"/>
+      <c r="P99" s="70"/>
+      <c r="Q99" s="70"/>
+      <c r="R99" s="70"/>
+      <c r="S99" s="70"/>
+      <c r="T99" s="70"/>
+      <c r="U99" s="70"/>
+      <c r="V99" s="70"/>
+      <c r="W99" s="70"/>
+      <c r="X99" s="70"/>
+      <c r="Y99" s="70"/>
+      <c r="Z99" s="70"/>
+      <c r="AA99" s="70"/>
+    </row>
+    <row r="100" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B100" s="54" t="s">
+        <v>46</v>
+      </c>
+      <c r="C100" s="54" t="s">
+        <v>47</v>
+      </c>
+      <c r="D100" s="70"/>
+      <c r="E100" s="70"/>
+      <c r="F100" s="70"/>
+      <c r="G100" s="70"/>
+      <c r="H100" s="70"/>
+      <c r="I100" s="70"/>
+      <c r="J100" s="70"/>
+      <c r="K100" s="70"/>
+      <c r="L100" s="70"/>
+      <c r="M100" s="70"/>
+      <c r="N100" s="70"/>
+      <c r="O100" s="70"/>
+      <c r="P100" s="70"/>
+      <c r="Q100" s="70"/>
+      <c r="R100" s="70"/>
+      <c r="S100" s="70"/>
+      <c r="T100" s="70"/>
+      <c r="U100" s="70"/>
+      <c r="V100" s="70"/>
+      <c r="W100" s="70"/>
+      <c r="X100" s="70"/>
+      <c r="Y100" s="70"/>
+      <c r="Z100" s="70"/>
+      <c r="AA100" s="70"/>
+    </row>
+    <row r="101" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B101" s="53" t="s">
+        <v>48</v>
+      </c>
+      <c r="C101" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D101" s="70"/>
+      <c r="E101" s="70"/>
+      <c r="F101" s="70"/>
+      <c r="G101" s="70"/>
+      <c r="H101" s="70"/>
+      <c r="I101" s="70"/>
+      <c r="J101" s="70"/>
+      <c r="K101" s="70"/>
+      <c r="L101" s="70"/>
+      <c r="M101" s="70"/>
+      <c r="N101" s="70"/>
+      <c r="O101" s="70"/>
+      <c r="P101" s="70"/>
+      <c r="Q101" s="70"/>
+      <c r="R101" s="70"/>
+      <c r="S101" s="70"/>
+      <c r="T101" s="70"/>
+      <c r="U101" s="70"/>
+      <c r="V101" s="70"/>
+      <c r="W101" s="70"/>
+      <c r="X101" s="70"/>
+      <c r="Y101" s="70"/>
+      <c r="Z101" s="70"/>
+      <c r="AA101" s="70"/>
+    </row>
+    <row r="102" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B102" s="53" t="s">
+        <v>50</v>
+      </c>
+      <c r="C102" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D102" s="70"/>
+      <c r="E102" s="70"/>
+      <c r="F102" s="70"/>
+      <c r="G102" s="70"/>
+      <c r="H102" s="70"/>
+      <c r="I102" s="70"/>
+      <c r="J102" s="70"/>
+      <c r="K102" s="70"/>
+      <c r="L102" s="70"/>
+      <c r="M102" s="70"/>
+      <c r="N102" s="70"/>
+      <c r="O102" s="70"/>
+      <c r="P102" s="70"/>
+      <c r="Q102" s="70"/>
+      <c r="R102" s="70"/>
+      <c r="S102" s="70"/>
+      <c r="T102" s="70"/>
+      <c r="U102" s="70"/>
+      <c r="V102" s="70"/>
+      <c r="W102" s="70"/>
+      <c r="X102" s="70"/>
+      <c r="Y102" s="70"/>
+      <c r="Z102" s="70"/>
+      <c r="AA102" s="70"/>
+    </row>
+    <row r="103" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B103" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="C103" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="D103" s="70"/>
+      <c r="E103" s="70"/>
+      <c r="F103" s="70"/>
+      <c r="G103" s="70"/>
+      <c r="H103" s="70"/>
+      <c r="I103" s="70"/>
+      <c r="J103" s="70"/>
+      <c r="K103" s="70"/>
+      <c r="L103" s="70"/>
+      <c r="M103" s="70"/>
+      <c r="N103" s="70"/>
+      <c r="O103" s="70"/>
+      <c r="P103" s="70"/>
+      <c r="Q103" s="70"/>
+      <c r="R103" s="70"/>
+      <c r="S103" s="70"/>
+      <c r="T103" s="70"/>
+      <c r="U103" s="70"/>
+      <c r="V103" s="70"/>
+      <c r="W103" s="70"/>
+      <c r="X103" s="70"/>
+      <c r="Y103" s="70"/>
+      <c r="Z103" s="70"/>
+      <c r="AA103" s="70"/>
+    </row>
+    <row r="104" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B104" s="53" t="s">
+        <v>53</v>
+      </c>
+      <c r="C104" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D104" s="70"/>
+      <c r="E104" s="70"/>
+      <c r="F104" s="70"/>
+      <c r="G104" s="70"/>
+      <c r="H104" s="70"/>
+      <c r="I104" s="70"/>
+      <c r="J104" s="70"/>
+      <c r="K104" s="70"/>
+      <c r="L104" s="70"/>
+      <c r="M104" s="70"/>
+      <c r="N104" s="70"/>
+      <c r="O104" s="70"/>
+      <c r="P104" s="70"/>
+      <c r="Q104" s="70"/>
+      <c r="R104" s="70"/>
+      <c r="S104" s="70"/>
+      <c r="T104" s="70"/>
+      <c r="U104" s="70"/>
+      <c r="V104" s="70"/>
+      <c r="W104" s="70"/>
+      <c r="X104" s="70"/>
+      <c r="Y104" s="70"/>
+      <c r="Z104" s="70"/>
+      <c r="AA104" s="70"/>
+    </row>
+    <row r="105" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B105" s="53" t="s">
+        <v>54</v>
+      </c>
+      <c r="C105" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D105" s="70"/>
+      <c r="E105" s="70"/>
+      <c r="F105" s="70"/>
+      <c r="G105" s="70"/>
+      <c r="H105" s="70"/>
+      <c r="I105" s="70"/>
+      <c r="J105" s="70"/>
+      <c r="K105" s="70"/>
+      <c r="L105" s="70"/>
+      <c r="M105" s="70"/>
+      <c r="N105" s="70"/>
+      <c r="O105" s="70"/>
+      <c r="P105" s="70"/>
+      <c r="Q105" s="70"/>
+      <c r="R105" s="70"/>
+      <c r="S105" s="70"/>
+      <c r="T105" s="70"/>
+      <c r="U105" s="70"/>
+      <c r="V105" s="70"/>
+      <c r="W105" s="70"/>
+      <c r="X105" s="70"/>
+      <c r="Y105" s="70"/>
+      <c r="Z105" s="70"/>
+      <c r="AA105" s="70"/>
+    </row>
+    <row r="106" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B106" s="53" t="s">
+        <v>55</v>
+      </c>
+      <c r="C106" s="53" t="s">
+        <v>56</v>
+      </c>
+      <c r="D106" s="70"/>
+      <c r="E106" s="70"/>
+      <c r="F106" s="70"/>
+      <c r="G106" s="70"/>
+      <c r="H106" s="70"/>
+      <c r="I106" s="70"/>
+      <c r="J106" s="70"/>
+      <c r="K106" s="70"/>
+      <c r="L106" s="70"/>
+      <c r="M106" s="70"/>
+      <c r="N106" s="70"/>
+      <c r="O106" s="70"/>
+      <c r="P106" s="70"/>
+      <c r="Q106" s="70"/>
+      <c r="R106" s="70"/>
+      <c r="S106" s="70"/>
+      <c r="T106" s="70"/>
+      <c r="U106" s="70"/>
+      <c r="V106" s="70"/>
+      <c r="W106" s="70"/>
+      <c r="X106" s="70"/>
+      <c r="Y106" s="70"/>
+      <c r="Z106" s="70"/>
+      <c r="AA106" s="70"/>
+    </row>
+    <row r="107" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B107" s="53" t="s">
+        <v>57</v>
+      </c>
+      <c r="C107" s="53" t="s">
+        <v>58</v>
+      </c>
+      <c r="D107" s="70"/>
+      <c r="E107" s="70"/>
+      <c r="F107" s="70"/>
+      <c r="G107" s="70"/>
+      <c r="H107" s="70"/>
+      <c r="I107" s="70"/>
+      <c r="J107" s="70"/>
+      <c r="K107" s="70"/>
+      <c r="L107" s="70"/>
+      <c r="M107" s="70"/>
+      <c r="N107" s="70"/>
+      <c r="O107" s="70"/>
+      <c r="P107" s="70"/>
+      <c r="Q107" s="70"/>
+      <c r="R107" s="70"/>
+      <c r="S107" s="70"/>
+      <c r="T107" s="70"/>
+      <c r="U107" s="70"/>
+      <c r="V107" s="70"/>
+      <c r="W107" s="70"/>
+      <c r="X107" s="70"/>
+      <c r="Y107" s="70"/>
+      <c r="Z107" s="70"/>
+      <c r="AA107" s="70"/>
+    </row>
+    <row r="108" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B108" s="53" t="s">
+        <v>59</v>
+      </c>
+      <c r="C108" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D108" s="70"/>
+      <c r="E108" s="70"/>
+      <c r="F108" s="70"/>
+      <c r="G108" s="70"/>
+      <c r="H108" s="70"/>
+      <c r="I108" s="70"/>
+      <c r="J108" s="70"/>
+      <c r="K108" s="70"/>
+      <c r="L108" s="70"/>
+      <c r="M108" s="70"/>
+      <c r="N108" s="70"/>
+      <c r="O108" s="70"/>
+      <c r="P108" s="70"/>
+      <c r="Q108" s="70"/>
+      <c r="R108" s="70"/>
+      <c r="S108" s="70"/>
+      <c r="T108" s="70"/>
+      <c r="U108" s="70"/>
+      <c r="V108" s="70"/>
+      <c r="W108" s="70"/>
+      <c r="X108" s="70"/>
+      <c r="Y108" s="70"/>
+      <c r="Z108" s="70"/>
+      <c r="AA108" s="70"/>
+    </row>
+    <row r="109" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B109" s="53" t="s">
+        <v>60</v>
+      </c>
+      <c r="C109" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D109" s="70"/>
+      <c r="E109" s="70"/>
+      <c r="F109" s="70"/>
+      <c r="G109" s="70"/>
+      <c r="H109" s="70"/>
+      <c r="I109" s="70"/>
+      <c r="J109" s="70"/>
+      <c r="K109" s="70"/>
+      <c r="L109" s="70"/>
+      <c r="M109" s="70"/>
+      <c r="N109" s="70"/>
+      <c r="O109" s="70"/>
+      <c r="P109" s="70"/>
+      <c r="Q109" s="70"/>
+      <c r="R109" s="70"/>
+      <c r="S109" s="70"/>
+      <c r="T109" s="70"/>
+      <c r="U109" s="70"/>
+      <c r="V109" s="70"/>
+      <c r="W109" s="70"/>
+      <c r="X109" s="70"/>
+      <c r="Y109" s="70"/>
+      <c r="Z109" s="70"/>
+      <c r="AA109" s="70"/>
+    </row>
+    <row r="110" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B110" s="53" t="s">
+        <v>61</v>
+      </c>
+      <c r="C110" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D110" s="70"/>
+      <c r="E110" s="70"/>
+      <c r="F110" s="70"/>
+      <c r="G110" s="70"/>
+      <c r="H110" s="70"/>
+      <c r="I110" s="70"/>
+      <c r="J110" s="70"/>
+      <c r="K110" s="70"/>
+      <c r="L110" s="70"/>
+      <c r="M110" s="70"/>
+      <c r="N110" s="70"/>
+      <c r="O110" s="70"/>
+      <c r="P110" s="70"/>
+      <c r="Q110" s="70"/>
+      <c r="R110" s="70"/>
+      <c r="S110" s="70"/>
+      <c r="T110" s="70"/>
+      <c r="U110" s="70"/>
+      <c r="V110" s="70"/>
+      <c r="W110" s="70"/>
+      <c r="X110" s="70"/>
+      <c r="Y110" s="70"/>
+      <c r="Z110" s="70"/>
+      <c r="AA110" s="70"/>
+    </row>
+    <row r="111" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B111" s="53" t="s">
+        <v>6</v>
+      </c>
+      <c r="C111" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D111" s="70"/>
+      <c r="E111" s="70"/>
+      <c r="F111" s="70"/>
+      <c r="G111" s="70"/>
+      <c r="H111" s="70"/>
+      <c r="I111" s="70"/>
+      <c r="J111" s="70"/>
+      <c r="K111" s="70"/>
+      <c r="L111" s="70"/>
+      <c r="M111" s="70"/>
+      <c r="N111" s="70"/>
+      <c r="O111" s="70"/>
+      <c r="P111" s="70"/>
+      <c r="Q111" s="70"/>
+      <c r="R111" s="70"/>
+      <c r="S111" s="70"/>
+      <c r="T111" s="70"/>
+      <c r="U111" s="70"/>
+      <c r="V111" s="70"/>
+      <c r="W111" s="70"/>
+      <c r="X111" s="70"/>
+      <c r="Y111" s="70"/>
+      <c r="Z111" s="70"/>
+      <c r="AA111" s="70"/>
+    </row>
+    <row r="112" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B112" s="53" t="s">
+        <v>62</v>
+      </c>
+      <c r="C112" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D112" s="70"/>
+      <c r="E112" s="70"/>
+      <c r="F112" s="70"/>
+      <c r="G112" s="70"/>
+      <c r="H112" s="70"/>
+      <c r="I112" s="70"/>
+      <c r="J112" s="70"/>
+      <c r="K112" s="70"/>
+      <c r="L112" s="70"/>
+      <c r="M112" s="70"/>
+      <c r="N112" s="70"/>
+      <c r="O112" s="70"/>
+      <c r="P112" s="70"/>
+      <c r="Q112" s="70"/>
+      <c r="R112" s="70"/>
+      <c r="S112" s="70"/>
+      <c r="T112" s="70"/>
+      <c r="U112" s="70"/>
+      <c r="V112" s="70"/>
+      <c r="W112" s="70"/>
+      <c r="X112" s="70"/>
+      <c r="Y112" s="70"/>
+      <c r="Z112" s="70"/>
+      <c r="AA112" s="98"/>
+    </row>
+    <row r="113" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B113" s="53" t="s">
+        <v>63</v>
+      </c>
+      <c r="C113" s="53" t="s">
+        <v>64</v>
+      </c>
+      <c r="D113" s="70"/>
+      <c r="E113" s="70"/>
+      <c r="F113" s="70"/>
+      <c r="G113" s="70"/>
+      <c r="H113" s="70"/>
+      <c r="I113" s="70"/>
+      <c r="J113" s="70"/>
+      <c r="K113" s="70"/>
+      <c r="L113" s="70"/>
+      <c r="M113" s="70"/>
+      <c r="N113" s="70"/>
+      <c r="O113" s="70"/>
+      <c r="P113" s="70"/>
+      <c r="Q113" s="70"/>
+      <c r="R113" s="70"/>
+      <c r="S113" s="70"/>
+      <c r="T113" s="70"/>
+      <c r="U113" s="70"/>
+      <c r="V113" s="70"/>
+      <c r="W113" s="70"/>
+      <c r="X113" s="70"/>
+      <c r="Y113" s="70"/>
+      <c r="Z113" s="70"/>
+      <c r="AA113" s="98"/>
+      <c r="AB113" s="70"/>
+      <c r="AC113" s="70"/>
+      <c r="AD113" s="70"/>
+      <c r="AE113" s="70"/>
+      <c r="AF113" s="70"/>
+      <c r="AG113" s="70"/>
+      <c r="AH113" s="70"/>
+      <c r="AI113" s="70"/>
+      <c r="AJ113" s="70"/>
+      <c r="AK113" s="70"/>
+    </row>
+    <row r="114" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B114" s="53" t="s">
+        <v>65</v>
+      </c>
+      <c r="C114" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="D114" s="70"/>
+      <c r="E114" s="70"/>
+      <c r="F114" s="70"/>
+      <c r="G114" s="70"/>
+      <c r="H114" s="70"/>
+      <c r="I114" s="70"/>
+      <c r="J114" s="70"/>
+      <c r="K114" s="70"/>
+      <c r="L114" s="70"/>
+      <c r="M114" s="70"/>
+      <c r="N114" s="70"/>
+      <c r="O114" s="70"/>
+      <c r="P114" s="70"/>
+      <c r="Q114" s="70"/>
+      <c r="R114" s="70"/>
+      <c r="S114" s="70"/>
+      <c r="T114" s="70"/>
+      <c r="U114" s="70"/>
+      <c r="V114" s="70"/>
+      <c r="W114" s="70"/>
+      <c r="X114" s="70"/>
+      <c r="Y114" s="70"/>
+      <c r="Z114" s="70"/>
+      <c r="AA114" s="98"/>
+      <c r="AB114" s="70"/>
+      <c r="AC114" s="70"/>
+      <c r="AD114" s="70"/>
+      <c r="AE114" s="70"/>
+      <c r="AF114" s="70"/>
+      <c r="AG114" s="70"/>
+      <c r="AH114" s="70"/>
+      <c r="AI114" s="70"/>
+      <c r="AJ114" s="70"/>
+      <c r="AK114" s="70"/>
+    </row>
+    <row r="115" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B115" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C115" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D115" s="70"/>
+      <c r="E115" s="70"/>
+      <c r="F115" s="70"/>
+      <c r="G115" s="70"/>
+      <c r="H115" s="70"/>
+      <c r="I115" s="70"/>
+      <c r="J115" s="70"/>
+      <c r="K115" s="70"/>
+      <c r="L115" s="70"/>
+      <c r="M115" s="70"/>
+      <c r="N115" s="70"/>
+      <c r="O115" s="70"/>
+      <c r="P115" s="70"/>
+      <c r="Q115" s="70"/>
+      <c r="R115" s="70"/>
+      <c r="S115" s="70"/>
+      <c r="T115" s="70"/>
+      <c r="U115" s="70"/>
+      <c r="V115" s="70"/>
+      <c r="W115" s="70"/>
+      <c r="X115" s="70"/>
+      <c r="Y115" s="70"/>
+      <c r="Z115" s="70"/>
+      <c r="AA115" s="98"/>
+      <c r="AB115" s="70"/>
+      <c r="AC115" s="70"/>
+      <c r="AD115" s="70"/>
+      <c r="AE115" s="70"/>
+      <c r="AF115" s="70"/>
+      <c r="AG115" s="70"/>
+      <c r="AH115" s="70"/>
+      <c r="AI115" s="70"/>
+      <c r="AJ115" s="70"/>
+      <c r="AK115" s="70"/>
+    </row>
+    <row r="116" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B116" s="53" t="s">
+        <v>68</v>
+      </c>
+      <c r="C116" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D116" s="70"/>
+      <c r="E116" s="70"/>
+      <c r="F116" s="70"/>
+      <c r="G116" s="70"/>
+      <c r="H116" s="70"/>
+      <c r="I116" s="70"/>
+      <c r="J116" s="70"/>
+      <c r="K116" s="70"/>
+      <c r="L116" s="70"/>
+      <c r="M116" s="70"/>
+      <c r="N116" s="70"/>
+      <c r="O116" s="70"/>
+      <c r="P116" s="70"/>
+      <c r="Q116" s="70"/>
+      <c r="R116" s="70"/>
+      <c r="S116" s="70"/>
+      <c r="T116" s="70"/>
+      <c r="U116" s="70"/>
+      <c r="V116" s="70"/>
+      <c r="W116" s="70"/>
+      <c r="X116" s="70"/>
+      <c r="Y116" s="70"/>
+      <c r="Z116" s="70"/>
+      <c r="AA116" s="70"/>
+      <c r="AB116" s="70"/>
+      <c r="AC116" s="70"/>
+      <c r="AD116" s="70"/>
+      <c r="AE116" s="70"/>
+      <c r="AF116" s="70"/>
+      <c r="AG116" s="70"/>
+      <c r="AH116" s="70"/>
+      <c r="AI116" s="70"/>
+      <c r="AJ116" s="70"/>
+      <c r="AK116" s="70"/>
+    </row>
+    <row r="117" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B117" s="53" t="s">
+        <v>69</v>
+      </c>
+      <c r="C117" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D117" s="70"/>
+      <c r="E117" s="70"/>
+      <c r="F117" s="70"/>
+      <c r="G117" s="70"/>
+      <c r="H117" s="70"/>
+      <c r="I117" s="70"/>
+      <c r="J117" s="70"/>
+      <c r="K117" s="70"/>
+      <c r="L117" s="70"/>
+      <c r="M117" s="70"/>
+      <c r="N117" s="70"/>
+      <c r="O117" s="70"/>
+      <c r="P117" s="70"/>
+      <c r="Q117" s="70"/>
+      <c r="R117" s="70"/>
+      <c r="S117" s="70"/>
+      <c r="T117" s="70"/>
+      <c r="U117" s="70"/>
+      <c r="V117" s="70"/>
+      <c r="W117" s="70"/>
+      <c r="X117" s="70"/>
+      <c r="Y117" s="70"/>
+      <c r="Z117" s="70"/>
+      <c r="AA117" s="98"/>
+      <c r="AB117" s="70"/>
+      <c r="AC117" s="70"/>
+      <c r="AD117" s="70"/>
+      <c r="AE117" s="70"/>
+      <c r="AF117" s="70"/>
+      <c r="AG117" s="70"/>
+      <c r="AH117" s="70"/>
+      <c r="AI117" s="70"/>
+      <c r="AJ117" s="70"/>
+      <c r="AK117" s="70"/>
+    </row>
+    <row r="118" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B118" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="C118" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D118" s="70"/>
+      <c r="E118" s="70"/>
+      <c r="F118" s="70"/>
+      <c r="G118" s="70"/>
+      <c r="H118" s="70"/>
+      <c r="I118" s="70"/>
+      <c r="J118" s="70"/>
+      <c r="K118" s="70"/>
+      <c r="L118" s="70"/>
+      <c r="M118" s="70"/>
+      <c r="N118" s="70"/>
+      <c r="O118" s="70"/>
+      <c r="P118" s="70"/>
+      <c r="Q118" s="70"/>
+      <c r="R118" s="70"/>
+      <c r="S118" s="70"/>
+      <c r="T118" s="70"/>
+      <c r="U118" s="70"/>
+      <c r="V118" s="70"/>
+      <c r="W118" s="70"/>
+      <c r="X118" s="70"/>
+      <c r="Y118" s="70"/>
+      <c r="Z118" s="70"/>
+      <c r="AA118" s="98"/>
+      <c r="AB118" s="70"/>
+      <c r="AC118" s="70"/>
+      <c r="AD118" s="70"/>
+      <c r="AE118" s="70"/>
+      <c r="AF118" s="70"/>
+      <c r="AG118" s="70"/>
+      <c r="AH118" s="70"/>
+      <c r="AI118" s="70"/>
+      <c r="AJ118" s="70"/>
+      <c r="AK118" s="70"/>
+    </row>
+    <row r="119" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B119" s="53" t="s">
+        <v>71</v>
+      </c>
+      <c r="C119" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D119" s="70"/>
+      <c r="E119" s="70"/>
+      <c r="F119" s="70"/>
+      <c r="G119" s="70"/>
+      <c r="H119" s="70"/>
+      <c r="I119" s="70"/>
+      <c r="J119" s="70"/>
+      <c r="K119" s="70"/>
+      <c r="L119" s="70"/>
+      <c r="M119" s="70"/>
+      <c r="N119" s="70"/>
+      <c r="O119" s="70"/>
+      <c r="P119" s="70"/>
+      <c r="Q119" s="70"/>
+      <c r="R119" s="70"/>
+      <c r="S119" s="70"/>
+      <c r="T119" s="70"/>
+      <c r="U119" s="70"/>
+      <c r="V119" s="70"/>
+      <c r="W119" s="70"/>
+      <c r="X119" s="70"/>
+      <c r="Y119" s="70"/>
+      <c r="Z119" s="70"/>
+      <c r="AA119" s="98"/>
+      <c r="AB119" s="70"/>
+      <c r="AC119" s="70"/>
+      <c r="AD119" s="70"/>
+      <c r="AE119" s="70"/>
+      <c r="AF119" s="70"/>
+      <c r="AG119" s="70"/>
+      <c r="AH119" s="70"/>
+      <c r="AI119" s="70"/>
+      <c r="AJ119" s="70"/>
+      <c r="AK119" s="70"/>
+    </row>
+    <row r="120" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B120" s="53" t="s">
+        <v>72</v>
+      </c>
+      <c r="C120" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D120" s="70"/>
+      <c r="E120" s="70"/>
+      <c r="F120" s="70"/>
+      <c r="G120" s="70"/>
+      <c r="H120" s="70"/>
+      <c r="I120" s="70"/>
+      <c r="J120" s="70"/>
+      <c r="K120" s="70"/>
+      <c r="L120" s="70"/>
+      <c r="M120" s="70"/>
+      <c r="N120" s="70"/>
+      <c r="O120" s="70"/>
+      <c r="P120" s="70"/>
+      <c r="Q120" s="70"/>
+      <c r="R120" s="70"/>
+      <c r="S120" s="70"/>
+      <c r="T120" s="70"/>
+      <c r="U120" s="70"/>
+      <c r="V120" s="70"/>
+      <c r="W120" s="70"/>
+      <c r="X120" s="70"/>
+      <c r="Y120" s="70"/>
+      <c r="Z120" s="70"/>
+      <c r="AA120" s="98"/>
+      <c r="AB120" s="70"/>
+      <c r="AC120" s="70"/>
+      <c r="AD120" s="70"/>
+      <c r="AE120" s="70"/>
+      <c r="AF120" s="70"/>
+      <c r="AG120" s="70"/>
+      <c r="AH120" s="70"/>
+      <c r="AI120" s="70"/>
+      <c r="AJ120" s="70"/>
+      <c r="AK120" s="70"/>
+    </row>
+    <row r="121" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B121" s="53" t="s">
+        <v>73</v>
+      </c>
+      <c r="C121" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D121" s="70"/>
+      <c r="E121" s="70"/>
+      <c r="F121" s="70"/>
+      <c r="G121" s="70"/>
+      <c r="H121" s="70"/>
+      <c r="I121" s="70"/>
+      <c r="J121" s="70"/>
+      <c r="K121" s="70"/>
+      <c r="L121" s="70"/>
+      <c r="M121" s="70"/>
+      <c r="N121" s="70"/>
+      <c r="O121" s="70"/>
+      <c r="P121" s="70"/>
+      <c r="Q121" s="70"/>
+      <c r="R121" s="70"/>
+      <c r="S121" s="70"/>
+      <c r="T121" s="70"/>
+      <c r="U121" s="70"/>
+      <c r="V121" s="70"/>
+      <c r="W121" s="70"/>
+      <c r="X121" s="70"/>
+      <c r="Y121" s="70"/>
+      <c r="Z121" s="70"/>
+      <c r="AA121" s="70"/>
+      <c r="AB121" s="70"/>
+      <c r="AC121" s="70"/>
+      <c r="AD121" s="70"/>
+      <c r="AE121" s="70"/>
+      <c r="AF121" s="70"/>
+      <c r="AG121" s="70"/>
+      <c r="AH121" s="70"/>
+      <c r="AI121" s="70"/>
+      <c r="AJ121" s="70"/>
+      <c r="AK121" s="70"/>
+    </row>
+    <row r="122" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B122" s="53" t="s">
+        <v>74</v>
+      </c>
+      <c r="C122" s="53" t="s">
+        <v>75</v>
+      </c>
+      <c r="D122" s="70"/>
+      <c r="E122" s="70"/>
+      <c r="F122" s="70"/>
+      <c r="G122" s="70"/>
+      <c r="H122" s="70"/>
+      <c r="I122" s="70"/>
+      <c r="J122" s="70"/>
+      <c r="K122" s="70"/>
+      <c r="L122" s="70"/>
+      <c r="M122" s="70"/>
+      <c r="N122" s="70"/>
+      <c r="O122" s="70"/>
+      <c r="P122" s="70"/>
+      <c r="Q122" s="70"/>
+      <c r="R122" s="70"/>
+      <c r="S122" s="70"/>
+      <c r="T122" s="70"/>
+      <c r="U122" s="70"/>
+      <c r="V122" s="70"/>
+      <c r="W122" s="70"/>
+      <c r="X122" s="70"/>
+      <c r="Y122" s="70"/>
+      <c r="Z122" s="70"/>
+      <c r="AA122" s="98"/>
+      <c r="AB122" s="70"/>
+      <c r="AC122" s="70"/>
+      <c r="AD122" s="70"/>
+      <c r="AE122" s="70"/>
+      <c r="AF122" s="70"/>
+      <c r="AG122" s="70"/>
+      <c r="AH122" s="70"/>
+      <c r="AI122" s="70"/>
+      <c r="AJ122" s="70"/>
+      <c r="AK122" s="70"/>
+    </row>
+    <row r="123" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B123" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="C123" s="53" t="s">
+        <v>77</v>
+      </c>
+      <c r="D123" s="70"/>
+      <c r="E123" s="70"/>
+      <c r="F123" s="70"/>
+      <c r="G123" s="70"/>
+      <c r="H123" s="70"/>
+      <c r="I123" s="70"/>
+      <c r="J123" s="70"/>
+      <c r="K123" s="70"/>
+      <c r="L123" s="70"/>
+      <c r="M123" s="70"/>
+      <c r="N123" s="70"/>
+      <c r="O123" s="70"/>
+      <c r="P123" s="70"/>
+      <c r="Q123" s="70"/>
+      <c r="R123" s="70"/>
+      <c r="S123" s="70"/>
+      <c r="T123" s="70"/>
+      <c r="U123" s="70"/>
+      <c r="V123" s="70"/>
+      <c r="W123" s="70"/>
+      <c r="X123" s="70"/>
+      <c r="Y123" s="70"/>
+      <c r="Z123" s="70"/>
+      <c r="AA123" s="98"/>
+      <c r="AB123" s="70"/>
+      <c r="AC123" s="70"/>
+      <c r="AD123" s="70"/>
+      <c r="AE123" s="70"/>
+      <c r="AF123" s="70"/>
+      <c r="AG123" s="70"/>
+      <c r="AH123" s="70"/>
+      <c r="AI123" s="70"/>
+      <c r="AJ123" s="70"/>
+      <c r="AK123" s="70"/>
+    </row>
+    <row r="124" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B124" s="53" t="s">
+        <v>78</v>
+      </c>
+      <c r="C124" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D124" s="70"/>
+      <c r="E124" s="70"/>
+      <c r="F124" s="70"/>
+      <c r="G124" s="70"/>
+      <c r="H124" s="70"/>
+      <c r="I124" s="70"/>
+      <c r="J124" s="70"/>
+      <c r="K124" s="70"/>
+      <c r="L124" s="70"/>
+      <c r="M124" s="70"/>
+      <c r="N124" s="70"/>
+      <c r="O124" s="70"/>
+      <c r="P124" s="70"/>
+      <c r="Q124" s="70"/>
+      <c r="R124" s="70"/>
+      <c r="S124" s="70"/>
+      <c r="T124" s="70"/>
+      <c r="U124" s="70"/>
+      <c r="V124" s="70"/>
+      <c r="W124" s="70"/>
+      <c r="X124" s="70"/>
+      <c r="Y124" s="70"/>
+      <c r="Z124" s="70"/>
+      <c r="AA124" s="98"/>
+      <c r="AB124" s="70"/>
+      <c r="AC124" s="70"/>
+      <c r="AD124" s="70"/>
+      <c r="AE124" s="70"/>
+      <c r="AF124" s="70"/>
+      <c r="AG124" s="70"/>
+      <c r="AH124" s="70"/>
+      <c r="AI124" s="70"/>
+      <c r="AJ124" s="70"/>
+      <c r="AK124" s="70"/>
+    </row>
+    <row r="125" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B125" s="53" t="s">
+        <v>79</v>
+      </c>
+      <c r="C125" s="53" t="s">
+        <v>80</v>
+      </c>
+      <c r="D125" s="70"/>
+      <c r="E125" s="70"/>
+      <c r="F125" s="70"/>
+      <c r="G125" s="70"/>
+      <c r="H125" s="70"/>
+      <c r="I125" s="70"/>
+      <c r="J125" s="70"/>
+      <c r="K125" s="70"/>
+      <c r="L125" s="70"/>
+      <c r="M125" s="70"/>
+      <c r="N125" s="70"/>
+      <c r="O125" s="70"/>
+      <c r="P125" s="70"/>
+      <c r="Q125" s="70"/>
+      <c r="R125" s="70"/>
+      <c r="S125" s="70"/>
+      <c r="T125" s="70"/>
+      <c r="U125" s="70"/>
+      <c r="V125" s="70"/>
+      <c r="W125" s="70"/>
+      <c r="X125" s="70"/>
+      <c r="Y125" s="70"/>
+      <c r="Z125" s="70"/>
+      <c r="AA125" s="98"/>
+      <c r="AB125" s="70"/>
+      <c r="AC125" s="70"/>
+      <c r="AD125" s="70"/>
+      <c r="AE125" s="70"/>
+      <c r="AF125" s="70"/>
+      <c r="AG125" s="70"/>
+      <c r="AH125" s="70"/>
+      <c r="AI125" s="70"/>
+      <c r="AJ125" s="70"/>
+      <c r="AK125" s="70"/>
+    </row>
+    <row r="126" spans="2:37" hidden="1">
+      <c r="B126" s="53" t="s">
+        <v>81</v>
+      </c>
+      <c r="C126" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D126" s="99"/>
+      <c r="E126" s="99"/>
+      <c r="F126" s="99"/>
+      <c r="G126" s="99"/>
+      <c r="H126" s="99"/>
+      <c r="I126" s="99"/>
+      <c r="J126" s="99"/>
+      <c r="K126" s="99"/>
+      <c r="L126" s="99"/>
+      <c r="M126" s="99"/>
+      <c r="N126" s="99"/>
+      <c r="O126" s="99"/>
+      <c r="P126" s="99"/>
+      <c r="Q126" s="99"/>
+      <c r="R126" s="99"/>
+      <c r="S126" s="70"/>
+      <c r="T126" s="99"/>
+      <c r="U126" s="99"/>
+      <c r="V126" s="99"/>
+      <c r="W126" s="99"/>
+      <c r="X126" s="99"/>
+      <c r="Y126" s="70"/>
+      <c r="Z126" s="70"/>
+      <c r="AA126" s="70"/>
+      <c r="AB126" s="70"/>
+      <c r="AC126" s="70"/>
+      <c r="AD126" s="70"/>
+      <c r="AE126" s="70"/>
+      <c r="AF126" s="70"/>
+      <c r="AG126" s="70"/>
+      <c r="AH126" s="70"/>
+      <c r="AI126" s="70"/>
+      <c r="AJ126" s="70"/>
+      <c r="AK126" s="70"/>
+    </row>
+    <row r="127" spans="2:37" hidden="1">
+      <c r="B127" s="53" t="s">
+        <v>82</v>
+      </c>
+      <c r="C127" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D127" s="99"/>
+      <c r="E127" s="99"/>
+      <c r="F127" s="99"/>
+      <c r="G127" s="99"/>
+      <c r="H127" s="99"/>
+      <c r="I127" s="99"/>
+      <c r="J127" s="99"/>
+      <c r="K127" s="99"/>
+      <c r="L127" s="99"/>
+      <c r="M127" s="99"/>
+      <c r="N127" s="99"/>
+      <c r="O127" s="99"/>
+      <c r="P127" s="99"/>
+      <c r="Q127" s="99"/>
+      <c r="R127" s="99"/>
+      <c r="S127" s="70"/>
+      <c r="T127" s="99"/>
+      <c r="U127" s="99"/>
+      <c r="V127" s="99"/>
+      <c r="W127" s="99"/>
+      <c r="X127" s="99"/>
+      <c r="Y127" s="70"/>
+      <c r="Z127" s="70"/>
+      <c r="AA127" s="70"/>
+      <c r="AB127" s="70"/>
+      <c r="AC127" s="70"/>
+      <c r="AD127" s="70"/>
+      <c r="AE127" s="70"/>
+      <c r="AF127" s="70"/>
+      <c r="AG127" s="70"/>
+      <c r="AH127" s="70"/>
+      <c r="AI127" s="70"/>
+      <c r="AJ127" s="70"/>
+      <c r="AK127" s="70"/>
+    </row>
+    <row r="128" spans="2:37" hidden="1">
+      <c r="B128" s="53" t="s">
+        <v>83</v>
+      </c>
+      <c r="C128" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="D128" s="99"/>
+      <c r="E128" s="99"/>
+      <c r="F128" s="99"/>
+      <c r="G128" s="99"/>
+      <c r="H128" s="99"/>
+      <c r="I128" s="99"/>
+      <c r="J128" s="99"/>
+      <c r="K128" s="99"/>
+      <c r="L128" s="99"/>
+      <c r="M128" s="99"/>
+      <c r="N128" s="99"/>
+      <c r="O128" s="99"/>
+      <c r="P128" s="99"/>
+      <c r="Q128" s="99"/>
+      <c r="R128" s="99"/>
+      <c r="S128" s="70"/>
+      <c r="T128" s="99"/>
+      <c r="U128" s="99"/>
+      <c r="V128" s="99"/>
+      <c r="W128" s="99"/>
+      <c r="X128" s="99"/>
+      <c r="Y128" s="70"/>
+      <c r="Z128" s="70"/>
+      <c r="AA128" s="70"/>
+      <c r="AB128" s="70"/>
+      <c r="AC128" s="70"/>
+      <c r="AD128" s="70"/>
+      <c r="AE128" s="70"/>
+      <c r="AF128" s="70"/>
+      <c r="AG128" s="70"/>
+      <c r="AH128" s="70"/>
+      <c r="AI128" s="70"/>
+      <c r="AJ128" s="70"/>
+      <c r="AK128" s="70"/>
+    </row>
+    <row r="129" spans="2:37" hidden="1">
+      <c r="B129" s="53" t="s">
+        <v>84</v>
+      </c>
+      <c r="C129" s="53" t="s">
+        <v>85</v>
+      </c>
+      <c r="D129" s="99"/>
+      <c r="E129" s="99"/>
+      <c r="F129" s="99"/>
+      <c r="G129" s="99"/>
+      <c r="H129" s="99"/>
+      <c r="I129" s="99"/>
+      <c r="J129" s="99"/>
+      <c r="K129" s="99"/>
+      <c r="L129" s="99"/>
+      <c r="M129" s="99"/>
+      <c r="N129" s="99"/>
+      <c r="O129" s="99"/>
+      <c r="P129" s="99"/>
+      <c r="Q129" s="99"/>
+      <c r="R129" s="99"/>
+      <c r="S129" s="70"/>
+      <c r="T129" s="99"/>
+      <c r="U129" s="99"/>
+      <c r="V129" s="99"/>
+      <c r="W129" s="99"/>
+      <c r="X129" s="99"/>
+      <c r="Y129" s="70"/>
+      <c r="Z129" s="70"/>
+      <c r="AA129" s="70"/>
+      <c r="AB129" s="70"/>
+      <c r="AC129" s="70"/>
+      <c r="AD129" s="70"/>
+      <c r="AE129" s="70"/>
+      <c r="AF129" s="70"/>
+      <c r="AG129" s="70"/>
+      <c r="AH129" s="70"/>
+      <c r="AI129" s="70"/>
+      <c r="AJ129" s="70"/>
+      <c r="AK129" s="70"/>
+    </row>
+    <row r="130" spans="2:37" hidden="1">
+      <c r="B130" s="53" t="s">
+        <v>86</v>
+      </c>
+      <c r="C130" s="53" t="s">
+        <v>87</v>
+      </c>
+      <c r="D130" s="99"/>
+      <c r="E130" s="99"/>
+      <c r="F130" s="99"/>
+      <c r="G130" s="99"/>
+      <c r="H130" s="99"/>
+      <c r="I130" s="99"/>
+      <c r="J130" s="99"/>
+      <c r="K130" s="99"/>
+      <c r="L130" s="99"/>
+      <c r="M130" s="99"/>
+      <c r="N130" s="99"/>
+      <c r="O130" s="99"/>
+      <c r="P130" s="99"/>
+      <c r="Q130" s="99"/>
+      <c r="R130" s="99"/>
+      <c r="S130" s="70"/>
+      <c r="T130" s="99"/>
+      <c r="U130" s="99"/>
+      <c r="V130" s="99"/>
+      <c r="W130" s="99"/>
+      <c r="X130" s="99"/>
+      <c r="Y130" s="70"/>
+      <c r="Z130" s="70"/>
+      <c r="AA130" s="70"/>
+      <c r="AB130" s="70"/>
+      <c r="AC130" s="70"/>
+      <c r="AD130" s="70"/>
+      <c r="AE130" s="70"/>
+      <c r="AF130" s="70"/>
+      <c r="AG130" s="70"/>
+      <c r="AH130" s="70"/>
+      <c r="AI130" s="70"/>
+      <c r="AJ130" s="70"/>
+      <c r="AK130" s="70"/>
+    </row>
+    <row r="131" spans="2:37" hidden="1">
+      <c r="B131" s="99"/>
+      <c r="C131" s="99"/>
+      <c r="D131" s="99"/>
+      <c r="E131" s="99"/>
+      <c r="F131" s="99"/>
+      <c r="G131" s="99"/>
+      <c r="H131" s="99"/>
+      <c r="I131" s="99"/>
+      <c r="J131" s="99"/>
+      <c r="K131" s="99"/>
+      <c r="L131" s="99"/>
+      <c r="M131" s="99"/>
+      <c r="N131" s="99"/>
+      <c r="O131" s="99"/>
+      <c r="P131" s="99"/>
+      <c r="Q131" s="99"/>
+      <c r="R131" s="99"/>
+      <c r="S131" s="70"/>
+      <c r="T131" s="99"/>
+      <c r="U131" s="99"/>
+      <c r="V131" s="99"/>
+      <c r="W131" s="99"/>
+      <c r="X131" s="99"/>
+      <c r="Y131" s="70"/>
+      <c r="Z131" s="70"/>
+      <c r="AA131" s="70"/>
+      <c r="AB131" s="70"/>
+      <c r="AC131" s="70"/>
+      <c r="AD131" s="70"/>
+      <c r="AE131" s="70"/>
+      <c r="AF131" s="70"/>
+      <c r="AG131" s="70"/>
+      <c r="AH131" s="70"/>
+      <c r="AI131" s="70"/>
+      <c r="AJ131" s="70"/>
+      <c r="AK131" s="70"/>
+    </row>
+    <row r="132" spans="2:37" hidden="1">
+      <c r="B132" s="100" t="s">
+        <v>88</v>
+      </c>
+      <c r="C132" s="99"/>
+      <c r="D132" s="99"/>
+      <c r="E132" s="99"/>
+      <c r="F132" s="99"/>
+      <c r="G132" s="99"/>
+      <c r="H132" s="99"/>
+      <c r="I132" s="99"/>
+      <c r="J132" s="99"/>
+      <c r="K132" s="99"/>
+      <c r="L132" s="99"/>
+      <c r="M132" s="99"/>
+      <c r="N132" s="99"/>
+      <c r="O132" s="99"/>
+      <c r="P132" s="99"/>
+      <c r="Q132" s="99"/>
+      <c r="R132" s="99"/>
+      <c r="S132" s="70"/>
+      <c r="T132" s="99"/>
+      <c r="U132" s="99"/>
+      <c r="V132" s="99"/>
+      <c r="W132" s="99"/>
+      <c r="X132" s="99"/>
+      <c r="Y132" s="99"/>
+      <c r="Z132" s="99"/>
+      <c r="AA132" s="70"/>
+      <c r="AB132" s="70"/>
+      <c r="AC132" s="70"/>
+      <c r="AD132" s="99"/>
+      <c r="AE132" s="99"/>
+      <c r="AF132" s="99"/>
+      <c r="AG132" s="99"/>
+      <c r="AH132" s="99"/>
+      <c r="AI132" s="99"/>
+      <c r="AJ132" s="99"/>
+      <c r="AK132" s="99"/>
+    </row>
+    <row r="133" spans="2:37" hidden="1">
+      <c r="B133" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C133" s="6">
+        <v>33</v>
+      </c>
+      <c r="D133" s="6">
+        <v>50</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F133" s="99"/>
+      <c r="G133" s="99"/>
+      <c r="H133" s="99"/>
+      <c r="I133" s="99"/>
+      <c r="J133" s="99"/>
+      <c r="K133" s="99"/>
+      <c r="L133" s="99"/>
+      <c r="M133" s="99"/>
+      <c r="N133" s="99"/>
+      <c r="O133" s="99"/>
+      <c r="P133" s="99"/>
+      <c r="Q133" s="99"/>
+      <c r="R133" s="99"/>
+      <c r="S133" s="70"/>
+      <c r="T133" s="99"/>
+      <c r="U133" s="99"/>
+      <c r="V133" s="99"/>
+      <c r="W133" s="99"/>
+      <c r="X133" s="99"/>
+      <c r="Y133" s="99"/>
+      <c r="Z133" s="99"/>
+      <c r="AA133" s="70"/>
+      <c r="AB133" s="70"/>
+      <c r="AC133" s="70"/>
+      <c r="AD133" s="99"/>
+      <c r="AE133" s="99"/>
+      <c r="AF133" s="99"/>
+      <c r="AG133" s="99"/>
+      <c r="AH133" s="99"/>
+      <c r="AI133" s="99"/>
+      <c r="AJ133" s="99"/>
+      <c r="AK133" s="99"/>
+    </row>
+    <row r="134" spans="2:37" hidden="1">
+      <c r="B134" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C134" s="6">
+        <v>40</v>
+      </c>
+      <c r="D134" s="6">
+        <v>59</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F134" s="99"/>
+      <c r="G134" s="99"/>
+      <c r="H134" s="99"/>
+      <c r="I134" s="99"/>
+      <c r="J134" s="99"/>
+      <c r="K134" s="99"/>
+      <c r="L134" s="99"/>
+      <c r="M134" s="99"/>
+      <c r="N134" s="99"/>
+      <c r="O134" s="99"/>
+      <c r="P134" s="99"/>
+      <c r="Q134" s="99"/>
+      <c r="R134" s="99"/>
+      <c r="S134" s="70"/>
+      <c r="T134" s="99"/>
+      <c r="U134" s="99"/>
+      <c r="V134" s="99"/>
+      <c r="W134" s="99"/>
+      <c r="X134" s="99"/>
+      <c r="Y134" s="99"/>
+      <c r="Z134" s="99"/>
+      <c r="AA134" s="70"/>
+      <c r="AB134" s="70"/>
+      <c r="AC134" s="70"/>
+      <c r="AD134" s="99"/>
+      <c r="AE134" s="99"/>
+      <c r="AF134" s="99"/>
+      <c r="AG134" s="99"/>
+      <c r="AH134" s="99"/>
+      <c r="AI134" s="99"/>
+      <c r="AJ134" s="99"/>
+      <c r="AK134" s="99"/>
+    </row>
+    <row r="135" spans="2:37" hidden="1">
+      <c r="B135" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C135" s="6">
+        <v>15</v>
+      </c>
+      <c r="D135" s="6">
+        <v>22</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F135" s="99"/>
+      <c r="G135" s="99"/>
+      <c r="H135" s="99"/>
+      <c r="I135" s="99"/>
+      <c r="J135" s="99"/>
+      <c r="K135" s="99"/>
+      <c r="L135" s="99"/>
+      <c r="M135" s="99"/>
+      <c r="N135" s="99"/>
+      <c r="O135" s="99"/>
+      <c r="P135" s="99"/>
+      <c r="Q135" s="99"/>
+      <c r="R135" s="99"/>
+      <c r="S135" s="70"/>
+      <c r="T135" s="99"/>
+      <c r="U135" s="99"/>
+      <c r="V135" s="99"/>
+      <c r="W135" s="99"/>
+      <c r="X135" s="99"/>
+      <c r="Y135" s="99"/>
+      <c r="Z135" s="99"/>
+      <c r="AA135" s="98"/>
+      <c r="AB135" s="70"/>
+      <c r="AC135" s="70"/>
+      <c r="AD135" s="99"/>
+      <c r="AE135" s="99"/>
+      <c r="AF135" s="99"/>
+      <c r="AG135" s="99"/>
+      <c r="AH135" s="99"/>
+      <c r="AI135" s="99"/>
+      <c r="AJ135" s="99"/>
+      <c r="AK135" s="99"/>
+    </row>
+    <row r="136" spans="2:37" hidden="1">
+      <c r="B136" s="70" t="s">
+        <v>53</v>
+      </c>
+      <c r="C136" s="6">
+        <v>24</v>
+      </c>
+      <c r="D136" s="6">
+        <v>35</v>
+      </c>
+      <c r="E136" s="70"/>
+      <c r="F136" s="99"/>
+      <c r="G136" s="99"/>
+      <c r="H136" s="99"/>
+      <c r="I136" s="99"/>
+      <c r="J136" s="99"/>
+      <c r="K136" s="99"/>
+      <c r="L136" s="99"/>
+      <c r="M136" s="99"/>
+      <c r="N136" s="99"/>
+      <c r="O136" s="99"/>
+      <c r="P136" s="99"/>
+      <c r="Q136" s="99"/>
+      <c r="R136" s="99"/>
+      <c r="S136" s="70"/>
+      <c r="T136" s="99"/>
+      <c r="U136" s="99"/>
+      <c r="V136" s="99"/>
+      <c r="W136" s="99"/>
+      <c r="X136" s="99"/>
+      <c r="Y136" s="99"/>
+      <c r="Z136" s="99"/>
+      <c r="AA136" s="70"/>
+      <c r="AB136" s="70"/>
+      <c r="AC136" s="70"/>
+      <c r="AD136" s="99"/>
+      <c r="AE136" s="99"/>
+      <c r="AF136" s="99"/>
+      <c r="AG136" s="99"/>
+      <c r="AH136" s="99"/>
+      <c r="AI136" s="99"/>
+      <c r="AJ136" s="99"/>
+      <c r="AK136" s="99"/>
+    </row>
+    <row r="137" spans="2:37" hidden="1">
+      <c r="B137" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C137" s="6">
+        <v>28</v>
+      </c>
+      <c r="D137" s="6">
         <v>42</v>
       </c>
-      <c r="E61" s="109"/>
-[...107 lines deleted...]
-      <c r="C101" s="79" t="s">
+      <c r="E137" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F137" s="99"/>
+      <c r="G137" s="99"/>
+      <c r="H137" s="99"/>
+      <c r="I137" s="99"/>
+      <c r="J137" s="99"/>
+      <c r="K137" s="99"/>
+      <c r="L137" s="99"/>
+      <c r="M137" s="99"/>
+      <c r="N137" s="99"/>
+      <c r="O137" s="99"/>
+      <c r="P137" s="99"/>
+      <c r="Q137" s="99"/>
+      <c r="R137" s="99"/>
+      <c r="S137" s="70"/>
+      <c r="T137" s="99"/>
+      <c r="U137" s="99"/>
+      <c r="V137" s="99"/>
+      <c r="W137" s="99"/>
+      <c r="X137" s="99"/>
+      <c r="Y137" s="99"/>
+      <c r="Z137" s="99"/>
+      <c r="AA137" s="70"/>
+      <c r="AB137" s="70"/>
+      <c r="AC137" s="70"/>
+      <c r="AD137" s="99"/>
+      <c r="AE137" s="99"/>
+      <c r="AF137" s="99"/>
+      <c r="AG137" s="99"/>
+      <c r="AH137" s="99"/>
+      <c r="AI137" s="99"/>
+      <c r="AJ137" s="99"/>
+      <c r="AK137" s="99"/>
+    </row>
+    <row r="138" spans="2:37" hidden="1">
+      <c r="B138" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C138" s="6">
+        <v>21</v>
+      </c>
+      <c r="D138" s="6">
+        <v>32</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F138" s="99"/>
+      <c r="G138" s="99"/>
+      <c r="H138" s="99"/>
+      <c r="I138" s="99"/>
+      <c r="J138" s="99"/>
+      <c r="K138" s="99"/>
+      <c r="L138" s="99"/>
+      <c r="M138" s="99"/>
+      <c r="N138" s="99"/>
+      <c r="O138" s="99"/>
+      <c r="P138" s="99"/>
+      <c r="Q138" s="99"/>
+      <c r="R138" s="99"/>
+      <c r="S138" s="70"/>
+      <c r="T138" s="99"/>
+      <c r="U138" s="99"/>
+      <c r="V138" s="99"/>
+      <c r="W138" s="99"/>
+      <c r="X138" s="99"/>
+      <c r="Y138" s="99"/>
+      <c r="Z138" s="99"/>
+      <c r="AA138" s="70"/>
+      <c r="AB138" s="70"/>
+      <c r="AC138" s="70"/>
+      <c r="AD138" s="99"/>
+      <c r="AE138" s="99"/>
+      <c r="AF138" s="99"/>
+      <c r="AG138" s="99"/>
+      <c r="AH138" s="99"/>
+      <c r="AI138" s="99"/>
+      <c r="AJ138" s="99"/>
+      <c r="AK138" s="99"/>
+    </row>
+    <row r="139" spans="2:37" hidden="1">
+      <c r="B139" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C139" s="6">
+        <v>50</v>
+      </c>
+      <c r="D139" s="6">
+        <v>75</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F139" s="99"/>
+      <c r="G139" s="99"/>
+      <c r="H139" s="99"/>
+      <c r="I139" s="99"/>
+      <c r="J139" s="99"/>
+      <c r="K139" s="99"/>
+      <c r="L139" s="99"/>
+      <c r="M139" s="99"/>
+      <c r="N139" s="99"/>
+      <c r="O139" s="99"/>
+      <c r="P139" s="99"/>
+      <c r="Q139" s="99"/>
+      <c r="R139" s="99"/>
+      <c r="S139" s="70"/>
+      <c r="T139" s="99"/>
+      <c r="U139" s="99"/>
+      <c r="V139" s="99"/>
+      <c r="W139" s="99"/>
+      <c r="X139" s="99"/>
+      <c r="Y139" s="99"/>
+      <c r="Z139" s="99"/>
+      <c r="AA139" s="70"/>
+      <c r="AB139" s="70"/>
+      <c r="AC139" s="70"/>
+      <c r="AD139" s="99"/>
+      <c r="AE139" s="99"/>
+      <c r="AF139" s="99"/>
+      <c r="AG139" s="99"/>
+      <c r="AH139" s="99"/>
+      <c r="AI139" s="99"/>
+      <c r="AJ139" s="99"/>
+      <c r="AK139" s="99"/>
+    </row>
+    <row r="140" spans="2:37" hidden="1">
+      <c r="B140" s="70" t="s">
+        <v>59</v>
+      </c>
+      <c r="C140" s="6">
+        <v>20</v>
+      </c>
+      <c r="D140" s="6">
+        <v>29</v>
+      </c>
+      <c r="E140" s="6"/>
+      <c r="F140" s="99"/>
+      <c r="G140" s="99"/>
+      <c r="H140" s="99"/>
+      <c r="I140" s="99"/>
+      <c r="J140" s="99"/>
+      <c r="K140" s="99"/>
+      <c r="L140" s="99"/>
+      <c r="M140" s="99"/>
+      <c r="N140" s="99"/>
+      <c r="O140" s="99"/>
+      <c r="P140" s="99"/>
+      <c r="Q140" s="99"/>
+      <c r="R140" s="99"/>
+      <c r="S140" s="70"/>
+      <c r="T140" s="99"/>
+      <c r="U140" s="99"/>
+      <c r="V140" s="99"/>
+      <c r="W140" s="99"/>
+      <c r="X140" s="99"/>
+      <c r="Y140" s="99"/>
+      <c r="Z140" s="99"/>
+      <c r="AA140" s="70"/>
+      <c r="AB140" s="70"/>
+      <c r="AC140" s="70"/>
+      <c r="AD140" s="99"/>
+      <c r="AE140" s="99"/>
+      <c r="AF140" s="99"/>
+      <c r="AG140" s="99"/>
+      <c r="AH140" s="99"/>
+      <c r="AI140" s="99"/>
+      <c r="AJ140" s="99"/>
+      <c r="AK140" s="99"/>
+    </row>
+    <row r="141" spans="2:37" hidden="1">
+      <c r="B141" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C141" s="6">
+        <v>36</v>
+      </c>
+      <c r="D141" s="6">
+        <v>54</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F141" s="99"/>
+      <c r="G141" s="99"/>
+      <c r="H141" s="99"/>
+      <c r="I141" s="99"/>
+      <c r="J141" s="99"/>
+      <c r="K141" s="99"/>
+      <c r="L141" s="99"/>
+      <c r="M141" s="99"/>
+      <c r="N141" s="99"/>
+      <c r="O141" s="99"/>
+      <c r="P141" s="99"/>
+      <c r="Q141" s="99"/>
+      <c r="R141" s="99"/>
+      <c r="S141" s="70"/>
+      <c r="T141" s="99"/>
+      <c r="U141" s="99"/>
+      <c r="V141" s="99"/>
+      <c r="W141" s="99"/>
+      <c r="X141" s="99"/>
+      <c r="Y141" s="99"/>
+      <c r="Z141" s="99"/>
+      <c r="AA141" s="70"/>
+      <c r="AB141" s="70"/>
+      <c r="AC141" s="70"/>
+      <c r="AD141" s="99"/>
+      <c r="AE141" s="99"/>
+      <c r="AF141" s="99"/>
+      <c r="AG141" s="99"/>
+      <c r="AH141" s="99"/>
+      <c r="AI141" s="99"/>
+      <c r="AJ141" s="99"/>
+      <c r="AK141" s="99"/>
+    </row>
+    <row r="142" spans="2:37" hidden="1">
+      <c r="B142" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C142" s="6">
+        <v>39</v>
+      </c>
+      <c r="D142" s="6">
+        <v>58</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F142" s="99"/>
+      <c r="G142" s="99"/>
+      <c r="H142" s="99"/>
+      <c r="I142" s="99"/>
+      <c r="J142" s="99"/>
+      <c r="K142" s="99"/>
+      <c r="L142" s="99"/>
+      <c r="M142" s="99"/>
+      <c r="N142" s="99"/>
+      <c r="O142" s="99"/>
+      <c r="P142" s="99"/>
+      <c r="Q142" s="99"/>
+      <c r="R142" s="99"/>
+      <c r="S142" s="70"/>
+      <c r="T142" s="99"/>
+      <c r="U142" s="99"/>
+      <c r="V142" s="99"/>
+      <c r="W142" s="99"/>
+      <c r="X142" s="99"/>
+      <c r="Y142" s="99"/>
+      <c r="Z142" s="99"/>
+      <c r="AA142" s="70"/>
+      <c r="AB142" s="70"/>
+      <c r="AC142" s="70"/>
+      <c r="AD142" s="99"/>
+      <c r="AE142" s="99"/>
+      <c r="AF142" s="99"/>
+      <c r="AG142" s="99"/>
+      <c r="AH142" s="99"/>
+      <c r="AI142" s="99"/>
+      <c r="AJ142" s="99"/>
+      <c r="AK142" s="99"/>
+    </row>
+    <row r="143" spans="2:37" hidden="1">
+      <c r="B143" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C143" s="6">
+        <v>14</v>
+      </c>
+      <c r="D143" s="6">
+        <v>28</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F143" s="99"/>
+      <c r="G143" s="99"/>
+      <c r="H143" s="99"/>
+      <c r="I143" s="99"/>
+      <c r="J143" s="99"/>
+      <c r="K143" s="99"/>
+      <c r="L143" s="99"/>
+      <c r="M143" s="99"/>
+      <c r="N143" s="99"/>
+      <c r="O143" s="99"/>
+      <c r="P143" s="99"/>
+      <c r="Q143" s="99"/>
+      <c r="R143" s="99"/>
+      <c r="S143" s="70"/>
+      <c r="T143" s="99"/>
+      <c r="U143" s="99"/>
+      <c r="V143" s="99"/>
+      <c r="W143" s="99"/>
+      <c r="X143" s="99"/>
+      <c r="Y143" s="99"/>
+      <c r="Z143" s="99"/>
+      <c r="AA143" s="70"/>
+      <c r="AB143" s="70"/>
+      <c r="AC143" s="70"/>
+      <c r="AD143" s="99"/>
+      <c r="AE143" s="99"/>
+      <c r="AF143" s="99"/>
+      <c r="AG143" s="99"/>
+      <c r="AH143" s="99"/>
+      <c r="AI143" s="99"/>
+      <c r="AJ143" s="99"/>
+      <c r="AK143" s="99"/>
+    </row>
+    <row r="144" spans="2:37" hidden="1">
+      <c r="B144" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C144" s="6">
+        <v>27</v>
+      </c>
+      <c r="D144" s="6">
+        <v>40</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F144" s="99"/>
+      <c r="G144" s="99"/>
+      <c r="H144" s="99"/>
+      <c r="I144" s="99"/>
+      <c r="J144" s="99"/>
+      <c r="K144" s="99"/>
+      <c r="L144" s="99"/>
+      <c r="M144" s="99"/>
+      <c r="N144" s="99"/>
+      <c r="O144" s="99"/>
+      <c r="P144" s="99"/>
+      <c r="Q144" s="99"/>
+      <c r="R144" s="99"/>
+      <c r="S144" s="70"/>
+      <c r="T144" s="99"/>
+      <c r="U144" s="99"/>
+      <c r="V144" s="99"/>
+      <c r="W144" s="99"/>
+      <c r="X144" s="99"/>
+      <c r="Y144" s="99"/>
+      <c r="Z144" s="99"/>
+      <c r="AA144" s="70"/>
+      <c r="AB144" s="70"/>
+      <c r="AC144" s="70"/>
+      <c r="AD144" s="99"/>
+      <c r="AE144" s="99"/>
+      <c r="AF144" s="99"/>
+      <c r="AG144" s="99"/>
+      <c r="AH144" s="99"/>
+      <c r="AI144" s="99"/>
+      <c r="AJ144" s="99"/>
+      <c r="AK144" s="99"/>
+    </row>
+    <row r="145" spans="2:5" hidden="1">
+      <c r="B145" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C145" s="6">
+        <v>21</v>
+      </c>
+      <c r="D145" s="6">
+        <v>32</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="146" spans="2:5" hidden="1">
+      <c r="B146" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C146" s="6">
+        <v>41</v>
+      </c>
+      <c r="D146" s="6">
+        <v>62</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="147" spans="2:5" hidden="1">
+      <c r="B147" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C147" s="6">
+        <v>39</v>
+      </c>
+      <c r="D147" s="6">
+        <v>58</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="148" spans="2:5" hidden="1">
+      <c r="B148" s="70" t="s">
+        <v>94</v>
+      </c>
+      <c r="C148" s="6">
+        <v>32</v>
+      </c>
+      <c r="D148" s="6">
+        <v>48</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="149" spans="2:5" hidden="1">
+      <c r="B149" s="70" t="s">
+        <v>69</v>
+      </c>
+      <c r="C149" s="6">
+        <v>24</v>
+      </c>
+      <c r="D149" s="6">
+        <v>35</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="150" spans="2:5" hidden="1">
+      <c r="B150" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C150" s="6">
+        <v>17</v>
+      </c>
+      <c r="D150" s="6">
+        <v>26</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="151" spans="2:5" hidden="1">
+      <c r="B151" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C151" s="6">
+        <v>42</v>
+      </c>
+      <c r="D151" s="6">
+        <v>63</v>
+      </c>
+      <c r="E151" s="17" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="152" spans="2:5" hidden="1">
+      <c r="B152" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C152" s="6">
+        <v>31</v>
+      </c>
+      <c r="D152" s="6">
         <v>46</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B102" s="79" t="s">
+      <c r="E152" s="17" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="153" spans="2:5" hidden="1">
+      <c r="B153" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C153" s="6">
+        <v>32</v>
+      </c>
+      <c r="D153" s="6">
         <v>47</v>
       </c>
-      <c r="C102" s="79" t="s">
-[...12 lines deleted...]
-      <c r="B104" s="79" t="s">
+      <c r="E153" s="17" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="154" spans="2:5" hidden="1">
+      <c r="B154" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C154" s="6">
         <v>50</v>
       </c>
-      <c r="C104" s="79" t="s">
-[...104 lines deleted...]
-      <c r="B117" s="79" t="s">
+      <c r="D154" s="6">
+        <v>75</v>
+      </c>
+      <c r="E154" s="17" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="155" spans="2:5" hidden="1">
+      <c r="B155" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C155" s="6">
+        <v>22</v>
+      </c>
+      <c r="D155" s="6">
+        <v>33</v>
+      </c>
+      <c r="E155" s="17" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="156" spans="2:5" hidden="1">
+      <c r="B156" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C156" s="6">
+        <v>21</v>
+      </c>
+      <c r="D156" s="6">
+        <v>32</v>
+      </c>
+      <c r="E156" s="17" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="157" spans="2:5" hidden="1">
+      <c r="B157" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C157" s="6">
+        <v>21</v>
+      </c>
+      <c r="D157" s="6">
+        <v>32</v>
+      </c>
+      <c r="E157" s="17" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="158" spans="2:5" hidden="1">
+      <c r="B158" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C158" s="6">
+        <v>22</v>
+      </c>
+      <c r="D158" s="6">
+        <v>33</v>
+      </c>
+      <c r="E158" s="17"/>
+    </row>
+    <row r="159" spans="2:5" hidden="1">
+      <c r="B159" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C159" s="6">
+        <v>25</v>
+      </c>
+      <c r="D159" s="6">
+        <v>38</v>
+      </c>
+      <c r="E159" s="17"/>
+    </row>
+    <row r="160" spans="2:5" hidden="1">
+      <c r="B160" s="70" t="s">
+        <v>83</v>
+      </c>
+      <c r="C160" s="6">
+        <v>23</v>
+      </c>
+      <c r="D160" s="6">
+        <v>34</v>
+      </c>
+      <c r="E160" s="17"/>
+    </row>
+    <row r="161" spans="2:5" hidden="1">
+      <c r="B161" s="70" t="s">
+        <v>84</v>
+      </c>
+      <c r="C161" s="6">
+        <v>44</v>
+      </c>
+      <c r="D161" s="6">
         <v>66</v>
       </c>
-      <c r="C117" s="79" t="s">
-[...192 lines deleted...]
-      <c r="E133" s="7" t="s">
+      <c r="E161" s="17"/>
+    </row>
+    <row r="162" spans="2:5" hidden="1">
+      <c r="B162" s="99"/>
+      <c r="C162" s="99"/>
+      <c r="D162" s="99"/>
+      <c r="E162" s="99"/>
+    </row>
+    <row r="163" spans="2:5" hidden="1">
+      <c r="B163" s="99"/>
+      <c r="C163" s="99"/>
+      <c r="D163" s="99"/>
+      <c r="E163" s="99"/>
+    </row>
+    <row r="164" spans="2:5" hidden="1">
+      <c r="B164" s="99"/>
+      <c r="C164" s="99"/>
+      <c r="D164" s="99"/>
+      <c r="E164" s="99"/>
+    </row>
+    <row r="165" spans="2:5" hidden="1">
+      <c r="B165" s="99"/>
+      <c r="C165" s="99"/>
+      <c r="D165" s="99"/>
+      <c r="E165" s="99"/>
+    </row>
+    <row r="166" spans="2:5" hidden="1">
+      <c r="B166" s="99"/>
+      <c r="C166" s="99"/>
+      <c r="D166" s="99"/>
+      <c r="E166" s="99"/>
+    </row>
+    <row r="167" spans="2:5" ht="16.5" hidden="1">
+      <c r="B167" s="56" t="s">
+        <v>98</v>
+      </c>
+      <c r="C167" s="99"/>
+      <c r="D167" s="99"/>
+      <c r="E167" s="99"/>
+    </row>
+    <row r="168" spans="2:5" ht="16.5" hidden="1">
+      <c r="B168" s="52" t="s">
+        <v>42</v>
+      </c>
+      <c r="C168" s="99"/>
+      <c r="D168" s="99"/>
+      <c r="E168" s="99"/>
+    </row>
+    <row r="169" spans="2:5" ht="16.5" hidden="1">
+      <c r="B169" s="52" t="s">
         <v>25</v>
       </c>
-    </row>
-[...402 lines deleted...]
-      <c r="B170" s="82" t="str">
+      <c r="C169" s="99"/>
+      <c r="D169" s="99"/>
+      <c r="E169" s="99"/>
+    </row>
+    <row r="170" spans="2:5" ht="16.5" hidden="1">
+      <c r="B170" s="55" t="str">
         <f>H21</f>
         <v>Home Country of E7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B171" s="82" t="str">
+      <c r="C170" s="99"/>
+      <c r="D170" s="99"/>
+      <c r="E170" s="99"/>
+    </row>
+    <row r="171" spans="2:5" ht="16.5" hidden="1">
+      <c r="B171" s="55" t="str">
         <f>H22</f>
         <v>Please choose if needed</v>
       </c>
-    </row>
-[...1590 lines deleted...]
-    <row r="1762" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
+      <c r="C171" s="99"/>
+      <c r="D171" s="99"/>
+      <c r="E171" s="99"/>
+    </row>
+    <row r="172" spans="2:5" s="2" customFormat="1" hidden="1">
+      <c r="B172" s="70"/>
+      <c r="C172" s="70"/>
+      <c r="D172" s="70"/>
+      <c r="E172" s="70"/>
+    </row>
+    <row r="173" spans="2:5" s="2" customFormat="1" hidden="1">
+      <c r="B173" s="70"/>
+      <c r="C173" s="70"/>
+      <c r="D173" s="70"/>
+      <c r="E173" s="70"/>
+    </row>
+    <row r="174" spans="2:5" s="2" customFormat="1" hidden="1">
+      <c r="B174" s="70"/>
+      <c r="C174" s="70"/>
+      <c r="D174" s="70"/>
+      <c r="E174" s="70"/>
+    </row>
+    <row r="175" spans="2:5" s="2" customFormat="1">
+      <c r="B175" s="70"/>
+      <c r="C175" s="70"/>
+      <c r="D175" s="70"/>
+      <c r="E175" s="70"/>
+    </row>
+    <row r="176" spans="2:5" s="2" customFormat="1">
+      <c r="B176" s="70"/>
+      <c r="C176" s="70"/>
+      <c r="D176" s="70"/>
+      <c r="E176" s="70"/>
+    </row>
+    <row r="177" s="2" customFormat="1"/>
+    <row r="178" s="2" customFormat="1"/>
+    <row r="179" s="2" customFormat="1"/>
+    <row r="180" s="2" customFormat="1"/>
+    <row r="181" s="2" customFormat="1"/>
+    <row r="182" s="2" customFormat="1"/>
+    <row r="183" s="2" customFormat="1"/>
+    <row r="184" s="2" customFormat="1"/>
+    <row r="185" s="2" customFormat="1"/>
+    <row r="186" s="2" customFormat="1"/>
+    <row r="187" s="2" customFormat="1"/>
+    <row r="188" s="2" customFormat="1"/>
+    <row r="189" s="2" customFormat="1"/>
+    <row r="190" s="2" customFormat="1"/>
+    <row r="191" s="2" customFormat="1"/>
+    <row r="192" s="2" customFormat="1"/>
+    <row r="193" s="2" customFormat="1"/>
+    <row r="194" s="2" customFormat="1"/>
+    <row r="195" s="2" customFormat="1"/>
+    <row r="196" s="2" customFormat="1"/>
+    <row r="197" s="2" customFormat="1"/>
+    <row r="198" s="2" customFormat="1"/>
+    <row r="199" s="2" customFormat="1"/>
+    <row r="200" s="2" customFormat="1"/>
+    <row r="201" s="2" customFormat="1"/>
+    <row r="202" s="2" customFormat="1"/>
+    <row r="203" s="2" customFormat="1"/>
+    <row r="204" s="2" customFormat="1"/>
+    <row r="205" s="2" customFormat="1"/>
+    <row r="206" s="2" customFormat="1"/>
+    <row r="207" s="2" customFormat="1"/>
+    <row r="208" s="2" customFormat="1"/>
+    <row r="209" s="2" customFormat="1"/>
+    <row r="210" s="2" customFormat="1"/>
+    <row r="211" s="2" customFormat="1"/>
+    <row r="212" s="2" customFormat="1"/>
+    <row r="213" s="2" customFormat="1"/>
+    <row r="214" s="2" customFormat="1"/>
+    <row r="215" s="2" customFormat="1"/>
+    <row r="216" s="2" customFormat="1"/>
+    <row r="217" s="2" customFormat="1"/>
+    <row r="218" s="2" customFormat="1"/>
+    <row r="219" s="2" customFormat="1"/>
+    <row r="220" s="2" customFormat="1"/>
+    <row r="221" s="2" customFormat="1"/>
+    <row r="222" s="2" customFormat="1"/>
+    <row r="223" s="2" customFormat="1"/>
+    <row r="224" s="2" customFormat="1"/>
+    <row r="225" s="2" customFormat="1"/>
+    <row r="226" s="2" customFormat="1"/>
+    <row r="227" s="2" customFormat="1"/>
+    <row r="228" s="2" customFormat="1"/>
+    <row r="229" s="2" customFormat="1"/>
+    <row r="230" s="2" customFormat="1"/>
+    <row r="231" s="2" customFormat="1"/>
+    <row r="232" s="2" customFormat="1"/>
+    <row r="233" s="2" customFormat="1"/>
+    <row r="234" s="2" customFormat="1"/>
+    <row r="235" s="2" customFormat="1"/>
+    <row r="236" s="2" customFormat="1"/>
+    <row r="237" s="2" customFormat="1"/>
+    <row r="238" s="2" customFormat="1"/>
+    <row r="239" s="2" customFormat="1"/>
+    <row r="240" s="2" customFormat="1"/>
+    <row r="241" s="2" customFormat="1"/>
+    <row r="242" s="2" customFormat="1"/>
+    <row r="243" s="2" customFormat="1"/>
+    <row r="244" s="2" customFormat="1"/>
+    <row r="245" s="2" customFormat="1"/>
+    <row r="246" s="2" customFormat="1"/>
+    <row r="247" s="2" customFormat="1"/>
+    <row r="248" s="2" customFormat="1"/>
+    <row r="249" s="2" customFormat="1"/>
+    <row r="250" s="2" customFormat="1"/>
+    <row r="251" s="2" customFormat="1"/>
+    <row r="252" s="2" customFormat="1"/>
+    <row r="253" s="2" customFormat="1"/>
+    <row r="254" s="2" customFormat="1"/>
+    <row r="255" s="2" customFormat="1"/>
+    <row r="256" s="2" customFormat="1"/>
+    <row r="257" s="2" customFormat="1"/>
+    <row r="258" s="2" customFormat="1"/>
+    <row r="259" s="2" customFormat="1"/>
+    <row r="260" s="2" customFormat="1"/>
+    <row r="261" s="2" customFormat="1"/>
+    <row r="262" s="2" customFormat="1"/>
+    <row r="263" s="2" customFormat="1"/>
+    <row r="264" s="2" customFormat="1"/>
+    <row r="265" s="2" customFormat="1"/>
+    <row r="266" s="2" customFormat="1"/>
+    <row r="267" s="2" customFormat="1"/>
+    <row r="268" s="2" customFormat="1"/>
+    <row r="269" s="2" customFormat="1"/>
+    <row r="270" s="2" customFormat="1"/>
+    <row r="271" s="2" customFormat="1"/>
+    <row r="272" s="2" customFormat="1"/>
+    <row r="273" s="2" customFormat="1"/>
+    <row r="274" s="2" customFormat="1"/>
+    <row r="275" s="2" customFormat="1"/>
+    <row r="276" s="2" customFormat="1"/>
+    <row r="277" s="2" customFormat="1"/>
+    <row r="278" s="2" customFormat="1"/>
+    <row r="279" s="2" customFormat="1"/>
+    <row r="280" s="2" customFormat="1"/>
+    <row r="281" s="2" customFormat="1"/>
+    <row r="282" s="2" customFormat="1"/>
+    <row r="283" s="2" customFormat="1"/>
+    <row r="284" s="2" customFormat="1"/>
+    <row r="285" s="2" customFormat="1"/>
+    <row r="286" s="2" customFormat="1"/>
+    <row r="287" s="2" customFormat="1"/>
+    <row r="288" s="2" customFormat="1"/>
+    <row r="289" s="2" customFormat="1"/>
+    <row r="290" s="2" customFormat="1"/>
+    <row r="291" s="2" customFormat="1"/>
+    <row r="292" s="2" customFormat="1"/>
+    <row r="293" s="2" customFormat="1"/>
+    <row r="294" s="2" customFormat="1"/>
+    <row r="295" s="2" customFormat="1"/>
+    <row r="296" s="2" customFormat="1"/>
+    <row r="297" s="2" customFormat="1"/>
+    <row r="298" s="2" customFormat="1"/>
+    <row r="299" s="2" customFormat="1"/>
+    <row r="300" s="2" customFormat="1"/>
+    <row r="301" s="2" customFormat="1"/>
+    <row r="302" s="2" customFormat="1"/>
+    <row r="303" s="2" customFormat="1"/>
+    <row r="304" s="2" customFormat="1"/>
+    <row r="305" s="2" customFormat="1"/>
+    <row r="306" s="2" customFormat="1"/>
+    <row r="307" s="2" customFormat="1"/>
+    <row r="308" s="2" customFormat="1"/>
+    <row r="309" s="2" customFormat="1"/>
+    <row r="310" s="2" customFormat="1"/>
+    <row r="311" s="2" customFormat="1"/>
+    <row r="312" s="2" customFormat="1"/>
+    <row r="313" s="2" customFormat="1"/>
+    <row r="314" s="2" customFormat="1"/>
+    <row r="315" s="2" customFormat="1"/>
+    <row r="316" s="2" customFormat="1"/>
+    <row r="317" s="2" customFormat="1"/>
+    <row r="318" s="2" customFormat="1"/>
+    <row r="319" s="2" customFormat="1"/>
+    <row r="320" s="2" customFormat="1"/>
+    <row r="321" s="2" customFormat="1"/>
+    <row r="322" s="2" customFormat="1"/>
+    <row r="323" s="2" customFormat="1"/>
+    <row r="324" s="2" customFormat="1"/>
+    <row r="325" s="2" customFormat="1"/>
+    <row r="326" s="2" customFormat="1"/>
+    <row r="327" s="2" customFormat="1"/>
+    <row r="328" s="2" customFormat="1"/>
+    <row r="329" s="2" customFormat="1"/>
+    <row r="330" s="2" customFormat="1"/>
+    <row r="331" s="2" customFormat="1"/>
+    <row r="332" s="2" customFormat="1"/>
+    <row r="333" s="2" customFormat="1"/>
+    <row r="334" s="2" customFormat="1"/>
+    <row r="335" s="2" customFormat="1"/>
+    <row r="336" s="2" customFormat="1"/>
+    <row r="337" s="2" customFormat="1"/>
+    <row r="338" s="2" customFormat="1"/>
+    <row r="339" s="2" customFormat="1"/>
+    <row r="340" s="2" customFormat="1"/>
+    <row r="341" s="2" customFormat="1"/>
+    <row r="342" s="2" customFormat="1"/>
+    <row r="343" s="2" customFormat="1"/>
+    <row r="344" s="2" customFormat="1"/>
+    <row r="345" s="2" customFormat="1"/>
+    <row r="346" s="2" customFormat="1"/>
+    <row r="347" s="2" customFormat="1"/>
+    <row r="348" s="2" customFormat="1"/>
+    <row r="349" s="2" customFormat="1"/>
+    <row r="350" s="2" customFormat="1"/>
+    <row r="351" s="2" customFormat="1"/>
+    <row r="352" s="2" customFormat="1"/>
+    <row r="353" s="2" customFormat="1"/>
+    <row r="354" s="2" customFormat="1"/>
+    <row r="355" s="2" customFormat="1"/>
+    <row r="356" s="2" customFormat="1"/>
+    <row r="357" s="2" customFormat="1"/>
+    <row r="358" s="2" customFormat="1"/>
+    <row r="359" s="2" customFormat="1"/>
+    <row r="360" s="2" customFormat="1"/>
+    <row r="361" s="2" customFormat="1"/>
+    <row r="362" s="2" customFormat="1"/>
+    <row r="363" s="2" customFormat="1"/>
+    <row r="364" s="2" customFormat="1"/>
+    <row r="365" s="2" customFormat="1"/>
+    <row r="366" s="2" customFormat="1"/>
+    <row r="367" s="2" customFormat="1"/>
+    <row r="368" s="2" customFormat="1"/>
+    <row r="369" s="2" customFormat="1"/>
+    <row r="370" s="2" customFormat="1"/>
+    <row r="371" s="2" customFormat="1"/>
+    <row r="372" s="2" customFormat="1"/>
+    <row r="373" s="2" customFormat="1"/>
+    <row r="374" s="2" customFormat="1"/>
+    <row r="375" s="2" customFormat="1"/>
+    <row r="376" s="2" customFormat="1"/>
+    <row r="377" s="2" customFormat="1"/>
+    <row r="378" s="2" customFormat="1"/>
+    <row r="379" s="2" customFormat="1"/>
+    <row r="380" s="2" customFormat="1"/>
+    <row r="381" s="2" customFormat="1"/>
+    <row r="382" s="2" customFormat="1"/>
+    <row r="383" s="2" customFormat="1"/>
+    <row r="384" s="2" customFormat="1"/>
+    <row r="385" s="2" customFormat="1"/>
+    <row r="386" s="2" customFormat="1"/>
+    <row r="387" s="2" customFormat="1"/>
+    <row r="388" s="2" customFormat="1"/>
+    <row r="389" s="2" customFormat="1"/>
+    <row r="390" s="2" customFormat="1"/>
+    <row r="391" s="2" customFormat="1"/>
+    <row r="392" s="2" customFormat="1"/>
+    <row r="393" s="2" customFormat="1"/>
+    <row r="394" s="2" customFormat="1"/>
+    <row r="395" s="2" customFormat="1"/>
+    <row r="396" s="2" customFormat="1"/>
+    <row r="397" s="2" customFormat="1"/>
+    <row r="398" s="2" customFormat="1"/>
+    <row r="399" s="2" customFormat="1"/>
+    <row r="400" s="2" customFormat="1"/>
+    <row r="401" s="2" customFormat="1"/>
+    <row r="402" s="2" customFormat="1"/>
+    <row r="403" s="2" customFormat="1"/>
+    <row r="404" s="2" customFormat="1"/>
+    <row r="405" s="2" customFormat="1"/>
+    <row r="406" s="2" customFormat="1"/>
+    <row r="407" s="2" customFormat="1"/>
+    <row r="408" s="2" customFormat="1"/>
+    <row r="409" s="2" customFormat="1"/>
+    <row r="410" s="2" customFormat="1"/>
+    <row r="411" s="2" customFormat="1"/>
+    <row r="412" s="2" customFormat="1"/>
+    <row r="413" s="2" customFormat="1"/>
+    <row r="414" s="2" customFormat="1"/>
+    <row r="415" s="2" customFormat="1"/>
+    <row r="416" s="2" customFormat="1"/>
+    <row r="417" s="2" customFormat="1"/>
+    <row r="418" s="2" customFormat="1"/>
+    <row r="419" s="2" customFormat="1"/>
+    <row r="420" s="2" customFormat="1"/>
+    <row r="421" s="2" customFormat="1"/>
+    <row r="422" s="2" customFormat="1"/>
+    <row r="423" s="2" customFormat="1"/>
+    <row r="424" s="2" customFormat="1"/>
+    <row r="425" s="2" customFormat="1"/>
+    <row r="426" s="2" customFormat="1"/>
+    <row r="427" s="2" customFormat="1"/>
+    <row r="428" s="2" customFormat="1"/>
+    <row r="429" s="2" customFormat="1"/>
+    <row r="430" s="2" customFormat="1"/>
+    <row r="431" s="2" customFormat="1"/>
+    <row r="432" s="2" customFormat="1"/>
+    <row r="433" s="2" customFormat="1"/>
+    <row r="434" s="2" customFormat="1"/>
+    <row r="435" s="2" customFormat="1"/>
+    <row r="436" s="2" customFormat="1"/>
+    <row r="437" s="2" customFormat="1"/>
+    <row r="438" s="2" customFormat="1"/>
+    <row r="439" s="2" customFormat="1"/>
+    <row r="440" s="2" customFormat="1"/>
+    <row r="441" s="2" customFormat="1"/>
+    <row r="442" s="2" customFormat="1"/>
+    <row r="443" s="2" customFormat="1"/>
+    <row r="444" s="2" customFormat="1"/>
+    <row r="445" s="2" customFormat="1"/>
+    <row r="446" s="2" customFormat="1"/>
+    <row r="447" s="2" customFormat="1"/>
+    <row r="448" s="2" customFormat="1"/>
+    <row r="449" s="2" customFormat="1"/>
+    <row r="450" s="2" customFormat="1"/>
+    <row r="451" s="2" customFormat="1"/>
+    <row r="452" s="2" customFormat="1"/>
+    <row r="453" s="2" customFormat="1"/>
+    <row r="454" s="2" customFormat="1"/>
+    <row r="455" s="2" customFormat="1"/>
+    <row r="456" s="2" customFormat="1"/>
+    <row r="457" s="2" customFormat="1"/>
+    <row r="458" s="2" customFormat="1"/>
+    <row r="459" s="2" customFormat="1"/>
+    <row r="460" s="2" customFormat="1"/>
+    <row r="461" s="2" customFormat="1"/>
+    <row r="462" s="2" customFormat="1"/>
+    <row r="463" s="2" customFormat="1"/>
+    <row r="464" s="2" customFormat="1"/>
+    <row r="465" s="2" customFormat="1"/>
+    <row r="466" s="2" customFormat="1"/>
+    <row r="467" s="2" customFormat="1"/>
+    <row r="468" s="2" customFormat="1"/>
+    <row r="469" s="2" customFormat="1"/>
+    <row r="470" s="2" customFormat="1"/>
+    <row r="471" s="2" customFormat="1"/>
+    <row r="472" s="2" customFormat="1"/>
+    <row r="473" s="2" customFormat="1"/>
+    <row r="474" s="2" customFormat="1"/>
+    <row r="475" s="2" customFormat="1"/>
+    <row r="476" s="2" customFormat="1"/>
+    <row r="477" s="2" customFormat="1"/>
+    <row r="478" s="2" customFormat="1"/>
+    <row r="479" s="2" customFormat="1"/>
+    <row r="480" s="2" customFormat="1"/>
+    <row r="481" s="2" customFormat="1"/>
+    <row r="482" s="2" customFormat="1"/>
+    <row r="483" s="2" customFormat="1"/>
+    <row r="484" s="2" customFormat="1"/>
+    <row r="485" s="2" customFormat="1"/>
+    <row r="486" s="2" customFormat="1"/>
+    <row r="487" s="2" customFormat="1"/>
+    <row r="488" s="2" customFormat="1"/>
+    <row r="489" s="2" customFormat="1"/>
+    <row r="490" s="2" customFormat="1"/>
+    <row r="491" s="2" customFormat="1"/>
+    <row r="492" s="2" customFormat="1"/>
+    <row r="493" s="2" customFormat="1"/>
+    <row r="494" s="2" customFormat="1"/>
+    <row r="495" s="2" customFormat="1"/>
+    <row r="496" s="2" customFormat="1"/>
+    <row r="497" s="2" customFormat="1"/>
+    <row r="498" s="2" customFormat="1"/>
+    <row r="499" s="2" customFormat="1"/>
+    <row r="500" s="2" customFormat="1"/>
+    <row r="501" s="2" customFormat="1"/>
+    <row r="502" s="2" customFormat="1"/>
+    <row r="503" s="2" customFormat="1"/>
+    <row r="504" s="2" customFormat="1"/>
+    <row r="505" s="2" customFormat="1"/>
+    <row r="506" s="2" customFormat="1"/>
+    <row r="507" s="2" customFormat="1"/>
+    <row r="508" s="2" customFormat="1"/>
+    <row r="509" s="2" customFormat="1"/>
+    <row r="510" s="2" customFormat="1"/>
+    <row r="511" s="2" customFormat="1"/>
+    <row r="512" s="2" customFormat="1"/>
+    <row r="513" s="2" customFormat="1"/>
+    <row r="514" s="2" customFormat="1"/>
+    <row r="515" s="2" customFormat="1"/>
+    <row r="516" s="2" customFormat="1"/>
+    <row r="517" s="2" customFormat="1"/>
+    <row r="518" s="2" customFormat="1"/>
+    <row r="519" s="2" customFormat="1"/>
+    <row r="520" s="2" customFormat="1"/>
+    <row r="521" s="2" customFormat="1"/>
+    <row r="522" s="2" customFormat="1"/>
+    <row r="523" s="2" customFormat="1"/>
+    <row r="524" s="2" customFormat="1"/>
+    <row r="525" s="2" customFormat="1"/>
+    <row r="526" s="2" customFormat="1"/>
+    <row r="527" s="2" customFormat="1"/>
+    <row r="528" s="2" customFormat="1"/>
+    <row r="529" s="2" customFormat="1"/>
+    <row r="530" s="2" customFormat="1"/>
+    <row r="531" s="2" customFormat="1"/>
+    <row r="532" s="2" customFormat="1"/>
+    <row r="533" s="2" customFormat="1"/>
+    <row r="534" s="2" customFormat="1"/>
+    <row r="535" s="2" customFormat="1"/>
+    <row r="536" s="2" customFormat="1"/>
+    <row r="537" s="2" customFormat="1"/>
+    <row r="538" s="2" customFormat="1"/>
+    <row r="539" s="2" customFormat="1"/>
+    <row r="540" s="2" customFormat="1"/>
+    <row r="541" s="2" customFormat="1"/>
+    <row r="542" s="2" customFormat="1"/>
+    <row r="543" s="2" customFormat="1"/>
+    <row r="544" s="2" customFormat="1"/>
+    <row r="545" s="2" customFormat="1"/>
+    <row r="546" s="2" customFormat="1"/>
+    <row r="547" s="2" customFormat="1"/>
+    <row r="548" s="2" customFormat="1"/>
+    <row r="549" s="2" customFormat="1"/>
+    <row r="550" s="2" customFormat="1"/>
+    <row r="551" s="2" customFormat="1"/>
+    <row r="552" s="2" customFormat="1"/>
+    <row r="553" s="2" customFormat="1"/>
+    <row r="554" s="2" customFormat="1"/>
+    <row r="555" s="2" customFormat="1"/>
+    <row r="556" s="2" customFormat="1"/>
+    <row r="557" s="2" customFormat="1"/>
+    <row r="558" s="2" customFormat="1"/>
+    <row r="559" s="2" customFormat="1"/>
+    <row r="560" s="2" customFormat="1"/>
+    <row r="561" s="2" customFormat="1"/>
+    <row r="562" s="2" customFormat="1"/>
+    <row r="563" s="2" customFormat="1"/>
+    <row r="564" s="2" customFormat="1"/>
+    <row r="565" s="2" customFormat="1"/>
+    <row r="566" s="2" customFormat="1"/>
+    <row r="567" s="2" customFormat="1"/>
+    <row r="568" s="2" customFormat="1"/>
+    <row r="569" s="2" customFormat="1"/>
+    <row r="570" s="2" customFormat="1"/>
+    <row r="571" s="2" customFormat="1"/>
+    <row r="572" s="2" customFormat="1"/>
+    <row r="573" s="2" customFormat="1"/>
+    <row r="574" s="2" customFormat="1"/>
+    <row r="575" s="2" customFormat="1"/>
+    <row r="576" s="2" customFormat="1"/>
+    <row r="577" s="2" customFormat="1"/>
+    <row r="578" s="2" customFormat="1"/>
+    <row r="579" s="2" customFormat="1"/>
+    <row r="580" s="2" customFormat="1"/>
+    <row r="581" s="2" customFormat="1"/>
+    <row r="582" s="2" customFormat="1"/>
+    <row r="583" s="2" customFormat="1"/>
+    <row r="584" s="2" customFormat="1"/>
+    <row r="585" s="2" customFormat="1"/>
+    <row r="586" s="2" customFormat="1"/>
+    <row r="587" s="2" customFormat="1"/>
+    <row r="588" s="2" customFormat="1"/>
+    <row r="589" s="2" customFormat="1"/>
+    <row r="590" s="2" customFormat="1"/>
+    <row r="591" s="2" customFormat="1"/>
+    <row r="592" s="2" customFormat="1"/>
+    <row r="593" s="2" customFormat="1"/>
+    <row r="594" s="2" customFormat="1"/>
+    <row r="595" s="2" customFormat="1"/>
+    <row r="596" s="2" customFormat="1"/>
+    <row r="597" s="2" customFormat="1"/>
+    <row r="598" s="2" customFormat="1"/>
+    <row r="599" s="2" customFormat="1"/>
+    <row r="600" s="2" customFormat="1"/>
+    <row r="601" s="2" customFormat="1"/>
+    <row r="602" s="2" customFormat="1"/>
+    <row r="603" s="2" customFormat="1"/>
+    <row r="604" s="2" customFormat="1"/>
+    <row r="605" s="2" customFormat="1"/>
+    <row r="606" s="2" customFormat="1"/>
+    <row r="607" s="2" customFormat="1"/>
+    <row r="608" s="2" customFormat="1"/>
+    <row r="609" s="2" customFormat="1"/>
+    <row r="610" s="2" customFormat="1"/>
+    <row r="611" s="2" customFormat="1"/>
+    <row r="612" s="2" customFormat="1"/>
+    <row r="613" s="2" customFormat="1"/>
+    <row r="614" s="2" customFormat="1"/>
+    <row r="615" s="2" customFormat="1"/>
+    <row r="616" s="2" customFormat="1"/>
+    <row r="617" s="2" customFormat="1"/>
+    <row r="618" s="2" customFormat="1"/>
+    <row r="619" s="2" customFormat="1"/>
+    <row r="620" s="2" customFormat="1"/>
+    <row r="621" s="2" customFormat="1"/>
+    <row r="622" s="2" customFormat="1"/>
+    <row r="623" s="2" customFormat="1"/>
+    <row r="624" s="2" customFormat="1"/>
+    <row r="625" s="2" customFormat="1"/>
+    <row r="626" s="2" customFormat="1"/>
+    <row r="627" s="2" customFormat="1"/>
+    <row r="628" s="2" customFormat="1"/>
+    <row r="629" s="2" customFormat="1"/>
+    <row r="630" s="2" customFormat="1"/>
+    <row r="631" s="2" customFormat="1"/>
+    <row r="632" s="2" customFormat="1"/>
+    <row r="633" s="2" customFormat="1"/>
+    <row r="634" s="2" customFormat="1"/>
+    <row r="635" s="2" customFormat="1"/>
+    <row r="636" s="2" customFormat="1"/>
+    <row r="637" s="2" customFormat="1"/>
+    <row r="638" s="2" customFormat="1"/>
+    <row r="639" s="2" customFormat="1"/>
+    <row r="640" s="2" customFormat="1"/>
+    <row r="641" s="2" customFormat="1"/>
+    <row r="642" s="2" customFormat="1"/>
+    <row r="643" s="2" customFormat="1"/>
+    <row r="644" s="2" customFormat="1"/>
+    <row r="645" s="2" customFormat="1"/>
+    <row r="646" s="2" customFormat="1"/>
+    <row r="647" s="2" customFormat="1"/>
+    <row r="648" s="2" customFormat="1"/>
+    <row r="649" s="2" customFormat="1"/>
+    <row r="650" s="2" customFormat="1"/>
+    <row r="651" s="2" customFormat="1"/>
+    <row r="652" s="2" customFormat="1"/>
+    <row r="653" s="2" customFormat="1"/>
+    <row r="654" s="2" customFormat="1"/>
+    <row r="655" s="2" customFormat="1"/>
+    <row r="656" s="2" customFormat="1"/>
+    <row r="657" s="2" customFormat="1"/>
+    <row r="658" s="2" customFormat="1"/>
+    <row r="659" s="2" customFormat="1"/>
+    <row r="660" s="2" customFormat="1"/>
+    <row r="661" s="2" customFormat="1"/>
+    <row r="662" s="2" customFormat="1"/>
+    <row r="663" s="2" customFormat="1"/>
+    <row r="664" s="2" customFormat="1"/>
+    <row r="665" s="2" customFormat="1"/>
+    <row r="666" s="2" customFormat="1"/>
+    <row r="667" s="2" customFormat="1"/>
+    <row r="668" s="2" customFormat="1"/>
+    <row r="669" s="2" customFormat="1"/>
+    <row r="670" s="2" customFormat="1"/>
+    <row r="671" s="2" customFormat="1"/>
+    <row r="672" s="2" customFormat="1"/>
+    <row r="673" s="2" customFormat="1"/>
+    <row r="674" s="2" customFormat="1"/>
+    <row r="675" s="2" customFormat="1"/>
+    <row r="676" s="2" customFormat="1"/>
+    <row r="677" s="2" customFormat="1"/>
+    <row r="678" s="2" customFormat="1"/>
+    <row r="679" s="2" customFormat="1"/>
+    <row r="680" s="2" customFormat="1"/>
+    <row r="681" s="2" customFormat="1"/>
+    <row r="682" s="2" customFormat="1"/>
+    <row r="683" s="2" customFormat="1"/>
+    <row r="684" s="2" customFormat="1"/>
+    <row r="685" s="2" customFormat="1"/>
+    <row r="686" s="2" customFormat="1"/>
+    <row r="687" s="2" customFormat="1"/>
+    <row r="688" s="2" customFormat="1"/>
+    <row r="689" s="2" customFormat="1"/>
+    <row r="690" s="2" customFormat="1"/>
+    <row r="691" s="2" customFormat="1"/>
+    <row r="692" s="2" customFormat="1"/>
+    <row r="693" s="2" customFormat="1"/>
+    <row r="694" s="2" customFormat="1"/>
+    <row r="695" s="2" customFormat="1"/>
+    <row r="696" s="2" customFormat="1"/>
+    <row r="697" s="2" customFormat="1"/>
+    <row r="698" s="2" customFormat="1"/>
+    <row r="699" s="2" customFormat="1"/>
+    <row r="700" s="2" customFormat="1"/>
+    <row r="701" s="2" customFormat="1"/>
+    <row r="702" s="2" customFormat="1"/>
+    <row r="703" s="2" customFormat="1"/>
+    <row r="704" s="2" customFormat="1"/>
+    <row r="705" s="2" customFormat="1"/>
+    <row r="706" s="2" customFormat="1"/>
+    <row r="707" s="2" customFormat="1"/>
+    <row r="708" s="2" customFormat="1"/>
+    <row r="709" s="2" customFormat="1"/>
+    <row r="710" s="2" customFormat="1"/>
+    <row r="711" s="2" customFormat="1"/>
+    <row r="712" s="2" customFormat="1"/>
+    <row r="713" s="2" customFormat="1"/>
+    <row r="714" s="2" customFormat="1"/>
+    <row r="715" s="2" customFormat="1"/>
+    <row r="716" s="2" customFormat="1"/>
+    <row r="717" s="2" customFormat="1"/>
+    <row r="718" s="2" customFormat="1"/>
+    <row r="719" s="2" customFormat="1"/>
+    <row r="720" s="2" customFormat="1"/>
+    <row r="721" s="2" customFormat="1"/>
+    <row r="722" s="2" customFormat="1"/>
+    <row r="723" s="2" customFormat="1"/>
+    <row r="724" s="2" customFormat="1"/>
+    <row r="725" s="2" customFormat="1"/>
+    <row r="726" s="2" customFormat="1"/>
+    <row r="727" s="2" customFormat="1"/>
+    <row r="728" s="2" customFormat="1"/>
+    <row r="729" s="2" customFormat="1"/>
+    <row r="730" s="2" customFormat="1"/>
+    <row r="731" s="2" customFormat="1"/>
+    <row r="732" s="2" customFormat="1"/>
+    <row r="733" s="2" customFormat="1"/>
+    <row r="734" s="2" customFormat="1"/>
+    <row r="735" s="2" customFormat="1"/>
+    <row r="736" s="2" customFormat="1"/>
+    <row r="737" s="2" customFormat="1"/>
+    <row r="738" s="2" customFormat="1"/>
+    <row r="739" s="2" customFormat="1"/>
+    <row r="740" s="2" customFormat="1"/>
+    <row r="741" s="2" customFormat="1"/>
+    <row r="742" s="2" customFormat="1"/>
+    <row r="743" s="2" customFormat="1"/>
+    <row r="744" s="2" customFormat="1"/>
+    <row r="745" s="2" customFormat="1"/>
+    <row r="746" s="2" customFormat="1"/>
+    <row r="747" s="2" customFormat="1"/>
+    <row r="748" s="2" customFormat="1"/>
+    <row r="749" s="2" customFormat="1"/>
+    <row r="750" s="2" customFormat="1"/>
+    <row r="751" s="2" customFormat="1"/>
+    <row r="752" s="2" customFormat="1"/>
+    <row r="753" s="2" customFormat="1"/>
+    <row r="754" s="2" customFormat="1"/>
+    <row r="755" s="2" customFormat="1"/>
+    <row r="756" s="2" customFormat="1"/>
+    <row r="757" s="2" customFormat="1"/>
+    <row r="758" s="2" customFormat="1"/>
+    <row r="759" s="2" customFormat="1"/>
+    <row r="760" s="2" customFormat="1"/>
+    <row r="761" s="2" customFormat="1"/>
+    <row r="762" s="2" customFormat="1"/>
+    <row r="763" s="2" customFormat="1"/>
+    <row r="764" s="2" customFormat="1"/>
+    <row r="765" s="2" customFormat="1"/>
+    <row r="766" s="2" customFormat="1"/>
+    <row r="767" s="2" customFormat="1"/>
+    <row r="768" s="2" customFormat="1"/>
+    <row r="769" s="2" customFormat="1"/>
+    <row r="770" s="2" customFormat="1"/>
+    <row r="771" s="2" customFormat="1"/>
+    <row r="772" s="2" customFormat="1"/>
+    <row r="773" s="2" customFormat="1"/>
+    <row r="774" s="2" customFormat="1"/>
+    <row r="775" s="2" customFormat="1"/>
+    <row r="776" s="2" customFormat="1"/>
+    <row r="777" s="2" customFormat="1"/>
+    <row r="778" s="2" customFormat="1"/>
+    <row r="779" s="2" customFormat="1"/>
+    <row r="780" s="2" customFormat="1"/>
+    <row r="781" s="2" customFormat="1"/>
+    <row r="782" s="2" customFormat="1"/>
+    <row r="783" s="2" customFormat="1"/>
+    <row r="784" s="2" customFormat="1"/>
+    <row r="785" s="2" customFormat="1"/>
+    <row r="786" s="2" customFormat="1"/>
+    <row r="787" s="2" customFormat="1"/>
+    <row r="788" s="2" customFormat="1"/>
+    <row r="789" s="2" customFormat="1"/>
+    <row r="790" s="2" customFormat="1"/>
+    <row r="791" s="2" customFormat="1"/>
+    <row r="792" s="2" customFormat="1"/>
+    <row r="793" s="2" customFormat="1"/>
+    <row r="794" s="2" customFormat="1"/>
+    <row r="795" s="2" customFormat="1"/>
+    <row r="796" s="2" customFormat="1"/>
+    <row r="797" s="2" customFormat="1"/>
+    <row r="798" s="2" customFormat="1"/>
+    <row r="799" s="2" customFormat="1"/>
+    <row r="800" s="2" customFormat="1"/>
+    <row r="801" s="2" customFormat="1"/>
+    <row r="802" s="2" customFormat="1"/>
+    <row r="803" s="2" customFormat="1"/>
+    <row r="804" s="2" customFormat="1"/>
+    <row r="805" s="2" customFormat="1"/>
+    <row r="806" s="2" customFormat="1"/>
+    <row r="807" s="2" customFormat="1"/>
+    <row r="808" s="2" customFormat="1"/>
+    <row r="809" s="2" customFormat="1"/>
+    <row r="810" s="2" customFormat="1"/>
+    <row r="811" s="2" customFormat="1"/>
+    <row r="812" s="2" customFormat="1"/>
+    <row r="813" s="2" customFormat="1"/>
+    <row r="814" s="2" customFormat="1"/>
+    <row r="815" s="2" customFormat="1"/>
+    <row r="816" s="2" customFormat="1"/>
+    <row r="817" s="2" customFormat="1"/>
+    <row r="818" s="2" customFormat="1"/>
+    <row r="819" s="2" customFormat="1"/>
+    <row r="820" s="2" customFormat="1"/>
+    <row r="821" s="2" customFormat="1"/>
+    <row r="822" s="2" customFormat="1"/>
+    <row r="823" s="2" customFormat="1"/>
+    <row r="824" s="2" customFormat="1"/>
+    <row r="825" s="2" customFormat="1"/>
+    <row r="826" s="2" customFormat="1"/>
+    <row r="827" s="2" customFormat="1"/>
+    <row r="828" s="2" customFormat="1"/>
+    <row r="829" s="2" customFormat="1"/>
+    <row r="830" s="2" customFormat="1"/>
+    <row r="831" s="2" customFormat="1"/>
+    <row r="832" s="2" customFormat="1"/>
+    <row r="833" s="2" customFormat="1"/>
+    <row r="834" s="2" customFormat="1"/>
+    <row r="835" s="2" customFormat="1"/>
+    <row r="836" s="2" customFormat="1"/>
+    <row r="837" s="2" customFormat="1"/>
+    <row r="838" s="2" customFormat="1"/>
+    <row r="839" s="2" customFormat="1"/>
+    <row r="840" s="2" customFormat="1"/>
+    <row r="841" s="2" customFormat="1"/>
+    <row r="842" s="2" customFormat="1"/>
+    <row r="843" s="2" customFormat="1"/>
+    <row r="844" s="2" customFormat="1"/>
+    <row r="845" s="2" customFormat="1"/>
+    <row r="846" s="2" customFormat="1"/>
+    <row r="847" s="2" customFormat="1"/>
+    <row r="848" s="2" customFormat="1"/>
+    <row r="849" s="2" customFormat="1"/>
+    <row r="850" s="2" customFormat="1"/>
+    <row r="851" s="2" customFormat="1"/>
+    <row r="852" s="2" customFormat="1"/>
+    <row r="853" s="2" customFormat="1"/>
+    <row r="854" s="2" customFormat="1"/>
+    <row r="855" s="2" customFormat="1"/>
+    <row r="856" s="2" customFormat="1"/>
+    <row r="857" s="2" customFormat="1"/>
+    <row r="858" s="2" customFormat="1"/>
+    <row r="859" s="2" customFormat="1"/>
+    <row r="860" s="2" customFormat="1"/>
+    <row r="861" s="2" customFormat="1"/>
+    <row r="862" s="2" customFormat="1"/>
+    <row r="863" s="2" customFormat="1"/>
+    <row r="864" s="2" customFormat="1"/>
+    <row r="865" s="2" customFormat="1"/>
+    <row r="866" s="2" customFormat="1"/>
+    <row r="867" s="2" customFormat="1"/>
+    <row r="868" s="2" customFormat="1"/>
+    <row r="869" s="2" customFormat="1"/>
+    <row r="870" s="2" customFormat="1"/>
+    <row r="871" s="2" customFormat="1"/>
+    <row r="872" s="2" customFormat="1"/>
+    <row r="873" s="2" customFormat="1"/>
+    <row r="874" s="2" customFormat="1"/>
+    <row r="875" s="2" customFormat="1"/>
+    <row r="876" s="2" customFormat="1"/>
+    <row r="877" s="2" customFormat="1"/>
+    <row r="878" s="2" customFormat="1"/>
+    <row r="879" s="2" customFormat="1"/>
+    <row r="880" s="2" customFormat="1"/>
+    <row r="881" s="2" customFormat="1"/>
+    <row r="882" s="2" customFormat="1"/>
+    <row r="883" s="2" customFormat="1"/>
+    <row r="884" s="2" customFormat="1"/>
+    <row r="885" s="2" customFormat="1"/>
+    <row r="886" s="2" customFormat="1"/>
+    <row r="887" s="2" customFormat="1"/>
+    <row r="888" s="2" customFormat="1"/>
+    <row r="889" s="2" customFormat="1"/>
+    <row r="890" s="2" customFormat="1"/>
+    <row r="891" s="2" customFormat="1"/>
+    <row r="892" s="2" customFormat="1"/>
+    <row r="893" s="2" customFormat="1"/>
+    <row r="894" s="2" customFormat="1"/>
+    <row r="895" s="2" customFormat="1"/>
+    <row r="896" s="2" customFormat="1"/>
+    <row r="897" s="2" customFormat="1"/>
+    <row r="898" s="2" customFormat="1"/>
+    <row r="899" s="2" customFormat="1"/>
+    <row r="900" s="2" customFormat="1"/>
+    <row r="901" s="2" customFormat="1"/>
+    <row r="902" s="2" customFormat="1"/>
+    <row r="903" s="2" customFormat="1"/>
+    <row r="904" s="2" customFormat="1"/>
+    <row r="905" s="2" customFormat="1"/>
+    <row r="906" s="2" customFormat="1"/>
+    <row r="907" s="2" customFormat="1"/>
+    <row r="908" s="2" customFormat="1"/>
+    <row r="909" s="2" customFormat="1"/>
+    <row r="910" s="2" customFormat="1"/>
+    <row r="911" s="2" customFormat="1"/>
+    <row r="912" s="2" customFormat="1"/>
+    <row r="913" s="2" customFormat="1"/>
+    <row r="914" s="2" customFormat="1"/>
+    <row r="915" s="2" customFormat="1"/>
+    <row r="916" s="2" customFormat="1"/>
+    <row r="917" s="2" customFormat="1"/>
+    <row r="918" s="2" customFormat="1"/>
+    <row r="919" s="2" customFormat="1"/>
+    <row r="920" s="2" customFormat="1"/>
+    <row r="921" s="2" customFormat="1"/>
+    <row r="922" s="2" customFormat="1"/>
+    <row r="923" s="2" customFormat="1"/>
+    <row r="924" s="2" customFormat="1"/>
+    <row r="925" s="2" customFormat="1"/>
+    <row r="926" s="2" customFormat="1"/>
+    <row r="927" s="2" customFormat="1"/>
+    <row r="928" s="2" customFormat="1"/>
+    <row r="929" s="2" customFormat="1"/>
+    <row r="930" s="2" customFormat="1"/>
+    <row r="931" s="2" customFormat="1"/>
+    <row r="932" s="2" customFormat="1"/>
+    <row r="933" s="2" customFormat="1"/>
+    <row r="934" s="2" customFormat="1"/>
+    <row r="935" s="2" customFormat="1"/>
+    <row r="936" s="2" customFormat="1"/>
+    <row r="937" s="2" customFormat="1"/>
+    <row r="938" s="2" customFormat="1"/>
+    <row r="939" s="2" customFormat="1"/>
+    <row r="940" s="2" customFormat="1"/>
+    <row r="941" s="2" customFormat="1"/>
+    <row r="942" s="2" customFormat="1"/>
+    <row r="943" s="2" customFormat="1"/>
+    <row r="944" s="2" customFormat="1"/>
+    <row r="945" s="2" customFormat="1"/>
+    <row r="946" s="2" customFormat="1"/>
+    <row r="947" s="2" customFormat="1"/>
+    <row r="948" s="2" customFormat="1"/>
+    <row r="949" s="2" customFormat="1"/>
+    <row r="950" s="2" customFormat="1"/>
+    <row r="951" s="2" customFormat="1"/>
+    <row r="952" s="2" customFormat="1"/>
+    <row r="953" s="2" customFormat="1"/>
+    <row r="954" s="2" customFormat="1"/>
+    <row r="955" s="2" customFormat="1"/>
+    <row r="956" s="2" customFormat="1"/>
+    <row r="957" s="2" customFormat="1"/>
+    <row r="958" s="2" customFormat="1"/>
+    <row r="959" s="2" customFormat="1"/>
+    <row r="960" s="2" customFormat="1"/>
+    <row r="961" s="2" customFormat="1"/>
+    <row r="962" s="2" customFormat="1"/>
+    <row r="963" s="2" customFormat="1"/>
+    <row r="964" s="2" customFormat="1"/>
+    <row r="965" s="2" customFormat="1"/>
+    <row r="966" s="2" customFormat="1"/>
+    <row r="967" s="2" customFormat="1"/>
+    <row r="968" s="2" customFormat="1"/>
+    <row r="969" s="2" customFormat="1"/>
+    <row r="970" s="2" customFormat="1"/>
+    <row r="971" s="2" customFormat="1"/>
+    <row r="972" s="2" customFormat="1"/>
+    <row r="973" s="2" customFormat="1"/>
+    <row r="974" s="2" customFormat="1"/>
+    <row r="975" s="2" customFormat="1"/>
+    <row r="976" s="2" customFormat="1"/>
+    <row r="977" s="2" customFormat="1"/>
+    <row r="978" s="2" customFormat="1"/>
+    <row r="979" s="2" customFormat="1"/>
+    <row r="980" s="2" customFormat="1"/>
+    <row r="981" s="2" customFormat="1"/>
+    <row r="982" s="2" customFormat="1"/>
+    <row r="983" s="2" customFormat="1"/>
+    <row r="984" s="2" customFormat="1"/>
+    <row r="985" s="2" customFormat="1"/>
+    <row r="986" s="2" customFormat="1"/>
+    <row r="987" s="2" customFormat="1"/>
+    <row r="988" s="2" customFormat="1"/>
+    <row r="989" s="2" customFormat="1"/>
+    <row r="990" s="2" customFormat="1"/>
+    <row r="991" s="2" customFormat="1"/>
+    <row r="992" s="2" customFormat="1"/>
+    <row r="993" s="2" customFormat="1"/>
+    <row r="994" s="2" customFormat="1"/>
+    <row r="995" s="2" customFormat="1"/>
+    <row r="996" s="2" customFormat="1"/>
+    <row r="997" s="2" customFormat="1"/>
+    <row r="998" s="2" customFormat="1"/>
+    <row r="999" s="2" customFormat="1"/>
+    <row r="1000" s="2" customFormat="1"/>
+    <row r="1001" s="2" customFormat="1"/>
+    <row r="1002" s="2" customFormat="1"/>
+    <row r="1003" s="2" customFormat="1"/>
+    <row r="1004" s="2" customFormat="1"/>
+    <row r="1005" s="2" customFormat="1"/>
+    <row r="1006" s="2" customFormat="1"/>
+    <row r="1007" s="2" customFormat="1"/>
+    <row r="1008" s="2" customFormat="1"/>
+    <row r="1009" s="2" customFormat="1"/>
+    <row r="1010" s="2" customFormat="1"/>
+    <row r="1011" s="2" customFormat="1"/>
+    <row r="1012" s="2" customFormat="1"/>
+    <row r="1013" s="2" customFormat="1"/>
+    <row r="1014" s="2" customFormat="1"/>
+    <row r="1015" s="2" customFormat="1"/>
+    <row r="1016" s="2" customFormat="1"/>
+    <row r="1017" s="2" customFormat="1"/>
+    <row r="1018" s="2" customFormat="1"/>
+    <row r="1019" s="2" customFormat="1"/>
+    <row r="1020" s="2" customFormat="1"/>
+    <row r="1021" s="2" customFormat="1"/>
+    <row r="1022" s="2" customFormat="1"/>
+    <row r="1023" s="2" customFormat="1"/>
+    <row r="1024" s="2" customFormat="1"/>
+    <row r="1025" s="2" customFormat="1"/>
+    <row r="1026" s="2" customFormat="1"/>
+    <row r="1027" s="2" customFormat="1"/>
+    <row r="1028" s="2" customFormat="1"/>
+    <row r="1029" s="2" customFormat="1"/>
+    <row r="1030" s="2" customFormat="1"/>
+    <row r="1031" s="2" customFormat="1"/>
+    <row r="1032" s="2" customFormat="1"/>
+    <row r="1033" s="2" customFormat="1"/>
+    <row r="1034" s="2" customFormat="1"/>
+    <row r="1035" s="2" customFormat="1"/>
+    <row r="1036" s="2" customFormat="1"/>
+    <row r="1037" s="2" customFormat="1"/>
+    <row r="1038" s="2" customFormat="1"/>
+    <row r="1039" s="2" customFormat="1"/>
+    <row r="1040" s="2" customFormat="1"/>
+    <row r="1041" s="2" customFormat="1"/>
+    <row r="1042" s="2" customFormat="1"/>
+    <row r="1043" s="2" customFormat="1"/>
+    <row r="1044" s="2" customFormat="1"/>
+    <row r="1045" s="2" customFormat="1"/>
+    <row r="1046" s="2" customFormat="1"/>
+    <row r="1047" s="2" customFormat="1"/>
+    <row r="1048" s="2" customFormat="1"/>
+    <row r="1049" s="2" customFormat="1"/>
+    <row r="1050" s="2" customFormat="1"/>
+    <row r="1051" s="2" customFormat="1"/>
+    <row r="1052" s="2" customFormat="1"/>
+    <row r="1053" s="2" customFormat="1"/>
+    <row r="1054" s="2" customFormat="1"/>
+    <row r="1055" s="2" customFormat="1"/>
+    <row r="1056" s="2" customFormat="1"/>
+    <row r="1057" s="2" customFormat="1"/>
+    <row r="1058" s="2" customFormat="1"/>
+    <row r="1059" s="2" customFormat="1"/>
+    <row r="1060" s="2" customFormat="1"/>
+    <row r="1061" s="2" customFormat="1"/>
+    <row r="1062" s="2" customFormat="1"/>
+    <row r="1063" s="2" customFormat="1"/>
+    <row r="1064" s="2" customFormat="1"/>
+    <row r="1065" s="2" customFormat="1"/>
+    <row r="1066" s="2" customFormat="1"/>
+    <row r="1067" s="2" customFormat="1"/>
+    <row r="1068" s="2" customFormat="1"/>
+    <row r="1069" s="2" customFormat="1"/>
+    <row r="1070" s="2" customFormat="1"/>
+    <row r="1071" s="2" customFormat="1"/>
+    <row r="1072" s="2" customFormat="1"/>
+    <row r="1073" s="2" customFormat="1"/>
+    <row r="1074" s="2" customFormat="1"/>
+    <row r="1075" s="2" customFormat="1"/>
+    <row r="1076" s="2" customFormat="1"/>
+    <row r="1077" s="2" customFormat="1"/>
+    <row r="1078" s="2" customFormat="1"/>
+    <row r="1079" s="2" customFormat="1"/>
+    <row r="1080" s="2" customFormat="1"/>
+    <row r="1081" s="2" customFormat="1"/>
+    <row r="1082" s="2" customFormat="1"/>
+    <row r="1083" s="2" customFormat="1"/>
+    <row r="1084" s="2" customFormat="1"/>
+    <row r="1085" s="2" customFormat="1"/>
+    <row r="1086" s="2" customFormat="1"/>
+    <row r="1087" s="2" customFormat="1"/>
+    <row r="1088" s="2" customFormat="1"/>
+    <row r="1089" s="2" customFormat="1"/>
+    <row r="1090" s="2" customFormat="1"/>
+    <row r="1091" s="2" customFormat="1"/>
+    <row r="1092" s="2" customFormat="1"/>
+    <row r="1093" s="2" customFormat="1"/>
+    <row r="1094" s="2" customFormat="1"/>
+    <row r="1095" s="2" customFormat="1"/>
+    <row r="1096" s="2" customFormat="1"/>
+    <row r="1097" s="2" customFormat="1"/>
+    <row r="1098" s="2" customFormat="1"/>
+    <row r="1099" s="2" customFormat="1"/>
+    <row r="1100" s="2" customFormat="1"/>
+    <row r="1101" s="2" customFormat="1"/>
+    <row r="1102" s="2" customFormat="1"/>
+    <row r="1103" s="2" customFormat="1"/>
+    <row r="1104" s="2" customFormat="1"/>
+    <row r="1105" s="2" customFormat="1"/>
+    <row r="1106" s="2" customFormat="1"/>
+    <row r="1107" s="2" customFormat="1"/>
+    <row r="1108" s="2" customFormat="1"/>
+    <row r="1109" s="2" customFormat="1"/>
+    <row r="1110" s="2" customFormat="1"/>
+    <row r="1111" s="2" customFormat="1"/>
+    <row r="1112" s="2" customFormat="1"/>
+    <row r="1113" s="2" customFormat="1"/>
+    <row r="1114" s="2" customFormat="1"/>
+    <row r="1115" s="2" customFormat="1"/>
+    <row r="1116" s="2" customFormat="1"/>
+    <row r="1117" s="2" customFormat="1"/>
+    <row r="1118" s="2" customFormat="1"/>
+    <row r="1119" s="2" customFormat="1"/>
+    <row r="1120" s="2" customFormat="1"/>
+    <row r="1121" s="2" customFormat="1"/>
+    <row r="1122" s="2" customFormat="1"/>
+    <row r="1123" s="2" customFormat="1"/>
+    <row r="1124" s="2" customFormat="1"/>
+    <row r="1125" s="2" customFormat="1"/>
+    <row r="1126" s="2" customFormat="1"/>
+    <row r="1127" s="2" customFormat="1"/>
+    <row r="1128" s="2" customFormat="1"/>
+    <row r="1129" s="2" customFormat="1"/>
+    <row r="1130" s="2" customFormat="1"/>
+    <row r="1131" s="2" customFormat="1"/>
+    <row r="1132" s="2" customFormat="1"/>
+    <row r="1133" s="2" customFormat="1"/>
+    <row r="1134" s="2" customFormat="1"/>
+    <row r="1135" s="2" customFormat="1"/>
+    <row r="1136" s="2" customFormat="1"/>
+    <row r="1137" s="2" customFormat="1"/>
+    <row r="1138" s="2" customFormat="1"/>
+    <row r="1139" s="2" customFormat="1"/>
+    <row r="1140" s="2" customFormat="1"/>
+    <row r="1141" s="2" customFormat="1"/>
+    <row r="1142" s="2" customFormat="1"/>
+    <row r="1143" s="2" customFormat="1"/>
+    <row r="1144" s="2" customFormat="1"/>
+    <row r="1145" s="2" customFormat="1"/>
+    <row r="1146" s="2" customFormat="1"/>
+    <row r="1147" s="2" customFormat="1"/>
+    <row r="1148" s="2" customFormat="1"/>
+    <row r="1149" s="2" customFormat="1"/>
+    <row r="1150" s="2" customFormat="1"/>
+    <row r="1151" s="2" customFormat="1"/>
+    <row r="1152" s="2" customFormat="1"/>
+    <row r="1153" s="2" customFormat="1"/>
+    <row r="1154" s="2" customFormat="1"/>
+    <row r="1155" s="2" customFormat="1"/>
+    <row r="1156" s="2" customFormat="1"/>
+    <row r="1157" s="2" customFormat="1"/>
+    <row r="1158" s="2" customFormat="1"/>
+    <row r="1159" s="2" customFormat="1"/>
+    <row r="1160" s="2" customFormat="1"/>
+    <row r="1161" s="2" customFormat="1"/>
+    <row r="1162" s="2" customFormat="1"/>
+    <row r="1163" s="2" customFormat="1"/>
+    <row r="1164" s="2" customFormat="1"/>
+    <row r="1165" s="2" customFormat="1"/>
+    <row r="1166" s="2" customFormat="1"/>
+    <row r="1167" s="2" customFormat="1"/>
+    <row r="1168" s="2" customFormat="1"/>
+    <row r="1169" s="2" customFormat="1"/>
+    <row r="1170" s="2" customFormat="1"/>
+    <row r="1171" s="2" customFormat="1"/>
+    <row r="1172" s="2" customFormat="1"/>
+    <row r="1173" s="2" customFormat="1"/>
+    <row r="1174" s="2" customFormat="1"/>
+    <row r="1175" s="2" customFormat="1"/>
+    <row r="1176" s="2" customFormat="1"/>
+    <row r="1177" s="2" customFormat="1"/>
+    <row r="1178" s="2" customFormat="1"/>
+    <row r="1179" s="2" customFormat="1"/>
+    <row r="1180" s="2" customFormat="1"/>
+    <row r="1181" s="2" customFormat="1"/>
+    <row r="1182" s="2" customFormat="1"/>
+    <row r="1183" s="2" customFormat="1"/>
+    <row r="1184" s="2" customFormat="1"/>
+    <row r="1185" s="2" customFormat="1"/>
+    <row r="1186" s="2" customFormat="1"/>
+    <row r="1187" s="2" customFormat="1"/>
+    <row r="1188" s="2" customFormat="1"/>
+    <row r="1189" s="2" customFormat="1"/>
+    <row r="1190" s="2" customFormat="1"/>
+    <row r="1191" s="2" customFormat="1"/>
+    <row r="1192" s="2" customFormat="1"/>
+    <row r="1193" s="2" customFormat="1"/>
+    <row r="1194" s="2" customFormat="1"/>
+    <row r="1195" s="2" customFormat="1"/>
+    <row r="1196" s="2" customFormat="1"/>
+    <row r="1197" s="2" customFormat="1"/>
+    <row r="1198" s="2" customFormat="1"/>
+    <row r="1199" s="2" customFormat="1"/>
+    <row r="1200" s="2" customFormat="1"/>
+    <row r="1201" s="2" customFormat="1"/>
+    <row r="1202" s="2" customFormat="1"/>
+    <row r="1203" s="2" customFormat="1"/>
+    <row r="1204" s="2" customFormat="1"/>
+    <row r="1205" s="2" customFormat="1"/>
+    <row r="1206" s="2" customFormat="1"/>
+    <row r="1207" s="2" customFormat="1"/>
+    <row r="1208" s="2" customFormat="1"/>
+    <row r="1209" s="2" customFormat="1"/>
+    <row r="1210" s="2" customFormat="1"/>
+    <row r="1211" s="2" customFormat="1"/>
+    <row r="1212" s="2" customFormat="1"/>
+    <row r="1213" s="2" customFormat="1"/>
+    <row r="1214" s="2" customFormat="1"/>
+    <row r="1215" s="2" customFormat="1"/>
+    <row r="1216" s="2" customFormat="1"/>
+    <row r="1217" s="2" customFormat="1"/>
+    <row r="1218" s="2" customFormat="1"/>
+    <row r="1219" s="2" customFormat="1"/>
+    <row r="1220" s="2" customFormat="1"/>
+    <row r="1221" s="2" customFormat="1"/>
+    <row r="1222" s="2" customFormat="1"/>
+    <row r="1223" s="2" customFormat="1"/>
+    <row r="1224" s="2" customFormat="1"/>
+    <row r="1225" s="2" customFormat="1"/>
+    <row r="1226" s="2" customFormat="1"/>
+    <row r="1227" s="2" customFormat="1"/>
+    <row r="1228" s="2" customFormat="1"/>
+    <row r="1229" s="2" customFormat="1"/>
+    <row r="1230" s="2" customFormat="1"/>
+    <row r="1231" s="2" customFormat="1"/>
+    <row r="1232" s="2" customFormat="1"/>
+    <row r="1233" s="2" customFormat="1"/>
+    <row r="1234" s="2" customFormat="1"/>
+    <row r="1235" s="2" customFormat="1"/>
+    <row r="1236" s="2" customFormat="1"/>
+    <row r="1237" s="2" customFormat="1"/>
+    <row r="1238" s="2" customFormat="1"/>
+    <row r="1239" s="2" customFormat="1"/>
+    <row r="1240" s="2" customFormat="1"/>
+    <row r="1241" s="2" customFormat="1"/>
+    <row r="1242" s="2" customFormat="1"/>
+    <row r="1243" s="2" customFormat="1"/>
+    <row r="1244" s="2" customFormat="1"/>
+    <row r="1245" s="2" customFormat="1"/>
+    <row r="1246" s="2" customFormat="1"/>
+    <row r="1247" s="2" customFormat="1"/>
+    <row r="1248" s="2" customFormat="1"/>
+    <row r="1249" s="2" customFormat="1"/>
+    <row r="1250" s="2" customFormat="1"/>
+    <row r="1251" s="2" customFormat="1"/>
+    <row r="1252" s="2" customFormat="1"/>
+    <row r="1253" s="2" customFormat="1"/>
+    <row r="1254" s="2" customFormat="1"/>
+    <row r="1255" s="2" customFormat="1"/>
+    <row r="1256" s="2" customFormat="1"/>
+    <row r="1257" s="2" customFormat="1"/>
+    <row r="1258" s="2" customFormat="1"/>
+    <row r="1259" s="2" customFormat="1"/>
+    <row r="1260" s="2" customFormat="1"/>
+    <row r="1261" s="2" customFormat="1"/>
+    <row r="1262" s="2" customFormat="1"/>
+    <row r="1263" s="2" customFormat="1"/>
+    <row r="1264" s="2" customFormat="1"/>
+    <row r="1265" s="2" customFormat="1"/>
+    <row r="1266" s="2" customFormat="1"/>
+    <row r="1267" s="2" customFormat="1"/>
+    <row r="1268" s="2" customFormat="1"/>
+    <row r="1269" s="2" customFormat="1"/>
+    <row r="1270" s="2" customFormat="1"/>
+    <row r="1271" s="2" customFormat="1"/>
+    <row r="1272" s="2" customFormat="1"/>
+    <row r="1273" s="2" customFormat="1"/>
+    <row r="1274" s="2" customFormat="1"/>
+    <row r="1275" s="2" customFormat="1"/>
+    <row r="1276" s="2" customFormat="1"/>
+    <row r="1277" s="2" customFormat="1"/>
+    <row r="1278" s="2" customFormat="1"/>
+    <row r="1279" s="2" customFormat="1"/>
+    <row r="1280" s="2" customFormat="1"/>
+    <row r="1281" s="2" customFormat="1"/>
+    <row r="1282" s="2" customFormat="1"/>
+    <row r="1283" s="2" customFormat="1"/>
+    <row r="1284" s="2" customFormat="1"/>
+    <row r="1285" s="2" customFormat="1"/>
+    <row r="1286" s="2" customFormat="1"/>
+    <row r="1287" s="2" customFormat="1"/>
+    <row r="1288" s="2" customFormat="1"/>
+    <row r="1289" s="2" customFormat="1"/>
+    <row r="1290" s="2" customFormat="1"/>
+    <row r="1291" s="2" customFormat="1"/>
+    <row r="1292" s="2" customFormat="1"/>
+    <row r="1293" s="2" customFormat="1"/>
+    <row r="1294" s="2" customFormat="1"/>
+    <row r="1295" s="2" customFormat="1"/>
+    <row r="1296" s="2" customFormat="1"/>
+    <row r="1297" s="2" customFormat="1"/>
+    <row r="1298" s="2" customFormat="1"/>
+    <row r="1299" s="2" customFormat="1"/>
+    <row r="1300" s="2" customFormat="1"/>
+    <row r="1301" s="2" customFormat="1"/>
+    <row r="1302" s="2" customFormat="1"/>
+    <row r="1303" s="2" customFormat="1"/>
+    <row r="1304" s="2" customFormat="1"/>
+    <row r="1305" s="2" customFormat="1"/>
+    <row r="1306" s="2" customFormat="1"/>
+    <row r="1307" s="2" customFormat="1"/>
+    <row r="1308" s="2" customFormat="1"/>
+    <row r="1309" s="2" customFormat="1"/>
+    <row r="1310" s="2" customFormat="1"/>
+    <row r="1311" s="2" customFormat="1"/>
+    <row r="1312" s="2" customFormat="1"/>
+    <row r="1313" s="2" customFormat="1"/>
+    <row r="1314" s="2" customFormat="1"/>
+    <row r="1315" s="2" customFormat="1"/>
+    <row r="1316" s="2" customFormat="1"/>
+    <row r="1317" s="2" customFormat="1"/>
+    <row r="1318" s="2" customFormat="1"/>
+    <row r="1319" s="2" customFormat="1"/>
+    <row r="1320" s="2" customFormat="1"/>
+    <row r="1321" s="2" customFormat="1"/>
+    <row r="1322" s="2" customFormat="1"/>
+    <row r="1323" s="2" customFormat="1"/>
+    <row r="1324" s="2" customFormat="1"/>
+    <row r="1325" s="2" customFormat="1"/>
+    <row r="1326" s="2" customFormat="1"/>
+    <row r="1327" s="2" customFormat="1"/>
+    <row r="1328" s="2" customFormat="1"/>
+    <row r="1329" s="2" customFormat="1"/>
+    <row r="1330" s="2" customFormat="1"/>
+    <row r="1331" s="2" customFormat="1"/>
+    <row r="1332" s="2" customFormat="1"/>
+    <row r="1333" s="2" customFormat="1"/>
+    <row r="1334" s="2" customFormat="1"/>
+    <row r="1335" s="2" customFormat="1"/>
+    <row r="1336" s="2" customFormat="1"/>
+    <row r="1337" s="2" customFormat="1"/>
+    <row r="1338" s="2" customFormat="1"/>
+    <row r="1339" s="2" customFormat="1"/>
+    <row r="1340" s="2" customFormat="1"/>
+    <row r="1341" s="2" customFormat="1"/>
+    <row r="1342" s="2" customFormat="1"/>
+    <row r="1343" s="2" customFormat="1"/>
+    <row r="1344" s="2" customFormat="1"/>
+    <row r="1345" s="2" customFormat="1"/>
+    <row r="1346" s="2" customFormat="1"/>
+    <row r="1347" s="2" customFormat="1"/>
+    <row r="1348" s="2" customFormat="1"/>
+    <row r="1349" s="2" customFormat="1"/>
+    <row r="1350" s="2" customFormat="1"/>
+    <row r="1351" s="2" customFormat="1"/>
+    <row r="1352" s="2" customFormat="1"/>
+    <row r="1353" s="2" customFormat="1"/>
+    <row r="1354" s="2" customFormat="1"/>
+    <row r="1355" s="2" customFormat="1"/>
+    <row r="1356" s="2" customFormat="1"/>
+    <row r="1357" s="2" customFormat="1"/>
+    <row r="1358" s="2" customFormat="1"/>
+    <row r="1359" s="2" customFormat="1"/>
+    <row r="1360" s="2" customFormat="1"/>
+    <row r="1361" s="2" customFormat="1"/>
+    <row r="1362" s="2" customFormat="1"/>
+    <row r="1363" s="2" customFormat="1"/>
+    <row r="1364" s="2" customFormat="1"/>
+    <row r="1365" s="2" customFormat="1"/>
+    <row r="1366" s="2" customFormat="1"/>
+    <row r="1367" s="2" customFormat="1"/>
+    <row r="1368" s="2" customFormat="1"/>
+    <row r="1369" s="2" customFormat="1"/>
+    <row r="1370" s="2" customFormat="1"/>
+    <row r="1371" s="2" customFormat="1"/>
+    <row r="1372" s="2" customFormat="1"/>
+    <row r="1373" s="2" customFormat="1"/>
+    <row r="1374" s="2" customFormat="1"/>
+    <row r="1375" s="2" customFormat="1"/>
+    <row r="1376" s="2" customFormat="1"/>
+    <row r="1377" s="2" customFormat="1"/>
+    <row r="1378" s="2" customFormat="1"/>
+    <row r="1379" s="2" customFormat="1"/>
+    <row r="1380" s="2" customFormat="1"/>
+    <row r="1381" s="2" customFormat="1"/>
+    <row r="1382" s="2" customFormat="1"/>
+    <row r="1383" s="2" customFormat="1"/>
+    <row r="1384" s="2" customFormat="1"/>
+    <row r="1385" s="2" customFormat="1"/>
+    <row r="1386" s="2" customFormat="1"/>
+    <row r="1387" s="2" customFormat="1"/>
+    <row r="1388" s="2" customFormat="1"/>
+    <row r="1389" s="2" customFormat="1"/>
+    <row r="1390" s="2" customFormat="1"/>
+    <row r="1391" s="2" customFormat="1"/>
+    <row r="1392" s="2" customFormat="1"/>
+    <row r="1393" s="2" customFormat="1"/>
+    <row r="1394" s="2" customFormat="1"/>
+    <row r="1395" s="2" customFormat="1"/>
+    <row r="1396" s="2" customFormat="1"/>
+    <row r="1397" s="2" customFormat="1"/>
+    <row r="1398" s="2" customFormat="1"/>
+    <row r="1399" s="2" customFormat="1"/>
+    <row r="1400" s="2" customFormat="1"/>
+    <row r="1401" s="2" customFormat="1"/>
+    <row r="1402" s="2" customFormat="1"/>
+    <row r="1403" s="2" customFormat="1"/>
+    <row r="1404" s="2" customFormat="1"/>
+    <row r="1405" s="2" customFormat="1"/>
+    <row r="1406" s="2" customFormat="1"/>
+    <row r="1407" s="2" customFormat="1"/>
+    <row r="1408" s="2" customFormat="1"/>
+    <row r="1409" s="2" customFormat="1"/>
+    <row r="1410" s="2" customFormat="1"/>
+    <row r="1411" s="2" customFormat="1"/>
+    <row r="1412" s="2" customFormat="1"/>
+    <row r="1413" s="2" customFormat="1"/>
+    <row r="1414" s="2" customFormat="1"/>
+    <row r="1415" s="2" customFormat="1"/>
+    <row r="1416" s="2" customFormat="1"/>
+    <row r="1417" s="2" customFormat="1"/>
+    <row r="1418" s="2" customFormat="1"/>
+    <row r="1419" s="2" customFormat="1"/>
+    <row r="1420" s="2" customFormat="1"/>
+    <row r="1421" s="2" customFormat="1"/>
+    <row r="1422" s="2" customFormat="1"/>
+    <row r="1423" s="2" customFormat="1"/>
+    <row r="1424" s="2" customFormat="1"/>
+    <row r="1425" s="2" customFormat="1"/>
+    <row r="1426" s="2" customFormat="1"/>
+    <row r="1427" s="2" customFormat="1"/>
+    <row r="1428" s="2" customFormat="1"/>
+    <row r="1429" s="2" customFormat="1"/>
+    <row r="1430" s="2" customFormat="1"/>
+    <row r="1431" s="2" customFormat="1"/>
+    <row r="1432" s="2" customFormat="1"/>
+    <row r="1433" s="2" customFormat="1"/>
+    <row r="1434" s="2" customFormat="1"/>
+    <row r="1435" s="2" customFormat="1"/>
+    <row r="1436" s="2" customFormat="1"/>
+    <row r="1437" s="2" customFormat="1"/>
+    <row r="1438" s="2" customFormat="1"/>
+    <row r="1439" s="2" customFormat="1"/>
+    <row r="1440" s="2" customFormat="1"/>
+    <row r="1441" s="2" customFormat="1"/>
+    <row r="1442" s="2" customFormat="1"/>
+    <row r="1443" s="2" customFormat="1"/>
+    <row r="1444" s="2" customFormat="1"/>
+    <row r="1445" s="2" customFormat="1"/>
+    <row r="1446" s="2" customFormat="1"/>
+    <row r="1447" s="2" customFormat="1"/>
+    <row r="1448" s="2" customFormat="1"/>
+    <row r="1449" s="2" customFormat="1"/>
+    <row r="1450" s="2" customFormat="1"/>
+    <row r="1451" s="2" customFormat="1"/>
+    <row r="1452" s="2" customFormat="1"/>
+    <row r="1453" s="2" customFormat="1"/>
+    <row r="1454" s="2" customFormat="1"/>
+    <row r="1455" s="2" customFormat="1"/>
+    <row r="1456" s="2" customFormat="1"/>
+    <row r="1457" s="2" customFormat="1"/>
+    <row r="1458" s="2" customFormat="1"/>
+    <row r="1459" s="2" customFormat="1"/>
+    <row r="1460" s="2" customFormat="1"/>
+    <row r="1461" s="2" customFormat="1"/>
+    <row r="1462" s="2" customFormat="1"/>
+    <row r="1463" s="2" customFormat="1"/>
+    <row r="1464" s="2" customFormat="1"/>
+    <row r="1465" s="2" customFormat="1"/>
+    <row r="1466" s="2" customFormat="1"/>
+    <row r="1467" s="2" customFormat="1"/>
+    <row r="1468" s="2" customFormat="1"/>
+    <row r="1469" s="2" customFormat="1"/>
+    <row r="1470" s="2" customFormat="1"/>
+    <row r="1471" s="2" customFormat="1"/>
+    <row r="1472" s="2" customFormat="1"/>
+    <row r="1473" s="2" customFormat="1"/>
+    <row r="1474" s="2" customFormat="1"/>
+    <row r="1475" s="2" customFormat="1"/>
+    <row r="1476" s="2" customFormat="1"/>
+    <row r="1477" s="2" customFormat="1"/>
+    <row r="1478" s="2" customFormat="1"/>
+    <row r="1479" s="2" customFormat="1"/>
+    <row r="1480" s="2" customFormat="1"/>
+    <row r="1481" s="2" customFormat="1"/>
+    <row r="1482" s="2" customFormat="1"/>
+    <row r="1483" s="2" customFormat="1"/>
+    <row r="1484" s="2" customFormat="1"/>
+    <row r="1485" s="2" customFormat="1"/>
+    <row r="1486" s="2" customFormat="1"/>
+    <row r="1487" s="2" customFormat="1"/>
+    <row r="1488" s="2" customFormat="1"/>
+    <row r="1489" s="2" customFormat="1"/>
+    <row r="1490" s="2" customFormat="1"/>
+    <row r="1491" s="2" customFormat="1"/>
+    <row r="1492" s="2" customFormat="1"/>
+    <row r="1493" s="2" customFormat="1"/>
+    <row r="1494" s="2" customFormat="1"/>
+    <row r="1495" s="2" customFormat="1"/>
+    <row r="1496" s="2" customFormat="1"/>
+    <row r="1497" s="2" customFormat="1"/>
+    <row r="1498" s="2" customFormat="1"/>
+    <row r="1499" s="2" customFormat="1"/>
+    <row r="1500" s="2" customFormat="1"/>
+    <row r="1501" s="2" customFormat="1"/>
+    <row r="1502" s="2" customFormat="1"/>
+    <row r="1503" s="2" customFormat="1"/>
+    <row r="1504" s="2" customFormat="1"/>
+    <row r="1505" s="2" customFormat="1"/>
+    <row r="1506" s="2" customFormat="1"/>
+    <row r="1507" s="2" customFormat="1"/>
+    <row r="1508" s="2" customFormat="1"/>
+    <row r="1509" s="2" customFormat="1"/>
+    <row r="1510" s="2" customFormat="1"/>
+    <row r="1511" s="2" customFormat="1"/>
+    <row r="1512" s="2" customFormat="1"/>
+    <row r="1513" s="2" customFormat="1"/>
+    <row r="1514" s="2" customFormat="1"/>
+    <row r="1515" s="2" customFormat="1"/>
+    <row r="1516" s="2" customFormat="1"/>
+    <row r="1517" s="2" customFormat="1"/>
+    <row r="1518" s="2" customFormat="1"/>
+    <row r="1519" s="2" customFormat="1"/>
+    <row r="1520" s="2" customFormat="1"/>
+    <row r="1521" s="2" customFormat="1"/>
+    <row r="1522" s="2" customFormat="1"/>
+    <row r="1523" s="2" customFormat="1"/>
+    <row r="1524" s="2" customFormat="1"/>
+    <row r="1525" s="2" customFormat="1"/>
+    <row r="1526" s="2" customFormat="1"/>
+    <row r="1527" s="2" customFormat="1"/>
+    <row r="1528" s="2" customFormat="1"/>
+    <row r="1529" s="2" customFormat="1"/>
+    <row r="1530" s="2" customFormat="1"/>
+    <row r="1531" s="2" customFormat="1"/>
+    <row r="1532" s="2" customFormat="1"/>
+    <row r="1533" s="2" customFormat="1"/>
+    <row r="1534" s="2" customFormat="1"/>
+    <row r="1535" s="2" customFormat="1"/>
+    <row r="1536" s="2" customFormat="1"/>
+    <row r="1537" s="2" customFormat="1"/>
+    <row r="1538" s="2" customFormat="1"/>
+    <row r="1539" s="2" customFormat="1"/>
+    <row r="1540" s="2" customFormat="1"/>
+    <row r="1541" s="2" customFormat="1"/>
+    <row r="1542" s="2" customFormat="1"/>
+    <row r="1543" s="2" customFormat="1"/>
+    <row r="1544" s="2" customFormat="1"/>
+    <row r="1545" s="2" customFormat="1"/>
+    <row r="1546" s="2" customFormat="1"/>
+    <row r="1547" s="2" customFormat="1"/>
+    <row r="1548" s="2" customFormat="1"/>
+    <row r="1549" s="2" customFormat="1"/>
+    <row r="1550" s="2" customFormat="1"/>
+    <row r="1551" s="2" customFormat="1"/>
+    <row r="1552" s="2" customFormat="1"/>
+    <row r="1553" s="2" customFormat="1"/>
+    <row r="1554" s="2" customFormat="1"/>
+    <row r="1555" s="2" customFormat="1"/>
+    <row r="1556" s="2" customFormat="1"/>
+    <row r="1557" s="2" customFormat="1"/>
+    <row r="1558" s="2" customFormat="1"/>
+    <row r="1559" s="2" customFormat="1"/>
+    <row r="1560" s="2" customFormat="1"/>
+    <row r="1561" s="2" customFormat="1"/>
+    <row r="1562" s="2" customFormat="1"/>
+    <row r="1563" s="2" customFormat="1"/>
+    <row r="1564" s="2" customFormat="1"/>
+    <row r="1565" s="2" customFormat="1"/>
+    <row r="1566" s="2" customFormat="1"/>
+    <row r="1567" s="2" customFormat="1"/>
+    <row r="1568" s="2" customFormat="1"/>
+    <row r="1569" s="2" customFormat="1"/>
+    <row r="1570" s="2" customFormat="1"/>
+    <row r="1571" s="2" customFormat="1"/>
+    <row r="1572" s="2" customFormat="1"/>
+    <row r="1573" s="2" customFormat="1"/>
+    <row r="1574" s="2" customFormat="1"/>
+    <row r="1575" s="2" customFormat="1"/>
+    <row r="1576" s="2" customFormat="1"/>
+    <row r="1577" s="2" customFormat="1"/>
+    <row r="1578" s="2" customFormat="1"/>
+    <row r="1579" s="2" customFormat="1"/>
+    <row r="1580" s="2" customFormat="1"/>
+    <row r="1581" s="2" customFormat="1"/>
+    <row r="1582" s="2" customFormat="1"/>
+    <row r="1583" s="2" customFormat="1"/>
+    <row r="1584" s="2" customFormat="1"/>
+    <row r="1585" s="2" customFormat="1"/>
+    <row r="1586" s="2" customFormat="1"/>
+    <row r="1587" s="2" customFormat="1"/>
+    <row r="1588" s="2" customFormat="1"/>
+    <row r="1589" s="2" customFormat="1"/>
+    <row r="1590" s="2" customFormat="1"/>
+    <row r="1591" s="2" customFormat="1"/>
+    <row r="1592" s="2" customFormat="1"/>
+    <row r="1593" s="2" customFormat="1"/>
+    <row r="1594" s="2" customFormat="1"/>
+    <row r="1595" s="2" customFormat="1"/>
+    <row r="1596" s="2" customFormat="1"/>
+    <row r="1597" s="2" customFormat="1"/>
+    <row r="1598" s="2" customFormat="1"/>
+    <row r="1599" s="2" customFormat="1"/>
+    <row r="1600" s="2" customFormat="1"/>
+    <row r="1601" s="2" customFormat="1"/>
+    <row r="1602" s="2" customFormat="1"/>
+    <row r="1603" s="2" customFormat="1"/>
+    <row r="1604" s="2" customFormat="1"/>
+    <row r="1605" s="2" customFormat="1"/>
+    <row r="1606" s="2" customFormat="1"/>
+    <row r="1607" s="2" customFormat="1"/>
+    <row r="1608" s="2" customFormat="1"/>
+    <row r="1609" s="2" customFormat="1"/>
+    <row r="1610" s="2" customFormat="1"/>
+    <row r="1611" s="2" customFormat="1"/>
+    <row r="1612" s="2" customFormat="1"/>
+    <row r="1613" s="2" customFormat="1"/>
+    <row r="1614" s="2" customFormat="1"/>
+    <row r="1615" s="2" customFormat="1"/>
+    <row r="1616" s="2" customFormat="1"/>
+    <row r="1617" s="2" customFormat="1"/>
+    <row r="1618" s="2" customFormat="1"/>
+    <row r="1619" s="2" customFormat="1"/>
+    <row r="1620" s="2" customFormat="1"/>
+    <row r="1621" s="2" customFormat="1"/>
+    <row r="1622" s="2" customFormat="1"/>
+    <row r="1623" s="2" customFormat="1"/>
+    <row r="1624" s="2" customFormat="1"/>
+    <row r="1625" s="2" customFormat="1"/>
+    <row r="1626" s="2" customFormat="1"/>
+    <row r="1627" s="2" customFormat="1"/>
+    <row r="1628" s="2" customFormat="1"/>
+    <row r="1629" s="2" customFormat="1"/>
+    <row r="1630" s="2" customFormat="1"/>
+    <row r="1631" s="2" customFormat="1"/>
+    <row r="1632" s="2" customFormat="1"/>
+    <row r="1633" s="2" customFormat="1"/>
+    <row r="1634" s="2" customFormat="1"/>
+    <row r="1635" s="2" customFormat="1"/>
+    <row r="1636" s="2" customFormat="1"/>
+    <row r="1637" s="2" customFormat="1"/>
+    <row r="1638" s="2" customFormat="1"/>
+    <row r="1639" s="2" customFormat="1"/>
+    <row r="1640" s="2" customFormat="1"/>
+    <row r="1641" s="2" customFormat="1"/>
+    <row r="1642" s="2" customFormat="1"/>
+    <row r="1643" s="2" customFormat="1"/>
+    <row r="1644" s="2" customFormat="1"/>
+    <row r="1645" s="2" customFormat="1"/>
+    <row r="1646" s="2" customFormat="1"/>
+    <row r="1647" s="2" customFormat="1"/>
+    <row r="1648" s="2" customFormat="1"/>
+    <row r="1649" s="2" customFormat="1"/>
+    <row r="1650" s="2" customFormat="1"/>
+    <row r="1651" s="2" customFormat="1"/>
+    <row r="1652" s="2" customFormat="1"/>
+    <row r="1653" s="2" customFormat="1"/>
+    <row r="1654" s="2" customFormat="1"/>
+    <row r="1655" s="2" customFormat="1"/>
+    <row r="1656" s="2" customFormat="1"/>
+    <row r="1657" s="2" customFormat="1"/>
+    <row r="1658" s="2" customFormat="1"/>
+    <row r="1659" s="2" customFormat="1"/>
+    <row r="1660" s="2" customFormat="1"/>
+    <row r="1661" s="2" customFormat="1"/>
+    <row r="1662" s="2" customFormat="1"/>
+    <row r="1663" s="2" customFormat="1"/>
+    <row r="1664" s="2" customFormat="1"/>
+    <row r="1665" s="2" customFormat="1"/>
+    <row r="1666" s="2" customFormat="1"/>
+    <row r="1667" s="2" customFormat="1"/>
+    <row r="1668" s="2" customFormat="1"/>
+    <row r="1669" s="2" customFormat="1"/>
+    <row r="1670" s="2" customFormat="1"/>
+    <row r="1671" s="2" customFormat="1"/>
+    <row r="1672" s="2" customFormat="1"/>
+    <row r="1673" s="2" customFormat="1"/>
+    <row r="1674" s="2" customFormat="1"/>
+    <row r="1675" s="2" customFormat="1"/>
+    <row r="1676" s="2" customFormat="1"/>
+    <row r="1677" s="2" customFormat="1"/>
+    <row r="1678" s="2" customFormat="1"/>
+    <row r="1679" s="2" customFormat="1"/>
+    <row r="1680" s="2" customFormat="1"/>
+    <row r="1681" s="2" customFormat="1"/>
+    <row r="1682" s="2" customFormat="1"/>
+    <row r="1683" s="2" customFormat="1"/>
+    <row r="1684" s="2" customFormat="1"/>
+    <row r="1685" s="2" customFormat="1"/>
+    <row r="1686" s="2" customFormat="1"/>
+    <row r="1687" s="2" customFormat="1"/>
+    <row r="1688" s="2" customFormat="1"/>
+    <row r="1689" s="2" customFormat="1"/>
+    <row r="1690" s="2" customFormat="1"/>
+    <row r="1691" s="2" customFormat="1"/>
+    <row r="1692" s="2" customFormat="1"/>
+    <row r="1693" s="2" customFormat="1"/>
+    <row r="1694" s="2" customFormat="1"/>
+    <row r="1695" s="2" customFormat="1"/>
+    <row r="1696" s="2" customFormat="1"/>
+    <row r="1697" s="2" customFormat="1"/>
+    <row r="1698" s="2" customFormat="1"/>
+    <row r="1699" s="2" customFormat="1"/>
+    <row r="1700" s="2" customFormat="1"/>
+    <row r="1701" s="2" customFormat="1"/>
+    <row r="1702" s="2" customFormat="1"/>
+    <row r="1703" s="2" customFormat="1"/>
+    <row r="1704" s="2" customFormat="1"/>
+    <row r="1705" s="2" customFormat="1"/>
+    <row r="1706" s="2" customFormat="1"/>
+    <row r="1707" s="2" customFormat="1"/>
+    <row r="1708" s="2" customFormat="1"/>
+    <row r="1709" s="2" customFormat="1"/>
+    <row r="1710" s="2" customFormat="1"/>
+    <row r="1711" s="2" customFormat="1"/>
+    <row r="1712" s="2" customFormat="1"/>
+    <row r="1713" s="2" customFormat="1"/>
+    <row r="1714" s="2" customFormat="1"/>
+    <row r="1715" s="2" customFormat="1"/>
+    <row r="1716" s="2" customFormat="1"/>
+    <row r="1717" s="2" customFormat="1"/>
+    <row r="1718" s="2" customFormat="1"/>
+    <row r="1719" s="2" customFormat="1"/>
+    <row r="1720" s="2" customFormat="1"/>
+    <row r="1721" s="2" customFormat="1"/>
+    <row r="1722" s="2" customFormat="1"/>
+    <row r="1723" s="2" customFormat="1"/>
+    <row r="1724" s="2" customFormat="1"/>
+    <row r="1725" s="2" customFormat="1"/>
+    <row r="1726" s="2" customFormat="1"/>
+    <row r="1727" s="2" customFormat="1"/>
+    <row r="1728" s="2" customFormat="1"/>
+    <row r="1729" s="2" customFormat="1"/>
+    <row r="1730" s="2" customFormat="1"/>
+    <row r="1731" s="2" customFormat="1"/>
+    <row r="1732" s="2" customFormat="1"/>
+    <row r="1733" s="2" customFormat="1"/>
+    <row r="1734" s="2" customFormat="1"/>
+    <row r="1735" s="2" customFormat="1"/>
+    <row r="1736" s="2" customFormat="1"/>
+    <row r="1737" s="2" customFormat="1"/>
+    <row r="1738" s="2" customFormat="1"/>
+    <row r="1739" s="2" customFormat="1"/>
+    <row r="1740" s="2" customFormat="1"/>
+    <row r="1741" s="2" customFormat="1"/>
+    <row r="1742" s="2" customFormat="1"/>
+    <row r="1743" s="2" customFormat="1"/>
+    <row r="1744" s="2" customFormat="1"/>
+    <row r="1745" s="2" customFormat="1"/>
+    <row r="1746" s="2" customFormat="1"/>
+    <row r="1747" s="2" customFormat="1"/>
+    <row r="1748" s="2" customFormat="1"/>
+    <row r="1749" s="2" customFormat="1"/>
+    <row r="1750" s="2" customFormat="1"/>
+    <row r="1751" s="2" customFormat="1"/>
+    <row r="1752" s="2" customFormat="1"/>
+    <row r="1753" s="2" customFormat="1"/>
+    <row r="1754" s="2" customFormat="1"/>
+    <row r="1755" s="2" customFormat="1"/>
+    <row r="1756" s="2" customFormat="1"/>
+    <row r="1757" s="2" customFormat="1"/>
+    <row r="1758" s="2" customFormat="1"/>
+    <row r="1759" s="2" customFormat="1"/>
+    <row r="1760" s="2" customFormat="1"/>
+    <row r="1761" s="2" customFormat="1"/>
+    <row r="1762" s="2" customFormat="1"/>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertRows="0" sort="0" autoFilter="0"/>
   <dataConsolidate/>
-  <mergeCells count="19">
+  <mergeCells count="21">
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="C23:E23"/>
+    <mergeCell ref="C22:E22"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="B60:C60"/>
     <mergeCell ref="D60:E60"/>
     <mergeCell ref="D61:E61"/>
     <mergeCell ref="G19:K19"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="C21:E21"/>
     <mergeCell ref="C20:E20"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="E28:F28"/>
-    <mergeCell ref="E4:F4"/>
-[...4 lines deleted...]
-    <mergeCell ref="C22:E22"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E33:F33"/>
   </mergeCells>
-  <phoneticPr fontId="3" type="noConversion"/>
+  <phoneticPr fontId="4" type="noConversion"/>
   <dataValidations count="13">
     <dataValidation allowBlank="1" showErrorMessage="1" sqref="J13:K15 I15" xr:uid="{11448161-1CA3-6745-B6EE-C938444A93BC}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Please use the format" error="dd-mm-yyyy" sqref="G21:G22 I21:K22" xr:uid="{144EF8EB-3D5B-5C47-8CA0-2B59D7B2E53E}"/>
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Please use the format" error="dd-mm-yy" promptTitle="Please use the format" prompt="dd-mm-yy_x000a_" sqref="C29:C52 H13:H14" xr:uid="{2FCBECF5-6B5E-D746-843F-086D20FB391F}">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Please use the format" error="dd-mm-yy" promptTitle="Please use the format" prompt="dd-mm-yy_x000a_" sqref="H13:H14 C29:C52" xr:uid="{2FCBECF5-6B5E-D746-843F-086D20FB391F}">
       <formula1>45474</formula1>
       <formula2>48580</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" sqref="C15:E15" xr:uid="{BD1A5ECF-7EED-7643-B2E6-A31CAEF533DC}">
       <formula1>"Select,Group 1,Group 2, Group 3,no specific Group"</formula1>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Please use the format" prompt="dd.mm.yy" sqref="D60:E60" xr:uid="{7C8CDE12-3971-0D4A-8363-4700546B8D3A}">
       <formula1>45566</formula1>
       <formula2>46387</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" promptTitle="Please use the format" prompt="dd-mm-yy_x000a_" sqref="H23" xr:uid="{EA88E228-E1BF-B848-A57C-AFEC669E5BAF}">
       <formula1>"January,February,March,April,May,June,July,August,September,October,November,December"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H15" xr:uid="{3A1D7A4F-E4D1-0C4A-B1FA-EDD43BB43328}">
       <formula1>$B$101:$B$129</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" promptTitle="Conversion Rate" prompt="Please select the correct Conversion Rate" sqref="J29:J52" xr:uid="{6D6FDB60-FCB3-E544-90FB-D5B9CD5A6588}"/>
     <dataValidation allowBlank="1" sqref="E4:F6" xr:uid="{68799E38-EE66-CA46-A550-1896962459CB}"/>
     <dataValidation type="list" allowBlank="1" sqref="E7:F7" xr:uid="{54EB15E8-9DCA-8F46-8860-C41C87BC676C}">
       <formula1>$B$101:$B$130</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H22" xr:uid="{489D639F-4830-B044-A89C-9688405A94BB}">
       <formula1>"Please choose if needed,BGN – Bulgarian Lev, CZK – Czech Koruna, DKK – Danish Krone, HUF – Hungarian Forint, PLN – Polish Złoty, RON – Romanian Leu, SEK – Swedish Krona"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" promptTitle="Select the currency" prompt="Please select the currency that was used" sqref="I29:I52" xr:uid="{1061C5F5-18CB-5748-A934-815928DF5E8B}">
@@ -5407,78 +8003,78 @@
       <formula1>"Select, Multidisciplinary Core Training, Multidisciplinary Advanced Training, Workshop"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="H24" r:id="rId1" xr:uid="{CDFDD626-99B0-B242-A342-742EE843BA0E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="35" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="94b3644f-a22d-4d8f-bd19-2c16c037870e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Document_x0020_State xmlns="94b3644f-a22d-4d8f-bd19-2c16c037870e" xsi:nil="true"/>
     <Activity xmlns="94b3644f-a22d-4d8f-bd19-2c16c037870e" xsi:nil="true"/>
     <TaxCatchAll xmlns="4a70b212-0f44-46ce-a1b4-ab52c20940d1" xsi:nil="true"/>
     <Status xmlns="94b3644f-a22d-4d8f-bd19-2c16c037870e" xsi:nil="true"/>
     <Comment xmlns="94b3644f-a22d-4d8f-bd19-2c16c037870e" xsi:nil="true"/>
     <Type_x0020_of_x0020_Content xmlns="94b3644f-a22d-4d8f-bd19-2c16c037870e" xsi:nil="true"/>
     <Sync xmlns="94b3644f-a22d-4d8f-bd19-2c16c037870e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100728DD099C5B08547BB3E8BCDA68E780D" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6708c6e791db4e897f6139fb473aa591">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="94b3644f-a22d-4d8f-bd19-2c16c037870e" xmlns:ns3="4a70b212-0f44-46ce-a1b4-ab52c20940d1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a0873c9c101336fcba50fee8085af07f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100728DD099C5B08547BB3E8BCDA68E780D" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16f0962b64151600663c08a6f7effff8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="94b3644f-a22d-4d8f-bd19-2c16c037870e" xmlns:ns3="4a70b212-0f44-46ce-a1b4-ab52c20940d1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="72b3108817c9f50ad7d594c05ede1722" ns2:_="" ns3:_="">
     <xsd:import namespace="94b3644f-a22d-4d8f-bd19-2c16c037870e"/>
     <xsd:import namespace="4a70b212-0f44-46ce-a1b4-ab52c20940d1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Sync" minOccurs="0"/>
                 <xsd:element ref="ns2:Activity" minOccurs="0"/>
                 <xsd:element ref="ns2:Process" minOccurs="0"/>
                 <xsd:element ref="ns2:Type_x0020_of_x0020_Content" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_State" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -5714,96 +8310,90 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7ACA8C1-AEEE-4386-BDA8-16A2771128E0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="94b3644f-a22d-4d8f-bd19-2c16c037870e"/>
+    <ds:schemaRef ds:uri="4a70b212-0f44-46ce-a1b4-ab52c20940d1"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5AC08F1-97B3-4609-A921-4609CBF7EA0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CDCD8D0-AA44-4704-BC9A-5BD2D0608E24}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E8CF458-7B9A-4D06-A429-1BC9117EA9CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="94b3644f-a22d-4d8f-bd19-2c16c037870e"/>
     <ds:schemaRef ds:uri="4a70b212-0f44-46ce-a1b4-ab52c20940d1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Travel Expense</vt:lpstr>
       <vt:lpstr>'Travel Expense'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>