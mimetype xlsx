--- v0 (2025-10-03)
+++ v1 (2026-03-31)
@@ -4,192 +4,187 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10713"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/rani/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Zefi\OneDrive - GFA Consulting Group\Desktop\FI E\Reimbursements\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8ACC181E-66B4-4440-B39F-41BD6B324E5F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E27EF1B8-2950-41D3-9B7C-FEDB8BBC1A7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-51040" yWindow="-25880" windowWidth="50880" windowHeight="26780" xr2:uid="{9D2B259E-9D27-044D-BB49-E3DB450211AA}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{9D2B259E-9D27-044D-BB49-E3DB450211AA}"/>
   </bookViews>
   <sheets>
     <sheet name="Travel Expense" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Travel Expense'!$A$1:$M$89</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Travel Expense'!$A$1:$M$88</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K29" i="1" l="1"/>
-  <c r="B196" i="1"/>
+  <c r="K30" i="1" l="1"/>
+  <c r="K31" i="1"/>
+  <c r="K29" i="1"/>
+  <c r="B195" i="1"/>
   <c r="H21" i="1"/>
   <c r="J30" i="1" s="1"/>
-  <c r="K30" i="1" s="1"/>
-[...7 lines deleted...]
-  <c r="K45" i="1" s="1"/>
+  <c r="B85" i="1"/>
+  <c r="D57" i="1"/>
+  <c r="D59" i="1" s="1"/>
+  <c r="D58" i="1" l="1"/>
+  <c r="B194" i="1"/>
   <c r="J44" i="1"/>
   <c r="K44" i="1" s="1"/>
-  <c r="J35" i="1"/>
-[...2 lines deleted...]
-  <c r="K31" i="1" s="1"/>
+  <c r="J43" i="1"/>
+  <c r="K43" i="1" s="1"/>
+  <c r="J34" i="1"/>
+  <c r="K34" i="1" s="1"/>
   <c r="J29" i="1"/>
-  <c r="J37" i="1"/>
-[...2 lines deleted...]
-  <c r="K52" i="1" s="1"/>
   <c r="J36" i="1"/>
   <c r="K36" i="1" s="1"/>
   <c r="J51" i="1"/>
   <c r="K51" i="1" s="1"/>
-  <c r="J43" i="1"/>
-  <c r="K43" i="1" s="1"/>
+  <c r="J35" i="1"/>
+  <c r="K35" i="1" s="1"/>
   <c r="J50" i="1"/>
-  <c r="K50" i="1" s="1"/>
   <c r="J42" i="1"/>
   <c r="K42" i="1" s="1"/>
-  <c r="J34" i="1"/>
-  <c r="K34" i="1" s="1"/>
   <c r="J49" i="1"/>
-  <c r="K49" i="1" s="1"/>
   <c r="J41" i="1"/>
   <c r="K41" i="1" s="1"/>
   <c r="J33" i="1"/>
   <c r="K33" i="1" s="1"/>
   <c r="J48" i="1"/>
   <c r="K48" i="1" s="1"/>
   <c r="J40" i="1"/>
   <c r="K40" i="1" s="1"/>
   <c r="J32" i="1"/>
   <c r="K32" i="1" s="1"/>
   <c r="J47" i="1"/>
   <c r="K47" i="1" s="1"/>
   <c r="J39" i="1"/>
   <c r="K39" i="1" s="1"/>
+  <c r="J31" i="1"/>
   <c r="J46" i="1"/>
   <c r="K46" i="1" s="1"/>
   <c r="J38" i="1"/>
   <c r="K38" i="1" s="1"/>
-  <c r="K53" i="1" l="1"/>
-  <c r="I78" i="1" s="1"/>
+  <c r="J45" i="1"/>
+  <c r="K45" i="1" s="1"/>
+  <c r="J37" i="1"/>
+  <c r="K37" i="1" s="1"/>
+  <c r="K52" i="1" l="1"/>
+  <c r="I77" i="1" s="1"/>
+  <c r="D63" i="1"/>
+  <c r="I63" i="1" s="1"/>
   <c r="D64" i="1"/>
-  <c r="I64" i="1" s="1"/>
   <c r="D65" i="1"/>
+  <c r="D68" i="1"/>
+  <c r="D71" i="1"/>
+  <c r="D73" i="1"/>
   <c r="D66" i="1"/>
+  <c r="D67" i="1"/>
+  <c r="D70" i="1"/>
   <c r="D69" i="1"/>
   <c r="D72" i="1"/>
-  <c r="D74" i="1"/>
-[...16 lines deleted...]
-  <c r="H68" i="1"/>
+  <c r="D62" i="1"/>
+  <c r="H62" i="1" s="1"/>
+  <c r="I62" i="1" l="1"/>
+  <c r="H63" i="1"/>
+  <c r="H71" i="1"/>
+  <c r="I71" i="1"/>
+  <c r="H65" i="1"/>
+  <c r="I65" i="1"/>
+  <c r="I73" i="1"/>
+  <c r="H73" i="1"/>
   <c r="I67" i="1"/>
   <c r="H67" i="1"/>
-  <c r="H65" i="1"/>
-[...2 lines deleted...]
-  <c r="H71" i="1"/>
+  <c r="I66" i="1"/>
+  <c r="H66" i="1"/>
+  <c r="H64" i="1"/>
+  <c r="I64" i="1"/>
   <c r="I70" i="1"/>
   <c r="H70" i="1"/>
   <c r="I69" i="1"/>
   <c r="H69" i="1"/>
-  <c r="H73" i="1"/>
-[...2 lines deleted...]
-  <c r="I80" i="1" s="1"/>
+  <c r="I68" i="1"/>
+  <c r="H68" i="1"/>
+  <c r="H72" i="1"/>
+  <c r="I72" i="1"/>
+  <c r="I74" i="1" l="1"/>
+  <c r="I79" i="1" s="1"/>
   <c r="D10" i="1" s="1"/>
-  <c r="I79" i="1" l="1"/>
+  <c r="I78" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="119">
   <si>
     <t>Invoice | Travel Expense Report</t>
   </si>
   <si>
     <t xml:space="preserve">Invoice Recipient </t>
   </si>
   <si>
     <t xml:space="preserve">Invoice Sender </t>
   </si>
   <si>
     <t>GFA Consulting Group GmbH</t>
   </si>
   <si>
     <t>Eulenkrugstraße 82</t>
   </si>
   <si>
     <t>22359 Hamburg</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Invoice No.:   2182070-##-G#-##</t>
   </si>
   <si>
@@ -258,60 +253,62 @@
   <si>
     <t>BIC:</t>
   </si>
   <si>
     <t>Month:</t>
   </si>
   <si>
     <t xml:space="preserve">GFA guideline: </t>
   </si>
   <si>
     <t>InforEuro.eu</t>
   </si>
   <si>
     <t>Travel Costs that have been paid by You</t>
   </si>
   <si>
     <t>**Only for cars**</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="3"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Date</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="3"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 
 as indicated on receipt</t>
     </r>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>gross amount</t>
   </si>
   <si>
     <t>Used Currency</t>
   </si>
   <si>
     <t>Currency Conversion Rate</t>
   </si>
   <si>
     <t>Gross Amount 
 in EUR</t>
   </si>
   <si>
     <t>Select Currency</t>
   </si>
@@ -529,119 +526,122 @@
     <t xml:space="preserve">Italy </t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>PLN</t>
   </si>
   <si>
     <t>RON</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Reason
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="3"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>please use order of statement or date</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Please insert </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>km</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> here and </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>provide screenshot</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>. We reimburse 0.22€ per km</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
-[...5 lines deleted...]
-    <numFmt numFmtId="170" formatCode="dd/mm/yyyy;@"/>
+    <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
+    <numFmt numFmtId="165" formatCode="[$€-2]\ #,##0;[Red]\-[$€-2]\ #,##0"/>
+    <numFmt numFmtId="166" formatCode="0.00000"/>
+    <numFmt numFmtId="167" formatCode="0.0000"/>
+    <numFmt numFmtId="168" formatCode="_([$€-2]\ * #,##0.00_);_([$€-2]\ * \(#,##0.00\);_([$€-2]\ * &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="169" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="33" x14ac:knownFonts="1">
+  <fonts count="32">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Aptos Narrow"/>
@@ -804,86 +804,83 @@
     </font>
     <font>
       <sz val="13"/>
       <color rgb="FF0C0C0C"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF0C0C0C"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF0C0C0C"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color rgb="FF0C0C0C"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1" tint="-0.499984740745262"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Aptos Narrow"/>
-      <scheme val="minor"/>
-[...5 lines deleted...]
-      <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6"/>
@@ -1417,71 +1414,71 @@
       <right style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="-0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="151">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="166" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
@@ -1563,228 +1560,228 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="4" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="44" fontId="4" fillId="2" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="7" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="15" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="17" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="167" fontId="17" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="17" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="17" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="17" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="5" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="169" fontId="19" fillId="2" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="19" fillId="2" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="2" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="20" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="20" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="21" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="21" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="21" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="21" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="21" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="23" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="44" fontId="23" fillId="2" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="5" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="167" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="22" fillId="2" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="22" fillId="2" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="169" fontId="30" fillId="2" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="168" fontId="30" fillId="2" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...2 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="17" fillId="2" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="169" fontId="7" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="7" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="2" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -1792,55 +1789,55 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="170" fontId="8" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="169" fontId="8" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="170" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="169" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2230,4255 +2227,4249 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commission.europa.eu/funding-tenders/procedures-guidelines-tenders/information-contractors-and-beneficiaries/exchange-rate-inforeuro_de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E037801E-BEE1-B549-B0DE-2BF8665CCF77}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AK1787"/>
+  <dimension ref="A1:AK1786"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A18" zoomScale="113" zoomScaleNormal="65" zoomScaleSheetLayoutView="75" zoomScalePageLayoutView="63" workbookViewId="0">
-      <selection activeCell="H29" sqref="H29"/>
+    <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="65" zoomScaleSheetLayoutView="75" zoomScalePageLayoutView="63" workbookViewId="0">
+      <selection activeCell="F75" sqref="F75"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11" defaultRowHeight="14.5"/>
   <cols>
     <col min="1" max="1" width="5.33203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="35.83203125" style="78" customWidth="1"/>
     <col min="3" max="3" width="15.83203125" style="78" customWidth="1"/>
     <col min="4" max="4" width="17" style="78" customWidth="1"/>
     <col min="5" max="5" width="20" style="78" customWidth="1"/>
     <col min="6" max="6" width="25" style="78" customWidth="1"/>
     <col min="7" max="7" width="19.1640625" style="78" customWidth="1"/>
     <col min="8" max="8" width="24" style="78" customWidth="1"/>
     <col min="9" max="9" width="15.83203125" style="78" customWidth="1"/>
     <col min="10" max="10" width="15.5" style="78" customWidth="1"/>
     <col min="11" max="11" width="17.1640625" style="78" customWidth="1"/>
     <col min="12" max="12" width="3" style="78" customWidth="1"/>
     <col min="13" max="18" width="15.83203125" style="78" customWidth="1"/>
     <col min="19" max="19" width="10.83203125" style="2"/>
     <col min="20" max="25" width="11" style="78"/>
     <col min="26" max="26" width="10.83203125" style="78" customWidth="1"/>
     <col min="27" max="27" width="22.83203125" style="2" customWidth="1"/>
     <col min="28" max="29" width="10.83203125" style="2" customWidth="1"/>
     <col min="30" max="32" width="10.83203125" style="78" customWidth="1"/>
     <col min="33" max="33" width="21.33203125" style="78" customWidth="1"/>
     <col min="34" max="34" width="14.33203125" style="78" customWidth="1"/>
     <col min="35" max="35" width="15.1640625" style="78" customWidth="1"/>
     <col min="36" max="36" width="15.5" style="78" customWidth="1"/>
     <col min="37" max="37" width="11" style="78" customWidth="1"/>
     <col min="38" max="16384" width="11" style="78"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:28" s="2" customFormat="1" ht="100" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:28" s="2" customFormat="1" ht="100" customHeight="1">
       <c r="B1" s="79" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
     </row>
-    <row r="2" spans="2:28" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:28" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="B2" s="4"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="5"/>
       <c r="J2" s="5"/>
       <c r="K2" s="5"/>
     </row>
-    <row r="3" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B3" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
-      <c r="E3" s="125" t="s">
+      <c r="E3" s="124" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="5"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
     </row>
-    <row r="4" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="B4" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="11"/>
       <c r="E4" s="132"/>
       <c r="F4" s="132"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
     </row>
-    <row r="5" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="B5" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="13"/>
       <c r="E5" s="133"/>
       <c r="F5" s="133"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
     </row>
-    <row r="6" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="B6" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="4"/>
       <c r="E6" s="134"/>
       <c r="F6" s="134"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
     </row>
-    <row r="7" spans="2:28" s="3" customFormat="1" ht="17" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:28" s="3" customFormat="1" ht="17" customHeight="1">
       <c r="B7" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="134"/>
       <c r="F7" s="134"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
     </row>
-    <row r="8" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:28" s="3" customFormat="1" ht="15" customHeight="1">
       <c r="B8" s="14"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
     </row>
-    <row r="9" spans="2:28" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
-    <row r="10" spans="2:28" s="1" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:28" s="2" customFormat="1"/>
+    <row r="10" spans="2:28" s="1" customFormat="1" ht="25" customHeight="1">
       <c r="B10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="16" t="s">
         <v>8</v>
       </c>
-      <c r="D10" s="124">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="D10" s="123">
+        <f>I79</f>
+        <v>302.39999999999992</v>
       </c>
       <c r="E10" s="17"/>
       <c r="F10" s="16" t="s">
         <v>9</v>
       </c>
       <c r="G10" s="17">
         <v>2182070</v>
       </c>
       <c r="H10" s="16"/>
       <c r="I10" s="16"/>
       <c r="J10" s="16"/>
       <c r="K10" s="16"/>
     </row>
-    <row r="11" spans="2:28" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:28" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="AA11" s="21"/>
       <c r="AB11" s="21"/>
     </row>
-    <row r="12" spans="2:28" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:28" s="2" customFormat="1" ht="30" customHeight="1">
       <c r="B12" s="18" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="19"/>
       <c r="D12" s="19"/>
       <c r="E12" s="19"/>
       <c r="F12" s="19"/>
       <c r="G12" s="19"/>
       <c r="H12" s="19"/>
       <c r="I12" s="19"/>
       <c r="J12" s="19"/>
       <c r="K12" s="20"/>
       <c r="S12" s="21"/>
       <c r="AA12" s="21"/>
       <c r="AB12" s="21"/>
     </row>
-    <row r="13" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B13" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="145" t="s">
         <v>12</v>
       </c>
       <c r="D13" s="145"/>
       <c r="E13" s="145"/>
       <c r="G13" s="23" t="s">
         <v>13</v>
       </c>
-      <c r="H13" s="136"/>
+      <c r="H13" s="136">
+        <v>46126</v>
+      </c>
       <c r="I13" s="136"/>
       <c r="J13" s="24"/>
       <c r="K13" s="25"/>
       <c r="S13" s="21"/>
     </row>
-    <row r="14" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B14" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="146" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="146"/>
       <c r="E14" s="146"/>
       <c r="G14" s="23" t="s">
         <v>16</v>
       </c>
-      <c r="H14" s="137"/>
+      <c r="H14" s="137">
+        <v>46135</v>
+      </c>
       <c r="I14" s="137"/>
       <c r="J14" s="24"/>
       <c r="K14" s="25"/>
       <c r="S14" s="21"/>
       <c r="AA14" s="21"/>
       <c r="AB14" s="21"/>
     </row>
-    <row r="15" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B15" s="22" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="146" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="146"/>
       <c r="E15" s="146"/>
       <c r="G15" s="23" t="s">
         <v>19</v>
       </c>
-      <c r="H15" s="104"/>
+      <c r="H15" s="104" t="s">
+        <v>78</v>
+      </c>
       <c r="I15" s="84"/>
       <c r="J15" s="24"/>
       <c r="K15" s="25"/>
       <c r="S15" s="21"/>
       <c r="AA15" s="21"/>
       <c r="AB15" s="21"/>
     </row>
-    <row r="16" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B16" s="26"/>
       <c r="C16" s="27"/>
       <c r="D16" s="27"/>
       <c r="E16" s="27"/>
       <c r="F16" s="28"/>
       <c r="G16" s="29"/>
       <c r="H16" s="27"/>
       <c r="I16" s="27"/>
       <c r="J16" s="27"/>
       <c r="K16" s="30"/>
       <c r="S16" s="21"/>
       <c r="AA16" s="21"/>
       <c r="AB16" s="21"/>
     </row>
-    <row r="17" spans="2:28" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:28" s="2" customFormat="1">
       <c r="B17" s="31"/>
       <c r="S17" s="21"/>
     </row>
-    <row r="18" spans="2:28" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:28" s="3" customFormat="1" ht="30" customHeight="1">
       <c r="B18" s="18" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="32"/>
       <c r="D18" s="32"/>
       <c r="E18" s="32"/>
       <c r="F18" s="32"/>
       <c r="G18" s="32"/>
       <c r="H18" s="32"/>
       <c r="I18" s="32"/>
       <c r="J18" s="32"/>
       <c r="K18" s="33"/>
       <c r="S18" s="21"/>
       <c r="AA18" s="21"/>
       <c r="AB18" s="21"/>
     </row>
-    <row r="19" spans="2:28" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:28" s="2" customFormat="1">
       <c r="B19" s="34"/>
       <c r="G19" s="143" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="143"/>
       <c r="I19" s="143"/>
       <c r="J19" s="143"/>
       <c r="K19" s="144"/>
       <c r="S19" s="21"/>
       <c r="AA19" s="21"/>
       <c r="AB19" s="21"/>
     </row>
-    <row r="20" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B20" s="35" t="s">
         <v>23</v>
       </c>
-      <c r="C20" s="147">
-[...2 lines deleted...]
-      </c>
+      <c r="C20" s="147"/>
       <c r="D20" s="147"/>
       <c r="E20" s="147"/>
       <c r="G20" s="36" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="5"/>
       <c r="I20" s="5"/>
       <c r="J20" s="5"/>
       <c r="K20" s="37"/>
       <c r="S20" s="21"/>
       <c r="AA20" s="21"/>
       <c r="AB20" s="21"/>
     </row>
-    <row r="21" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B21" s="35" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="147"/>
       <c r="D21" s="147"/>
       <c r="E21" s="147"/>
       <c r="G21" s="85"/>
       <c r="H21" s="86" t="str">
-        <f>IFERROR(VLOOKUP(E7, B126:C155, 2, FALSE), "Home Country of E7")</f>
+        <f>IFERROR(VLOOKUP(E7, B125:C154, 2, FALSE), "Home Country of E7")</f>
         <v>Home Country of E7</v>
       </c>
       <c r="I21" s="87">
         <v>1</v>
       </c>
       <c r="J21" s="87"/>
       <c r="K21" s="88" t="s">
         <v>26</v>
       </c>
       <c r="AA21" s="21"/>
       <c r="AB21" s="21"/>
     </row>
-    <row r="22" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B22" s="35" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="135"/>
       <c r="D22" s="135"/>
       <c r="E22" s="135"/>
       <c r="G22" s="85"/>
       <c r="H22" s="86" t="s">
         <v>28</v>
       </c>
       <c r="I22" s="87">
         <v>1</v>
       </c>
       <c r="J22" s="87"/>
       <c r="K22" s="88" t="s">
         <v>26</v>
       </c>
       <c r="AA22" s="21"/>
       <c r="AB22" s="21"/>
     </row>
-    <row r="23" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B23" s="35" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="135"/>
       <c r="D23" s="135"/>
       <c r="E23" s="135"/>
       <c r="G23" s="36" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="38"/>
       <c r="I23" s="38"/>
       <c r="J23" s="38"/>
       <c r="K23" s="39"/>
       <c r="S23" s="21"/>
       <c r="AA23" s="21"/>
       <c r="AB23" s="21"/>
     </row>
-    <row r="24" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B24" s="40"/>
       <c r="C24" s="28"/>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="28"/>
       <c r="G24" s="41" t="s">
         <v>31</v>
       </c>
       <c r="H24" s="42" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="43"/>
       <c r="J24" s="43"/>
       <c r="K24" s="44"/>
       <c r="S24" s="21"/>
       <c r="AA24" s="21"/>
       <c r="AB24" s="21"/>
     </row>
-    <row r="25" spans="2:28" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:28" s="2" customFormat="1">
       <c r="B25" s="31"/>
       <c r="S25" s="21"/>
     </row>
-    <row r="26" spans="2:28" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:28" s="2" customFormat="1" ht="30" customHeight="1">
       <c r="B26" s="45" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="46"/>
       <c r="D26" s="46"/>
       <c r="E26" s="46"/>
       <c r="F26" s="46"/>
       <c r="G26" s="46"/>
       <c r="H26" s="46"/>
       <c r="I26" s="46"/>
       <c r="J26" s="46"/>
       <c r="K26" s="47"/>
     </row>
-    <row r="27" spans="2:28" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:28" s="2" customFormat="1">
       <c r="B27" s="34"/>
-      <c r="G27" s="123" t="s">
+      <c r="G27" s="122" t="s">
         <v>34</v>
       </c>
       <c r="K27" s="25"/>
       <c r="AA27" s="21"/>
       <c r="AB27" s="21"/>
     </row>
-    <row r="28" spans="2:28" s="2" customFormat="1" ht="64" x14ac:dyDescent="0.2">
-      <c r="B28" s="121" t="s">
+    <row r="28" spans="2:28" s="2" customFormat="1" ht="58">
+      <c r="B28" s="120" t="s">
         <v>117</v>
       </c>
       <c r="C28" s="149" t="s">
         <v>35</v>
       </c>
       <c r="D28" s="150"/>
       <c r="E28" s="150" t="s">
         <v>36</v>
       </c>
       <c r="F28" s="150"/>
       <c r="G28" s="50" t="s">
         <v>118</v>
       </c>
       <c r="H28" s="49" t="s">
         <v>37</v>
       </c>
       <c r="I28" s="49" t="s">
         <v>38</v>
       </c>
       <c r="J28" s="51" t="s">
         <v>39</v>
       </c>
       <c r="K28" s="52" t="s">
         <v>40</v>
       </c>
       <c r="S28" s="21"/>
       <c r="AA28" s="21"/>
       <c r="AB28" s="21"/>
     </row>
-    <row r="29" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B29" s="111"/>
-      <c r="C29" s="120"/>
-[...2 lines deleted...]
-      <c r="F29" s="122"/>
+      <c r="C29" s="119"/>
+      <c r="D29" s="125"/>
+      <c r="E29" s="119"/>
+      <c r="F29" s="121"/>
       <c r="G29" s="100"/>
       <c r="H29" s="112"/>
       <c r="I29" s="101" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="115" t="str">
         <f>IF(I29=$H$21, $G$21, IF(I29=$H$22, $G$22, ""))</f>
         <v/>
       </c>
       <c r="K29" s="116">
         <f>IFERROR(IF(I29="EUR", H29, H29*J29), 0)</f>
         <v>0</v>
       </c>
       <c r="AA29" s="21"/>
       <c r="AB29" s="21"/>
     </row>
-    <row r="30" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B30" s="111"/>
-      <c r="C30" s="120"/>
-[...2 lines deleted...]
-      <c r="F30" s="118"/>
+      <c r="C30" s="119"/>
+      <c r="D30" s="117"/>
+      <c r="E30" s="119"/>
+      <c r="F30" s="117"/>
       <c r="G30" s="102"/>
       <c r="H30" s="113"/>
       <c r="I30" s="101" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="J30" s="115" t="str">
-        <f t="shared" ref="J30:J52" si="0">IF(I30=$H$21, $G$21, IF(I30=$H$22, $G$22, ""))</f>
+        <f t="shared" ref="J30:J51" si="0">IF(I30=$H$21, $G$21, IF(I30=$H$22, $G$22, ""))</f>
         <v/>
       </c>
       <c r="K30" s="116">
         <f>IFERROR(IF(I30="EUR", H30, H30*J30), 0)</f>
         <v>0</v>
       </c>
       <c r="S30" s="21"/>
       <c r="AA30" s="21"/>
       <c r="AB30" s="21"/>
     </row>
-    <row r="31" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B31" s="111"/>
-      <c r="C31" s="120"/>
-[...2 lines deleted...]
-      <c r="F31" s="118"/>
+      <c r="C31" s="119"/>
+      <c r="D31" s="117"/>
+      <c r="E31" s="119"/>
+      <c r="F31" s="117"/>
       <c r="G31" s="102"/>
       <c r="H31" s="113"/>
       <c r="I31" s="101" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="J31" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K31" s="116">
-        <f t="shared" ref="K31:K52" si="1">IFERROR(IF(I31="EUR", H31, H31*J31), 0)</f>
+        <f>IFERROR(IF(I31="EUR", H31, H31*J31), 0)</f>
         <v>0</v>
       </c>
       <c r="S31" s="21"/>
       <c r="AA31" s="21"/>
       <c r="AB31" s="21"/>
     </row>
-    <row r="32" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B32" s="111"/>
-      <c r="C32" s="120"/>
-[...2 lines deleted...]
-      <c r="F32" s="118"/>
+      <c r="C32" s="119"/>
+      <c r="D32" s="117"/>
+      <c r="E32" s="119"/>
+      <c r="F32" s="117"/>
       <c r="G32" s="102"/>
       <c r="H32" s="113"/>
       <c r="I32" s="101" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="J32" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K32" s="116">
-        <f t="shared" si="1"/>
+        <f t="shared" ref="K32:K51" si="1">IFERROR(IF(I32="EUR", H32, H32*J32), 0)</f>
         <v>0</v>
       </c>
       <c r="S32" s="21"/>
       <c r="AA32" s="21"/>
       <c r="AB32" s="21"/>
     </row>
-    <row r="33" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B33" s="111"/>
-      <c r="C33" s="120"/>
-[...2 lines deleted...]
-      <c r="F33" s="118"/>
+      <c r="C33" s="119"/>
+      <c r="D33" s="117"/>
+      <c r="E33" s="119"/>
+      <c r="F33" s="117"/>
       <c r="G33" s="102"/>
       <c r="H33" s="113"/>
       <c r="I33" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J33" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K33" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S33" s="21"/>
       <c r="AA33" s="21"/>
       <c r="AB33" s="21"/>
     </row>
-    <row r="34" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B34" s="111"/>
-      <c r="C34" s="120"/>
-[...2 lines deleted...]
-      <c r="F34" s="118"/>
+      <c r="C34" s="119"/>
+      <c r="D34" s="117"/>
+      <c r="E34" s="119"/>
+      <c r="F34" s="117"/>
       <c r="G34" s="102"/>
       <c r="H34" s="113"/>
       <c r="I34" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J34" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K34" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S34" s="21"/>
       <c r="AA34" s="21"/>
       <c r="AB34" s="21"/>
     </row>
-    <row r="35" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B35" s="111"/>
-      <c r="C35" s="120"/>
-[...2 lines deleted...]
-      <c r="F35" s="118"/>
+      <c r="C35" s="119"/>
+      <c r="D35" s="117"/>
+      <c r="E35" s="119"/>
+      <c r="F35" s="117"/>
       <c r="G35" s="102"/>
       <c r="H35" s="113"/>
       <c r="I35" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J35" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K35" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S35" s="21"/>
       <c r="AA35" s="21"/>
       <c r="AB35" s="21"/>
     </row>
-    <row r="36" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B36" s="111"/>
-      <c r="C36" s="120"/>
-[...2 lines deleted...]
-      <c r="F36" s="118"/>
+      <c r="C36" s="119"/>
+      <c r="D36" s="117"/>
+      <c r="E36" s="119"/>
+      <c r="F36" s="117"/>
       <c r="G36" s="102"/>
       <c r="H36" s="113"/>
       <c r="I36" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J36" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K36" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S36" s="21"/>
       <c r="AA36" s="21"/>
       <c r="AB36" s="21"/>
     </row>
-    <row r="37" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B37" s="111"/>
-      <c r="C37" s="120"/>
-[...2 lines deleted...]
-      <c r="F37" s="118"/>
+      <c r="C37" s="119"/>
+      <c r="D37" s="117"/>
+      <c r="E37" s="119"/>
+      <c r="F37" s="117"/>
       <c r="G37" s="102"/>
       <c r="H37" s="113"/>
       <c r="I37" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J37" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K37" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S37" s="21"/>
-      <c r="AA37" s="21"/>
-[...2 lines deleted...]
-    <row r="38" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="38" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B38" s="111"/>
-      <c r="C38" s="120"/>
-[...2 lines deleted...]
-      <c r="F38" s="118"/>
+      <c r="C38" s="119"/>
+      <c r="D38" s="117"/>
+      <c r="E38" s="119"/>
+      <c r="F38" s="117"/>
       <c r="G38" s="102"/>
       <c r="H38" s="113"/>
       <c r="I38" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J38" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K38" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S38" s="21"/>
     </row>
-    <row r="39" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B39" s="111"/>
-      <c r="C39" s="120"/>
-[...2 lines deleted...]
-      <c r="F39" s="118"/>
+      <c r="C39" s="119"/>
+      <c r="D39" s="117"/>
+      <c r="E39" s="119"/>
+      <c r="F39" s="117"/>
       <c r="G39" s="102"/>
       <c r="H39" s="113"/>
       <c r="I39" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J39" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K39" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S39" s="21"/>
-    </row>
-    <row r="40" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AA39" s="21"/>
+      <c r="AB39" s="21"/>
+    </row>
+    <row r="40" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B40" s="111"/>
-      <c r="C40" s="120"/>
-[...2 lines deleted...]
-      <c r="F40" s="118"/>
+      <c r="C40" s="119"/>
+      <c r="D40" s="117"/>
+      <c r="E40" s="119"/>
+      <c r="F40" s="117"/>
       <c r="G40" s="102"/>
       <c r="H40" s="113"/>
       <c r="I40" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J40" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K40" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S40" s="21"/>
       <c r="AA40" s="21"/>
       <c r="AB40" s="21"/>
     </row>
-    <row r="41" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B41" s="111"/>
-      <c r="C41" s="120"/>
-[...2 lines deleted...]
-      <c r="F41" s="118"/>
+      <c r="C41" s="119"/>
+      <c r="D41" s="117"/>
+      <c r="E41" s="119"/>
+      <c r="F41" s="117"/>
       <c r="G41" s="102"/>
       <c r="H41" s="113"/>
       <c r="I41" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J41" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K41" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="S41" s="21"/>
-[...3 lines deleted...]
-    <row r="42" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="42" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B42" s="111"/>
-      <c r="C42" s="120"/>
-[...2 lines deleted...]
-      <c r="F42" s="118"/>
+      <c r="C42" s="119"/>
+      <c r="D42" s="117"/>
+      <c r="E42" s="119"/>
+      <c r="F42" s="117"/>
       <c r="G42" s="102"/>
       <c r="H42" s="113"/>
       <c r="I42" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J42" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K42" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B43" s="111"/>
-      <c r="C43" s="120"/>
-[...2 lines deleted...]
-      <c r="F43" s="118"/>
+      <c r="C43" s="119"/>
+      <c r="D43" s="117"/>
+      <c r="E43" s="119"/>
+      <c r="F43" s="117"/>
       <c r="G43" s="102"/>
       <c r="H43" s="113"/>
       <c r="I43" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J43" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K43" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B44" s="111"/>
-      <c r="C44" s="120"/>
-[...2 lines deleted...]
-      <c r="F44" s="118"/>
+      <c r="C44" s="119"/>
+      <c r="D44" s="117"/>
+      <c r="E44" s="119"/>
+      <c r="F44" s="117"/>
       <c r="G44" s="102"/>
       <c r="H44" s="113"/>
       <c r="I44" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J44" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K44" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B45" s="111"/>
-      <c r="C45" s="120"/>
-[...2 lines deleted...]
-      <c r="F45" s="118"/>
+      <c r="C45" s="119"/>
+      <c r="D45" s="117"/>
+      <c r="E45" s="119"/>
+      <c r="F45" s="117"/>
       <c r="G45" s="102"/>
       <c r="H45" s="113"/>
       <c r="I45" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J45" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K45" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B46" s="111"/>
-      <c r="C46" s="120"/>
-[...2 lines deleted...]
-      <c r="F46" s="118"/>
+      <c r="C46" s="119"/>
+      <c r="D46" s="117"/>
+      <c r="E46" s="119"/>
+      <c r="F46" s="117"/>
       <c r="G46" s="102"/>
       <c r="H46" s="113"/>
       <c r="I46" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J46" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K46" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B47" s="111"/>
-      <c r="C47" s="120"/>
-[...2 lines deleted...]
-      <c r="F47" s="118"/>
+      <c r="C47" s="119"/>
+      <c r="D47" s="117"/>
+      <c r="E47" s="119"/>
+      <c r="F47" s="117"/>
       <c r="G47" s="102"/>
       <c r="H47" s="113"/>
       <c r="I47" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J47" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K47" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B48" s="111"/>
-      <c r="C48" s="120"/>
-[...2 lines deleted...]
-      <c r="F48" s="118"/>
+      <c r="C48" s="119"/>
+      <c r="D48" s="117"/>
+      <c r="E48" s="119"/>
+      <c r="F48" s="117"/>
       <c r="G48" s="102"/>
       <c r="H48" s="113"/>
       <c r="I48" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J48" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K48" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-    <row r="49" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AA48" s="21"/>
+      <c r="AB48" s="21"/>
+    </row>
+    <row r="49" spans="2:17" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B49" s="111"/>
-      <c r="C49" s="120"/>
-[...2 lines deleted...]
-      <c r="F49" s="118"/>
+      <c r="C49" s="119"/>
+      <c r="D49" s="117"/>
+      <c r="E49" s="119"/>
+      <c r="F49" s="117"/>
       <c r="G49" s="102"/>
       <c r="H49" s="113"/>
       <c r="I49" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J49" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K49" s="116">
-[...6 lines deleted...]
-    <row r="50" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K49" s="116"/>
+    </row>
+    <row r="50" spans="2:17" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B50" s="111"/>
-      <c r="C50" s="120"/>
-[...2 lines deleted...]
-      <c r="F50" s="118"/>
+      <c r="C50" s="119"/>
+      <c r="D50" s="117"/>
+      <c r="E50" s="119"/>
+      <c r="F50" s="117"/>
       <c r="G50" s="102"/>
       <c r="H50" s="113"/>
       <c r="I50" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J50" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K50" s="116">
-[...6 lines deleted...]
-      <c r="C51" s="120"/>
+      <c r="K50" s="116"/>
+    </row>
+    <row r="51" spans="2:17" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B51" s="114"/>
+      <c r="C51" s="119"/>
       <c r="D51" s="118"/>
-      <c r="E51" s="120"/>
+      <c r="E51" s="119"/>
       <c r="F51" s="118"/>
-      <c r="G51" s="102"/>
+      <c r="G51" s="103"/>
       <c r="H51" s="113"/>
       <c r="I51" s="101" t="s">
         <v>41</v>
       </c>
       <c r="J51" s="115" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K51" s="116">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-        <f t="shared" si="1"/>
+    <row r="52" spans="2:17" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B52" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="C52" s="54"/>
+      <c r="D52" s="54"/>
+      <c r="E52" s="54"/>
+      <c r="F52" s="54"/>
+      <c r="G52" s="54"/>
+      <c r="H52" s="55"/>
+      <c r="I52" s="56"/>
+      <c r="J52" s="56"/>
+      <c r="K52" s="57">
+        <f>SUM(K29:K51)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
-[...32 lines deleted...]
-      <c r="B56" s="45" t="s">
+    <row r="53" spans="2:17" s="2" customFormat="1" ht="15" thickBot="1">
+      <c r="B53" s="58"/>
+      <c r="C53" s="59"/>
+      <c r="D53" s="59"/>
+      <c r="E53" s="59"/>
+      <c r="F53" s="59"/>
+      <c r="G53" s="59"/>
+      <c r="H53" s="59"/>
+      <c r="I53" s="59"/>
+      <c r="J53" s="59"/>
+      <c r="K53" s="60"/>
+    </row>
+    <row r="54" spans="2:17" s="2" customFormat="1">
+      <c r="B54" s="31"/>
+    </row>
+    <row r="55" spans="2:17" s="2" customFormat="1" ht="30" customHeight="1">
+      <c r="B55" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="C56" s="46"/>
-[...16 lines deleted...]
-      <c r="B57" s="34"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="46"/>
+      <c r="E55" s="46"/>
+      <c r="F55" s="46"/>
+      <c r="G55" s="46"/>
+      <c r="H55" s="46"/>
+      <c r="I55" s="46"/>
+      <c r="J55" s="46"/>
+      <c r="K55" s="47"/>
+      <c r="L55" s="3"/>
+      <c r="M55" s="3"/>
+      <c r="N55" s="3"/>
+      <c r="O55" s="3"/>
+      <c r="P55" s="3"/>
+      <c r="Q55" s="3"/>
+    </row>
+    <row r="56" spans="2:17" s="2" customFormat="1" ht="14" customHeight="1">
+      <c r="B56" s="34"/>
+      <c r="G56" s="48"/>
+      <c r="K56" s="25"/>
+    </row>
+    <row r="57" spans="2:17" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B57" s="35" t="s">
+        <v>44</v>
+      </c>
+      <c r="C57" s="61"/>
+      <c r="D57" s="62" t="str">
+        <f>H15</f>
+        <v>Finland</v>
+      </c>
+      <c r="E57" s="61"/>
       <c r="G57" s="48"/>
       <c r="K57" s="25"/>
     </row>
-    <row r="58" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:17" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B58" s="35" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C58" s="61"/>
-      <c r="D58" s="62">
-[...3 lines deleted...]
-      <c r="E58" s="61"/>
+      <c r="D58" s="63">
+        <f>IFERROR(VLOOKUP(D57,B157:C185,2,FALSE),"")</f>
+        <v>36</v>
+      </c>
+      <c r="E58" s="64" t="s">
+        <v>26</v>
+      </c>
       <c r="G58" s="48"/>
       <c r="K58" s="25"/>
     </row>
-    <row r="59" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:17" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B59" s="35" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C59" s="61"/>
-      <c r="D59" s="63" t="str">
-[...3 lines deleted...]
-      <c r="E59" s="64" t="s">
+      <c r="D59" s="65">
+        <f>IFERROR(VLOOKUP(D57,$B$157:$D$185,3,FALSE),"")</f>
+        <v>54</v>
+      </c>
+      <c r="E59" s="66" t="s">
         <v>26</v>
       </c>
       <c r="G59" s="48"/>
       <c r="K59" s="25"/>
     </row>
-    <row r="60" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="E60" s="66" t="s">
+    <row r="60" spans="2:17" s="2" customFormat="1" ht="14" customHeight="1">
+      <c r="B60" s="26"/>
+      <c r="C60" s="67"/>
+      <c r="D60" s="68"/>
+      <c r="E60" s="64"/>
+      <c r="F60" s="28"/>
+      <c r="G60" s="69"/>
+      <c r="H60" s="28"/>
+      <c r="I60" s="28"/>
+      <c r="J60" s="28"/>
+      <c r="K60" s="30"/>
+    </row>
+    <row r="61" spans="2:17" s="2" customFormat="1" ht="43" customHeight="1" thickBot="1">
+      <c r="B61" s="70" t="s">
+        <v>47</v>
+      </c>
+      <c r="C61" s="71" t="s">
+        <v>48</v>
+      </c>
+      <c r="D61" s="71" t="s">
+        <v>49</v>
+      </c>
+      <c r="E61" s="71" t="s">
+        <v>50</v>
+      </c>
+      <c r="F61" s="71" t="s">
+        <v>51</v>
+      </c>
+      <c r="G61" s="71" t="s">
+        <v>52</v>
+      </c>
+      <c r="H61" s="71" t="s">
+        <v>53</v>
+      </c>
+      <c r="I61" s="71" t="s">
+        <v>54</v>
+      </c>
+      <c r="J61" s="130" t="s">
+        <v>55</v>
+      </c>
+      <c r="K61" s="131"/>
+      <c r="Q61" s="51"/>
+    </row>
+    <row r="62" spans="2:17" s="2" customFormat="1" ht="25" customHeight="1" thickTop="1">
+      <c r="B62" s="95">
+        <v>46125</v>
+      </c>
+      <c r="C62" s="96" t="s">
+        <v>56</v>
+      </c>
+      <c r="D62" s="97">
+        <f>IF(C62="stay for 24 hrs", $D$59, IF(OR(C62="Arrival", C62="Departure"), $D$58, ""))</f>
+        <v>36</v>
+      </c>
+      <c r="E62" s="96" t="s">
+        <v>58</v>
+      </c>
+      <c r="F62" s="96" t="s">
+        <v>58</v>
+      </c>
+      <c r="G62" s="96" t="s">
+        <v>58</v>
+      </c>
+      <c r="H62" s="98">
+        <f>IFERROR(IF(AND(E62="No", F62="No", G62="No"), 0, D62 * (IF(E62="Yes", 0.2, 0) + IF(F62="Yes", 0.4, 0) + IF(G62="Yes", 0.4, 0))), 0)</f>
+        <v>0</v>
+      </c>
+      <c r="I62" s="99">
+        <f>IFERROR(IF(AND(E62="No", F62="No", G62="No"), D62, D62 - (D62 * IF(E62="Yes", 0.2, 0) + D62 * IF(F62="Yes", 0.4, 0) + D62 * IF(G62="Yes", 0.4, 0))), 0)</f>
+        <v>36</v>
+      </c>
+      <c r="J62" s="128" t="s">
         <v>26</v>
       </c>
-      <c r="G60" s="48"/>
-[...36 lines deleted...]
-      <c r="I62" s="71" t="s">
+      <c r="K62" s="129"/>
+      <c r="L62" s="72"/>
+      <c r="M62" s="72"/>
+      <c r="N62" s="72"/>
+      <c r="O62" s="72"/>
+      <c r="P62" s="72"/>
+      <c r="Q62" s="72"/>
+    </row>
+    <row r="63" spans="2:17" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B63" s="95">
+        <v>46126</v>
+      </c>
+      <c r="C63" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="D63" s="97">
+        <f t="shared" ref="D63:D73" si="2">IF(C63="stay for 24 hrs", $D$59, IF(OR(C63="Arrival", C63="Departure"), $D$58, ""))</f>
         <v>54</v>
-      </c>
-[...15 lines deleted...]
-        <v/>
       </c>
       <c r="E63" s="96" t="s">
         <v>57</v>
       </c>
       <c r="F63" s="96" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G63" s="96" t="s">
         <v>58</v>
       </c>
       <c r="H63" s="98">
-        <f>IFERROR(IF(AND(E63="No", F63="No", G63="No"), 0, D63 * (IF(E63="Yes", 0.2, 0) + IF(F63="Yes", 0.4, 0) + IF(G63="Yes", 0.4, 0))), 0)</f>
-        <v>0</v>
+        <f t="shared" ref="H63:H73" si="3">IFERROR(IF(AND(E63="No", F63="No", G63="No"), 0, D63 * (IF(E63="Yes", 0.2, 0) + IF(F63="Yes", 0.4, 0) + IF(G63="Yes", 0.4, 0))), 0)</f>
+        <v>32.400000000000006</v>
       </c>
       <c r="I63" s="99">
-        <f>IFERROR(IF(AND(E63="No", F63="No", G63="No"), D63, D63 - (D63 * IF(E63="Yes", 0.2, 0) + D63 * IF(F63="Yes", 0.4, 0) + D63 * IF(G63="Yes", 0.4, 0))), 0)</f>
-[...2 lines deleted...]
-      <c r="J63" s="128" t="s">
+        <f t="shared" ref="I63:I73" si="4">IFERROR(IF(AND(E63="No", F63="No", G63="No"), D63, D63 - (D63 * IF(E63="Yes", 0.2, 0) + D63 * IF(F63="Yes", 0.4, 0) + D63 * IF(G63="Yes", 0.4, 0))), 0)</f>
+        <v>21.599999999999994</v>
+      </c>
+      <c r="J63" s="126" t="s">
         <v>26</v>
       </c>
-      <c r="K63" s="129"/>
-[...7 lines deleted...]
-    <row r="64" spans="2:28" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K63" s="127"/>
+      <c r="L63" s="73"/>
+      <c r="M63" s="73"/>
+      <c r="N63" s="73"/>
+      <c r="O63" s="73"/>
+      <c r="P63" s="73"/>
+      <c r="Q63" s="73"/>
+    </row>
+    <row r="64" spans="2:17" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B64" s="95">
-        <v>45986</v>
+        <v>46127</v>
       </c>
       <c r="C64" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="D64" s="97" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="D64" s="97">
+        <f t="shared" si="2"/>
+        <v>54</v>
       </c>
       <c r="E64" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="F64" s="96"/>
+      <c r="F64" s="96" t="s">
+        <v>57</v>
+      </c>
       <c r="G64" s="96" t="s">
         <v>58</v>
       </c>
       <c r="H64" s="98">
-        <f t="shared" ref="H64:H74" si="3">IFERROR(IF(AND(E64="No", F64="No", G64="No"), 0, D64 * (IF(E64="Yes", 0.2, 0) + IF(F64="Yes", 0.4, 0) + IF(G64="Yes", 0.4, 0))), 0)</f>
-        <v>0</v>
+        <f t="shared" si="3"/>
+        <v>32.400000000000006</v>
       </c>
       <c r="I64" s="99">
-        <f t="shared" ref="I64:I74" si="4">IFERROR(IF(AND(E64="No", F64="No", G64="No"), D64, D64 - (D64 * IF(E64="Yes", 0.2, 0) + D64 * IF(F64="Yes", 0.4, 0) + D64 * IF(G64="Yes", 0.4, 0))), 0)</f>
-        <v>0</v>
+        <f t="shared" si="4"/>
+        <v>21.599999999999994</v>
       </c>
       <c r="J64" s="126" t="s">
         <v>26</v>
       </c>
       <c r="K64" s="127"/>
       <c r="L64" s="73"/>
       <c r="M64" s="73"/>
       <c r="N64" s="73"/>
       <c r="O64" s="73"/>
       <c r="P64" s="73"/>
       <c r="Q64" s="73"/>
     </row>
-    <row r="65" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B65" s="95">
-        <v>45987</v>
+        <v>46128</v>
       </c>
       <c r="C65" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="D65" s="97" t="str">
+      <c r="D65" s="97">
         <f t="shared" si="2"/>
-        <v/>
+        <v>54</v>
       </c>
       <c r="E65" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="F65" s="96"/>
+      <c r="F65" s="96" t="s">
+        <v>57</v>
+      </c>
       <c r="G65" s="96" t="s">
         <v>58</v>
       </c>
       <c r="H65" s="98">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>32.400000000000006</v>
       </c>
       <c r="I65" s="99">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>21.599999999999994</v>
       </c>
       <c r="J65" s="126" t="s">
         <v>26</v>
       </c>
       <c r="K65" s="127"/>
       <c r="L65" s="73"/>
       <c r="M65" s="73"/>
       <c r="N65" s="73"/>
       <c r="O65" s="73"/>
       <c r="P65" s="73"/>
       <c r="Q65" s="73"/>
     </row>
-    <row r="66" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B66" s="95">
-        <v>45988</v>
+        <v>46129</v>
       </c>
       <c r="C66" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="D66" s="97" t="str">
+      <c r="D66" s="97">
         <f t="shared" si="2"/>
-        <v/>
+        <v>54</v>
       </c>
       <c r="E66" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="F66" s="96"/>
+      <c r="F66" s="96" t="s">
+        <v>57</v>
+      </c>
       <c r="G66" s="96" t="s">
         <v>58</v>
       </c>
       <c r="H66" s="98">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>32.400000000000006</v>
       </c>
       <c r="I66" s="99">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>21.599999999999994</v>
       </c>
       <c r="J66" s="126" t="s">
         <v>26</v>
       </c>
       <c r="K66" s="127"/>
       <c r="L66" s="73"/>
       <c r="M66" s="73"/>
       <c r="N66" s="73"/>
       <c r="O66" s="73"/>
       <c r="P66" s="73"/>
       <c r="Q66" s="73"/>
-    </row>
-    <row r="67" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AA66" s="74"/>
+    </row>
+    <row r="67" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B67" s="95">
-        <v>45989</v>
+        <v>46130</v>
       </c>
       <c r="C67" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="D67" s="97" t="str">
+      <c r="D67" s="97">
         <f t="shared" si="2"/>
-        <v/>
+        <v>54</v>
       </c>
       <c r="E67" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="F67" s="96"/>
+      <c r="F67" s="96" t="s">
+        <v>58</v>
+      </c>
       <c r="G67" s="96" t="s">
         <v>58</v>
       </c>
       <c r="H67" s="98">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>10.8</v>
       </c>
       <c r="I67" s="99">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>43.2</v>
       </c>
       <c r="J67" s="126" t="s">
         <v>26</v>
       </c>
       <c r="K67" s="127"/>
       <c r="L67" s="73"/>
       <c r="M67" s="73"/>
       <c r="N67" s="73"/>
       <c r="O67" s="73"/>
       <c r="P67" s="73"/>
       <c r="Q67" s="73"/>
       <c r="AA67" s="74"/>
     </row>
-    <row r="68" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B68" s="95">
-        <v>45990</v>
+        <v>46131</v>
       </c>
       <c r="C68" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="D68" s="97" t="str">
+      <c r="D68" s="97">
         <f t="shared" si="2"/>
-        <v/>
+        <v>54</v>
       </c>
       <c r="E68" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="F68" s="96"/>
+      <c r="F68" s="96" t="s">
+        <v>58</v>
+      </c>
       <c r="G68" s="96" t="s">
         <v>58</v>
       </c>
       <c r="H68" s="98">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>10.8</v>
       </c>
       <c r="I68" s="99">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>43.2</v>
       </c>
       <c r="J68" s="126" t="s">
         <v>26</v>
       </c>
       <c r="K68" s="127"/>
       <c r="L68" s="73"/>
       <c r="M68" s="73"/>
       <c r="N68" s="73"/>
       <c r="O68" s="73"/>
       <c r="P68" s="73"/>
       <c r="Q68" s="73"/>
-      <c r="AA68" s="74"/>
-[...1 lines deleted...]
-    <row r="69" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="69" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B69" s="95">
-        <v>45991</v>
+        <v>46132</v>
       </c>
       <c r="C69" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="D69" s="97" t="str">
+      <c r="D69" s="97">
         <f t="shared" si="2"/>
-        <v/>
+        <v>54</v>
       </c>
       <c r="E69" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="F69" s="96"/>
+      <c r="F69" s="96" t="s">
+        <v>57</v>
+      </c>
       <c r="G69" s="96" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H69" s="98">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="I69" s="99">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>-7.1054273576010019E-15</v>
       </c>
       <c r="J69" s="126" t="s">
         <v>26</v>
       </c>
       <c r="K69" s="127"/>
       <c r="L69" s="73"/>
       <c r="M69" s="73"/>
       <c r="N69" s="73"/>
       <c r="O69" s="73"/>
       <c r="P69" s="73"/>
       <c r="Q69" s="73"/>
     </row>
-    <row r="70" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B70" s="95">
-        <v>45992</v>
+        <v>46133</v>
       </c>
       <c r="C70" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="D70" s="97" t="str">
+      <c r="D70" s="97">
         <f t="shared" si="2"/>
-        <v/>
+        <v>54</v>
       </c>
       <c r="E70" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="F70" s="96"/>
+      <c r="F70" s="96" t="s">
+        <v>57</v>
+      </c>
       <c r="G70" s="96" t="s">
         <v>58</v>
       </c>
       <c r="H70" s="98">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>32.400000000000006</v>
       </c>
       <c r="I70" s="99">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>21.599999999999994</v>
       </c>
       <c r="J70" s="126" t="s">
         <v>26</v>
       </c>
       <c r="K70" s="127"/>
       <c r="L70" s="73"/>
       <c r="M70" s="73"/>
       <c r="N70" s="73"/>
       <c r="O70" s="73"/>
       <c r="P70" s="73"/>
       <c r="Q70" s="73"/>
-    </row>
-    <row r="71" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AH70" s="8"/>
+      <c r="AI70" s="8"/>
+    </row>
+    <row r="71" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B71" s="95">
-        <v>45993</v>
+        <v>46134</v>
       </c>
       <c r="C71" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="D71" s="97" t="str">
+      <c r="D71" s="97">
         <f t="shared" si="2"/>
-        <v/>
+        <v>54</v>
       </c>
       <c r="E71" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="F71" s="96"/>
+      <c r="F71" s="96" t="s">
+        <v>57</v>
+      </c>
       <c r="G71" s="96" t="s">
         <v>58</v>
       </c>
       <c r="H71" s="98">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>32.400000000000006</v>
       </c>
       <c r="I71" s="99">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>21.599999999999994</v>
       </c>
       <c r="J71" s="126" t="s">
         <v>26</v>
       </c>
       <c r="K71" s="127"/>
       <c r="L71" s="73"/>
       <c r="M71" s="73"/>
       <c r="N71" s="73"/>
       <c r="O71" s="73"/>
       <c r="P71" s="73"/>
       <c r="Q71" s="73"/>
       <c r="AH71" s="8"/>
       <c r="AI71" s="8"/>
     </row>
-    <row r="72" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B72" s="95">
-        <v>45994</v>
+        <v>46135</v>
       </c>
       <c r="C72" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="D72" s="97" t="str">
+      <c r="D72" s="97">
         <f t="shared" si="2"/>
-        <v/>
+        <v>54</v>
       </c>
       <c r="E72" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="F72" s="96"/>
+      <c r="F72" s="96" t="s">
+        <v>57</v>
+      </c>
       <c r="G72" s="96" t="s">
         <v>58</v>
       </c>
       <c r="H72" s="98">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>32.400000000000006</v>
       </c>
       <c r="I72" s="99">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>21.599999999999994</v>
       </c>
       <c r="J72" s="126" t="s">
         <v>26</v>
       </c>
       <c r="K72" s="127"/>
       <c r="L72" s="73"/>
       <c r="M72" s="73"/>
       <c r="N72" s="73"/>
       <c r="O72" s="73"/>
       <c r="P72" s="73"/>
       <c r="Q72" s="73"/>
       <c r="AH72" s="8"/>
       <c r="AI72" s="8"/>
     </row>
-    <row r="73" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
       <c r="B73" s="95">
-        <v>45995</v>
+        <v>46136</v>
       </c>
       <c r="C73" s="96" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D73" s="97" t="str">
+        <v>60</v>
+      </c>
+      <c r="D73" s="97">
         <f t="shared" si="2"/>
-        <v/>
+        <v>36</v>
       </c>
       <c r="E73" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="F73" s="96"/>
+      <c r="F73" s="96" t="s">
+        <v>58</v>
+      </c>
       <c r="G73" s="96" t="s">
         <v>58</v>
       </c>
       <c r="H73" s="98">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>7.2</v>
       </c>
       <c r="I73" s="99">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>28.8</v>
       </c>
       <c r="J73" s="126" t="s">
         <v>26</v>
       </c>
       <c r="K73" s="127"/>
       <c r="L73" s="73"/>
       <c r="M73" s="73"/>
       <c r="N73" s="73"/>
       <c r="O73" s="73"/>
       <c r="P73" s="73"/>
       <c r="Q73" s="73"/>
-      <c r="AH73" s="8"/>
-[...23 lines deleted...]
-        <f t="shared" si="3"/>
+    </row>
+    <row r="74" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B74" s="53" t="s">
+        <v>61</v>
+      </c>
+      <c r="C74" s="54"/>
+      <c r="D74" s="54"/>
+      <c r="E74" s="54"/>
+      <c r="F74" s="54"/>
+      <c r="G74" s="54"/>
+      <c r="I74" s="75">
+        <f>SUMIF(I62:I73, "&gt;0")</f>
+        <v>302.39999999999992</v>
+      </c>
+      <c r="J74" s="148" t="s">
+        <v>26</v>
+      </c>
+      <c r="K74" s="148"/>
+    </row>
+    <row r="75" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" thickBot="1">
+      <c r="B75" s="58"/>
+      <c r="C75" s="59"/>
+      <c r="D75" s="59"/>
+      <c r="E75" s="59"/>
+      <c r="F75" s="59"/>
+      <c r="G75" s="59"/>
+      <c r="H75" s="59"/>
+      <c r="I75" s="59"/>
+      <c r="J75" s="59"/>
+      <c r="K75" s="60"/>
+    </row>
+    <row r="76" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B76" s="31"/>
+    </row>
+    <row r="77" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B77" s="31"/>
+      <c r="H77" s="93" t="s">
+        <v>62</v>
+      </c>
+      <c r="I77" s="94">
+        <f>K52</f>
         <v>0</v>
       </c>
-      <c r="I74" s="99">
-[...47 lines deleted...]
-    <row r="78" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="78" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" thickBot="1">
       <c r="B78" s="31"/>
       <c r="H78" s="93" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I78" s="94">
-        <f>K53</f>
-[...19 lines deleted...]
-      <c r="H80" s="92" t="s">
+        <f>I74</f>
+        <v>302.39999999999992</v>
+      </c>
+    </row>
+    <row r="79" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" thickTop="1" thickBot="1">
+      <c r="C79" s="81"/>
+      <c r="D79" s="81"/>
+      <c r="E79" s="81"/>
+      <c r="F79" s="81"/>
+      <c r="G79" s="81"/>
+      <c r="H79" s="92" t="s">
         <v>64</v>
       </c>
-      <c r="I80" s="89">
-[...22 lines deleted...]
-      <c r="B83" s="80" t="s">
+      <c r="I79" s="89">
+        <f>K52 + I74</f>
+        <v>302.39999999999992</v>
+      </c>
+      <c r="J79" s="90"/>
+      <c r="K79" s="91"/>
+    </row>
+    <row r="80" spans="2:35" s="2" customFormat="1" ht="25" customHeight="1" thickTop="1">
+      <c r="B80" s="82"/>
+      <c r="C80" s="83"/>
+      <c r="D80" s="83"/>
+      <c r="E80" s="83"/>
+      <c r="F80" s="83"/>
+      <c r="G80" s="83"/>
+      <c r="H80" s="83"/>
+      <c r="I80" s="83"/>
+      <c r="J80" s="83"/>
+      <c r="K80" s="83"/>
+    </row>
+    <row r="81" spans="2:27" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B81" s="31"/>
+    </row>
+    <row r="82" spans="2:27" s="2" customFormat="1" ht="25" customHeight="1">
+      <c r="B82" s="80" t="s">
         <v>65</v>
       </c>
-      <c r="C83" s="76"/>
-[...17 lines deleted...]
-      <c r="B86" s="77" t="str">
+      <c r="C82" s="76"/>
+      <c r="D82" s="76"/>
+      <c r="E82" s="76"/>
+      <c r="F82" s="76"/>
+      <c r="G82" s="76"/>
+      <c r="H82" s="76"/>
+      <c r="I82" s="76"/>
+      <c r="J82" s="76"/>
+      <c r="K82" s="76"/>
+    </row>
+    <row r="83" spans="2:27" s="2" customFormat="1" ht="12" customHeight="1"/>
+    <row r="84" spans="2:27" s="2" customFormat="1" ht="31" customHeight="1">
+      <c r="B84" s="138"/>
+      <c r="C84" s="139"/>
+      <c r="D84" s="140"/>
+      <c r="E84" s="141"/>
+    </row>
+    <row r="85" spans="2:27" s="2" customFormat="1" ht="29" customHeight="1">
+      <c r="B85" s="77" t="str">
         <f>IF(E4="", "Name", E4)</f>
         <v>Name</v>
       </c>
-      <c r="D86" s="142" t="s">
+      <c r="D85" s="142" t="s">
         <v>47</v>
       </c>
-      <c r="E86" s="142"/>
-[...9 lines deleted...]
-    <row r="93" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="E85" s="142"/>
+    </row>
+    <row r="86" spans="2:27" s="2" customFormat="1"/>
+    <row r="87" spans="2:27" s="2" customFormat="1"/>
+    <row r="88" spans="2:27" s="2" customFormat="1"/>
+    <row r="89" spans="2:27" s="2" customFormat="1"/>
+    <row r="90" spans="2:27" s="2" customFormat="1">
+      <c r="AA90" s="74"/>
+    </row>
+    <row r="91" spans="2:27" s="2" customFormat="1"/>
+    <row r="92" spans="2:27" s="2" customFormat="1">
+      <c r="AA92" s="74"/>
+    </row>
+    <row r="93" spans="2:27" s="2" customFormat="1">
       <c r="AA93" s="74"/>
     </row>
-    <row r="94" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="2:27" s="2" customFormat="1">
       <c r="AA94" s="74"/>
     </row>
-    <row r="95" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="95" spans="2:27" s="2" customFormat="1">
       <c r="AA95" s="74"/>
     </row>
-    <row r="96" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="2:27" s="2" customFormat="1">
       <c r="AA96" s="74"/>
     </row>
-    <row r="97" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="97" spans="27:27" s="2" customFormat="1">
       <c r="AA97" s="74"/>
     </row>
-    <row r="98" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="98" spans="27:27" s="2" customFormat="1">
       <c r="AA98" s="74"/>
     </row>
-    <row r="99" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="99" spans="27:27" s="2" customFormat="1">
       <c r="AA99" s="74"/>
     </row>
-    <row r="100" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="100" spans="27:27" s="2" customFormat="1">
       <c r="AA100" s="74"/>
     </row>
-    <row r="101" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="27:27" s="2" customFormat="1">
       <c r="AA101" s="74"/>
     </row>
-    <row r="102" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="27:27" s="2" customFormat="1">
       <c r="AA102" s="74"/>
     </row>
-    <row r="103" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="27:27" s="2" customFormat="1">
       <c r="AA103" s="74"/>
     </row>
-    <row r="104" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="104" spans="27:27" s="2" customFormat="1">
       <c r="AA104" s="74"/>
     </row>
-    <row r="105" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="105" spans="27:27" s="2" customFormat="1">
       <c r="AA105" s="74"/>
     </row>
-    <row r="106" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="106" spans="27:27" s="2" customFormat="1">
       <c r="AA106" s="74"/>
     </row>
-    <row r="107" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="107" spans="27:27" s="2" customFormat="1">
       <c r="AA107" s="74"/>
     </row>
-    <row r="108" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="108" spans="27:27" s="2" customFormat="1">
       <c r="AA108" s="74"/>
     </row>
-    <row r="109" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="109" spans="27:27" s="2" customFormat="1">
       <c r="AA109" s="74"/>
     </row>
-    <row r="110" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="110" spans="27:27" s="2" customFormat="1">
       <c r="AA110" s="74"/>
     </row>
-    <row r="111" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="111" spans="27:27" s="2" customFormat="1">
       <c r="AA111" s="74"/>
     </row>
-    <row r="112" spans="27:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="112" spans="27:27" s="2" customFormat="1">
       <c r="AA112" s="74"/>
     </row>
-    <row r="113" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="113" spans="2:27" s="2" customFormat="1">
       <c r="AA113" s="74"/>
     </row>
-    <row r="114" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="114" spans="2:27" s="2" customFormat="1">
       <c r="AA114" s="74"/>
     </row>
-    <row r="115" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-    <row r="117" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="115" spans="2:27" s="2" customFormat="1"/>
+    <row r="116" spans="2:27" s="2" customFormat="1">
+      <c r="AA116" s="74"/>
+    </row>
+    <row r="117" spans="2:27" s="2" customFormat="1">
       <c r="AA117" s="74"/>
     </row>
-    <row r="118" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="118" spans="2:27" s="2" customFormat="1">
       <c r="AA118" s="74"/>
     </row>
-    <row r="119" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="119" spans="2:27" s="2" customFormat="1">
       <c r="AA119" s="74"/>
     </row>
-    <row r="120" spans="2:27" s="2" customFormat="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="B125" s="107" t="s">
+    <row r="120" spans="2:27" s="2" customFormat="1"/>
+    <row r="121" spans="2:27" s="2" customFormat="1"/>
+    <row r="122" spans="2:27" s="2" customFormat="1"/>
+    <row r="123" spans="2:27" s="2" customFormat="1"/>
+    <row r="124" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B124" s="107" t="s">
         <v>66</v>
       </c>
-      <c r="C125" s="107" t="s">
+      <c r="C124" s="107" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="126" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="125" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B125" s="106" t="s">
+        <v>20</v>
+      </c>
+      <c r="C125" s="106" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="126" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B126" s="106" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="C126" s="106" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="127" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="127" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B127" s="106" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C127" s="106" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="128" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B128" s="106" t="s">
+        <v>71</v>
+      </c>
+      <c r="C128" s="106" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="128" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-    <row r="129" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="129" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B129" s="106" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C129" s="106" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="130" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="130" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B130" s="106" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C130" s="106" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="131" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B131" s="106" t="s">
+        <v>75</v>
+      </c>
+      <c r="C131" s="106" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="132" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B132" s="106" t="s">
+        <v>77</v>
+      </c>
+      <c r="C132" s="106" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="131" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-    <row r="133" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="133" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B133" s="106" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C133" s="106" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="134" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="134" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B134" s="106" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C134" s="106" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="135" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="135" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B135" s="106" t="s">
-        <v>79</v>
+        <v>6</v>
       </c>
       <c r="C135" s="106" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="136" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="136" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B136" s="106" t="s">
-        <v>6</v>
+        <v>80</v>
       </c>
       <c r="C136" s="106" t="s">
         <v>67</v>
       </c>
-    </row>
-    <row r="137" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="AA136" s="74"/>
+    </row>
+    <row r="137" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B137" s="106" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C137" s="106" t="s">
+        <v>82</v>
+      </c>
+      <c r="AA137" s="74"/>
+    </row>
+    <row r="138" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B138" s="106" t="s">
+        <v>83</v>
+      </c>
+      <c r="C138" s="106" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA138" s="74"/>
+    </row>
+    <row r="139" spans="2:27" s="2" customFormat="1" hidden="1">
+      <c r="B139" s="106" t="s">
+        <v>85</v>
+      </c>
+      <c r="C139" s="106" t="s">
         <v>67</v>
       </c>
-      <c r="AA137" s="74"/>
-[...16 lines deleted...]
-      </c>
       <c r="AA139" s="74"/>
     </row>
-    <row r="140" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="140" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B140" s="106" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C140" s="106" t="s">
         <v>67</v>
       </c>
-      <c r="AA140" s="74"/>
-[...1 lines deleted...]
-    <row r="141" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="141" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B141" s="106" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C141" s="106" t="s">
         <v>67</v>
       </c>
-    </row>
-    <row r="142" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="AA141" s="74"/>
+    </row>
+    <row r="142" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B142" s="106" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C142" s="106" t="s">
         <v>67</v>
       </c>
       <c r="AA142" s="74"/>
     </row>
-    <row r="143" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="143" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B143" s="106" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C143" s="106" t="s">
         <v>67</v>
       </c>
       <c r="AA143" s="74"/>
     </row>
-    <row r="144" spans="2:27" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="144" spans="2:27" s="2" customFormat="1" hidden="1">
       <c r="B144" s="106" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C144" s="106" t="s">
         <v>67</v>
       </c>
       <c r="AA144" s="74"/>
     </row>
-    <row r="145" spans="2:37" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="145" spans="2:37" s="2" customFormat="1" hidden="1">
       <c r="B145" s="106" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C145" s="106" t="s">
         <v>67</v>
       </c>
-      <c r="AA145" s="74"/>
-[...1 lines deleted...]
-    <row r="146" spans="2:37" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="146" spans="2:37" s="2" customFormat="1" hidden="1">
       <c r="B146" s="106" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C146" s="106" t="s">
+        <v>93</v>
+      </c>
+      <c r="AA146" s="74"/>
+    </row>
+    <row r="147" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B147" s="106" t="s">
+        <v>94</v>
+      </c>
+      <c r="C147" s="106" t="s">
+        <v>95</v>
+      </c>
+      <c r="AA147" s="74"/>
+    </row>
+    <row r="148" spans="2:37" s="2" customFormat="1" hidden="1">
+      <c r="B148" s="106" t="s">
+        <v>96</v>
+      </c>
+      <c r="C148" s="106" t="s">
         <v>67</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      </c>
       <c r="AA148" s="74"/>
     </row>
-    <row r="149" spans="2:37" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+    <row r="149" spans="2:37" s="2" customFormat="1" hidden="1">
       <c r="B149" s="106" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C149" s="106" t="s">
+        <v>98</v>
+      </c>
+      <c r="AA149" s="74"/>
+    </row>
+    <row r="150" spans="2:37" hidden="1">
+      <c r="B150" s="106" t="s">
+        <v>99</v>
+      </c>
+      <c r="C150" s="106" t="s">
         <v>67</v>
       </c>
-      <c r="AA149" s="74"/>
-[...10 lines deleted...]
-    <row r="151" spans="2:37" hidden="1" x14ac:dyDescent="0.2">
+      <c r="Y150" s="2"/>
+      <c r="Z150" s="2"/>
+      <c r="AD150" s="2"/>
+      <c r="AE150" s="2"/>
+      <c r="AF150" s="2"/>
+      <c r="AG150" s="2"/>
+      <c r="AH150" s="2"/>
+      <c r="AI150" s="2"/>
+      <c r="AJ150" s="2"/>
+      <c r="AK150" s="2"/>
+    </row>
+    <row r="151" spans="2:37" hidden="1">
       <c r="B151" s="106" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C151" s="106" t="s">
         <v>67</v>
       </c>
       <c r="Y151" s="2"/>
       <c r="Z151" s="2"/>
       <c r="AD151" s="2"/>
       <c r="AE151" s="2"/>
       <c r="AF151" s="2"/>
       <c r="AG151" s="2"/>
       <c r="AH151" s="2"/>
       <c r="AI151" s="2"/>
       <c r="AJ151" s="2"/>
       <c r="AK151" s="2"/>
     </row>
-    <row r="152" spans="2:37" hidden="1" x14ac:dyDescent="0.2">
+    <row r="152" spans="2:37" hidden="1">
       <c r="B152" s="106" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C152" s="106" t="s">
         <v>67</v>
       </c>
       <c r="Y152" s="2"/>
       <c r="Z152" s="2"/>
       <c r="AD152" s="2"/>
       <c r="AE152" s="2"/>
       <c r="AF152" s="2"/>
       <c r="AG152" s="2"/>
       <c r="AH152" s="2"/>
       <c r="AI152" s="2"/>
       <c r="AJ152" s="2"/>
       <c r="AK152" s="2"/>
     </row>
-    <row r="153" spans="2:37" hidden="1" x14ac:dyDescent="0.2">
+    <row r="153" spans="2:37" hidden="1">
       <c r="B153" s="106" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C153" s="106" t="s">
-        <v>67</v>
+        <v>103</v>
       </c>
       <c r="Y153" s="2"/>
       <c r="Z153" s="2"/>
       <c r="AD153" s="2"/>
       <c r="AE153" s="2"/>
       <c r="AF153" s="2"/>
       <c r="AG153" s="2"/>
       <c r="AH153" s="2"/>
       <c r="AI153" s="2"/>
       <c r="AJ153" s="2"/>
       <c r="AK153" s="2"/>
     </row>
-    <row r="154" spans="2:37" hidden="1" x14ac:dyDescent="0.2">
+    <row r="154" spans="2:37" hidden="1">
       <c r="B154" s="106" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C154" s="106" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="Y154" s="2"/>
       <c r="Z154" s="2"/>
       <c r="AD154" s="2"/>
       <c r="AE154" s="2"/>
       <c r="AF154" s="2"/>
       <c r="AG154" s="2"/>
       <c r="AH154" s="2"/>
       <c r="AI154" s="2"/>
       <c r="AJ154" s="2"/>
       <c r="AK154" s="2"/>
     </row>
-    <row r="155" spans="2:37" hidden="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      </c>
+    <row r="155" spans="2:37" hidden="1">
       <c r="Y155" s="2"/>
       <c r="Z155" s="2"/>
       <c r="AD155" s="2"/>
       <c r="AE155" s="2"/>
       <c r="AF155" s="2"/>
       <c r="AG155" s="2"/>
       <c r="AH155" s="2"/>
       <c r="AI155" s="2"/>
       <c r="AJ155" s="2"/>
       <c r="AK155" s="2"/>
     </row>
-    <row r="156" spans="2:37" hidden="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="B157" s="108" t="s">
+    <row r="156" spans="2:37" hidden="1">
+      <c r="B156" s="108" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="158" spans="2:37" hidden="1" x14ac:dyDescent="0.2">
+    <row r="157" spans="2:37" hidden="1">
+      <c r="B157" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C157" s="8">
+        <v>33</v>
+      </c>
+      <c r="D157" s="8">
+        <v>50</v>
+      </c>
+      <c r="E157" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="158" spans="2:37" hidden="1">
       <c r="B158" s="7" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="C158" s="8">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D158" s="8">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="E158" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="159" spans="2:37" hidden="1" x14ac:dyDescent="0.2">
+    <row r="159" spans="2:37" hidden="1">
       <c r="B159" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C159" s="8">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D159" s="8">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="E159" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="AA159" s="74"/>
+    </row>
+    <row r="160" spans="2:37" hidden="1">
+      <c r="B160" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C160" s="8">
+        <v>24</v>
+      </c>
+      <c r="D160" s="8">
+        <v>35</v>
+      </c>
+      <c r="E160" s="2"/>
+    </row>
+    <row r="161" spans="2:5" hidden="1">
+      <c r="B161" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C161" s="8">
+        <v>28</v>
+      </c>
+      <c r="D161" s="8">
+        <v>42</v>
+      </c>
+      <c r="E161" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="160" spans="2:37" hidden="1" x14ac:dyDescent="0.2">
-[...26 lines deleted...]
-    <row r="162" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    <row r="162" spans="2:5" hidden="1">
       <c r="B162" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C162" s="8">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D162" s="8">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E162" s="7" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="163" spans="2:5" hidden="1">
+      <c r="B163" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="C163" s="8">
+        <v>50</v>
+      </c>
+      <c r="D163" s="8">
+        <v>75</v>
+      </c>
+      <c r="E163" s="7" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="164" spans="2:5" hidden="1">
+      <c r="B164" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C164" s="8">
+        <v>20</v>
+      </c>
+      <c r="D164" s="8">
+        <v>29</v>
+      </c>
+      <c r="E164" s="8"/>
+    </row>
+    <row r="165" spans="2:5" hidden="1">
+      <c r="B165" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="C165" s="8">
+        <v>36</v>
+      </c>
+      <c r="D165" s="8">
+        <v>54</v>
+      </c>
+      <c r="E165" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="163" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
-[...39 lines deleted...]
-    <row r="166" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    <row r="166" spans="2:5" hidden="1">
       <c r="B166" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C166" s="8">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D166" s="8">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E166" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="167" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    <row r="167" spans="2:5" hidden="1">
       <c r="B167" s="7" t="s">
-        <v>79</v>
+        <v>6</v>
       </c>
       <c r="C167" s="8">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="D167" s="8">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="E167" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="168" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    <row r="168" spans="2:5" hidden="1">
       <c r="B168" s="7" t="s">
-        <v>6</v>
+        <v>80</v>
       </c>
       <c r="C168" s="8">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="D168" s="8">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="E168" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="169" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    <row r="169" spans="2:5" hidden="1">
       <c r="B169" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C169" s="8">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D169" s="8">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E169" s="7" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="170" spans="2:5" hidden="1">
+      <c r="B170" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="C170" s="8">
+        <v>41</v>
+      </c>
+      <c r="D170" s="8">
+        <v>62</v>
+      </c>
+      <c r="E170" s="7" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="171" spans="2:5" hidden="1">
+      <c r="B171" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C171" s="8">
+        <v>39</v>
+      </c>
+      <c r="D171" s="8">
+        <v>58</v>
+      </c>
+      <c r="E171" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="170" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="D170" s="8">
+    <row r="172" spans="2:5" hidden="1">
+      <c r="B172" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C172" s="8">
         <v>32</v>
       </c>
-      <c r="E170" s="7" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="D172" s="8">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="E172" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="173" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    <row r="173" spans="2:5" hidden="1">
       <c r="B173" s="2" t="s">
-        <v>112</v>
+        <v>87</v>
       </c>
       <c r="C173" s="8">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D173" s="8">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="E173" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="174" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>87</v>
+    <row r="174" spans="2:5" hidden="1">
+      <c r="B174" s="7" t="s">
+        <v>88</v>
       </c>
       <c r="C174" s="8">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D174" s="8">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="E174" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="175" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    <row r="175" spans="2:5" hidden="1">
       <c r="B175" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C175" s="8">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="D175" s="8">
+        <v>63</v>
+      </c>
+      <c r="E175" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="E175" s="7" t="s">
-[...3 lines deleted...]
-    <row r="176" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="176" spans="2:5" hidden="1">
       <c r="B176" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C176" s="8">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="D176" s="8">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="E176" s="21" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="177" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    <row r="177" spans="2:5" hidden="1">
       <c r="B177" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C177" s="8">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D177" s="8">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E177" s="21" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="178" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    <row r="178" spans="2:5" hidden="1">
       <c r="B178" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C178" s="8">
+        <v>50</v>
+      </c>
+      <c r="D178" s="8">
+        <v>75</v>
+      </c>
+      <c r="E178" s="21" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="179" spans="2:5" hidden="1">
+      <c r="B179" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="C179" s="8">
+        <v>22</v>
+      </c>
+      <c r="D179" s="8">
+        <v>33</v>
+      </c>
+      <c r="E179" s="21" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="180" spans="2:5" hidden="1">
+      <c r="B180" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="C180" s="8">
+        <v>21</v>
+      </c>
+      <c r="D180" s="8">
         <v>32</v>
       </c>
-      <c r="D178" s="8">
-[...2 lines deleted...]
-      <c r="E178" s="21" t="s">
+      <c r="E180" s="21" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="179" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
-[...27 lines deleted...]
-    <row r="181" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
+    <row r="181" spans="2:5" hidden="1">
       <c r="B181" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C181" s="8">
         <v>21</v>
       </c>
       <c r="D181" s="8">
         <v>32</v>
       </c>
       <c r="E181" s="21" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="182" spans="2:5" hidden="1">
+      <c r="B182" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="C182" s="8">
+        <v>22</v>
+      </c>
+      <c r="D182" s="8">
+        <v>33</v>
+      </c>
+      <c r="E182" s="21"/>
+    </row>
+    <row r="183" spans="2:5" hidden="1">
+      <c r="B183" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="C183" s="8">
+        <v>25</v>
+      </c>
+      <c r="D183" s="8">
+        <v>38</v>
+      </c>
+      <c r="E183" s="21"/>
+    </row>
+    <row r="184" spans="2:5" hidden="1">
+      <c r="B184" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C184" s="8">
+        <v>23</v>
+      </c>
+      <c r="D184" s="8">
+        <v>34</v>
+      </c>
+      <c r="E184" s="21"/>
+    </row>
+    <row r="185" spans="2:5" hidden="1">
+      <c r="B185" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C185" s="8">
+        <v>44</v>
+      </c>
+      <c r="D185" s="8">
+        <v>66</v>
+      </c>
+      <c r="E185" s="21"/>
+    </row>
+    <row r="186" spans="2:5" hidden="1"/>
+    <row r="187" spans="2:5" hidden="1"/>
+    <row r="188" spans="2:5" hidden="1"/>
+    <row r="189" spans="2:5" hidden="1"/>
+    <row r="190" spans="2:5" hidden="1"/>
+    <row r="191" spans="2:5" ht="16.5" hidden="1">
+      <c r="B191" s="110" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="192" spans="2:5" ht="16.5" hidden="1">
+      <c r="B192" s="105" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="193" spans="2:2" ht="16.5" hidden="1">
+      <c r="B193" s="105" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="182" spans="2:5" hidden="1" x14ac:dyDescent="0.2">
-[...82 lines deleted...]
-      <c r="B195" s="109" t="str">
+    <row r="194" spans="2:2" ht="16.5" hidden="1">
+      <c r="B194" s="109" t="str">
         <f>H21</f>
         <v>Home Country of E7</v>
       </c>
     </row>
-    <row r="196" spans="2:2" ht="17" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B196" s="109" t="str">
+    <row r="195" spans="2:2" ht="16.5" hidden="1">
+      <c r="B195" s="109" t="str">
         <f>H22</f>
         <v>Please choose if needed</v>
       </c>
     </row>
-    <row r="197" spans="2:2" s="2" customFormat="1" hidden="1" x14ac:dyDescent="0.2"/>
-[...1589 lines deleted...]
-    <row r="1787" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="196" spans="2:2" s="2" customFormat="1" hidden="1"/>
+    <row r="197" spans="2:2" s="2" customFormat="1" hidden="1"/>
+    <row r="198" spans="2:2" s="2" customFormat="1" hidden="1"/>
+    <row r="199" spans="2:2" s="2" customFormat="1"/>
+    <row r="200" spans="2:2" s="2" customFormat="1"/>
+    <row r="201" spans="2:2" s="2" customFormat="1"/>
+    <row r="202" spans="2:2" s="2" customFormat="1"/>
+    <row r="203" spans="2:2" s="2" customFormat="1"/>
+    <row r="204" spans="2:2" s="2" customFormat="1"/>
+    <row r="205" spans="2:2" s="2" customFormat="1"/>
+    <row r="206" spans="2:2" s="2" customFormat="1"/>
+    <row r="207" spans="2:2" s="2" customFormat="1"/>
+    <row r="208" spans="2:2" s="2" customFormat="1"/>
+    <row r="209" s="2" customFormat="1"/>
+    <row r="210" s="2" customFormat="1"/>
+    <row r="211" s="2" customFormat="1"/>
+    <row r="212" s="2" customFormat="1"/>
+    <row r="213" s="2" customFormat="1"/>
+    <row r="214" s="2" customFormat="1"/>
+    <row r="215" s="2" customFormat="1"/>
+    <row r="216" s="2" customFormat="1"/>
+    <row r="217" s="2" customFormat="1"/>
+    <row r="218" s="2" customFormat="1"/>
+    <row r="219" s="2" customFormat="1"/>
+    <row r="220" s="2" customFormat="1"/>
+    <row r="221" s="2" customFormat="1"/>
+    <row r="222" s="2" customFormat="1"/>
+    <row r="223" s="2" customFormat="1"/>
+    <row r="224" s="2" customFormat="1"/>
+    <row r="225" s="2" customFormat="1"/>
+    <row r="226" s="2" customFormat="1"/>
+    <row r="227" s="2" customFormat="1"/>
+    <row r="228" s="2" customFormat="1"/>
+    <row r="229" s="2" customFormat="1"/>
+    <row r="230" s="2" customFormat="1"/>
+    <row r="231" s="2" customFormat="1"/>
+    <row r="232" s="2" customFormat="1"/>
+    <row r="233" s="2" customFormat="1"/>
+    <row r="234" s="2" customFormat="1"/>
+    <row r="235" s="2" customFormat="1"/>
+    <row r="236" s="2" customFormat="1"/>
+    <row r="237" s="2" customFormat="1"/>
+    <row r="238" s="2" customFormat="1"/>
+    <row r="239" s="2" customFormat="1"/>
+    <row r="240" s="2" customFormat="1"/>
+    <row r="241" s="2" customFormat="1"/>
+    <row r="242" s="2" customFormat="1"/>
+    <row r="243" s="2" customFormat="1"/>
+    <row r="244" s="2" customFormat="1"/>
+    <row r="245" s="2" customFormat="1"/>
+    <row r="246" s="2" customFormat="1"/>
+    <row r="247" s="2" customFormat="1"/>
+    <row r="248" s="2" customFormat="1"/>
+    <row r="249" s="2" customFormat="1"/>
+    <row r="250" s="2" customFormat="1"/>
+    <row r="251" s="2" customFormat="1"/>
+    <row r="252" s="2" customFormat="1"/>
+    <row r="253" s="2" customFormat="1"/>
+    <row r="254" s="2" customFormat="1"/>
+    <row r="255" s="2" customFormat="1"/>
+    <row r="256" s="2" customFormat="1"/>
+    <row r="257" s="2" customFormat="1"/>
+    <row r="258" s="2" customFormat="1"/>
+    <row r="259" s="2" customFormat="1"/>
+    <row r="260" s="2" customFormat="1"/>
+    <row r="261" s="2" customFormat="1"/>
+    <row r="262" s="2" customFormat="1"/>
+    <row r="263" s="2" customFormat="1"/>
+    <row r="264" s="2" customFormat="1"/>
+    <row r="265" s="2" customFormat="1"/>
+    <row r="266" s="2" customFormat="1"/>
+    <row r="267" s="2" customFormat="1"/>
+    <row r="268" s="2" customFormat="1"/>
+    <row r="269" s="2" customFormat="1"/>
+    <row r="270" s="2" customFormat="1"/>
+    <row r="271" s="2" customFormat="1"/>
+    <row r="272" s="2" customFormat="1"/>
+    <row r="273" s="2" customFormat="1"/>
+    <row r="274" s="2" customFormat="1"/>
+    <row r="275" s="2" customFormat="1"/>
+    <row r="276" s="2" customFormat="1"/>
+    <row r="277" s="2" customFormat="1"/>
+    <row r="278" s="2" customFormat="1"/>
+    <row r="279" s="2" customFormat="1"/>
+    <row r="280" s="2" customFormat="1"/>
+    <row r="281" s="2" customFormat="1"/>
+    <row r="282" s="2" customFormat="1"/>
+    <row r="283" s="2" customFormat="1"/>
+    <row r="284" s="2" customFormat="1"/>
+    <row r="285" s="2" customFormat="1"/>
+    <row r="286" s="2" customFormat="1"/>
+    <row r="287" s="2" customFormat="1"/>
+    <row r="288" s="2" customFormat="1"/>
+    <row r="289" s="2" customFormat="1"/>
+    <row r="290" s="2" customFormat="1"/>
+    <row r="291" s="2" customFormat="1"/>
+    <row r="292" s="2" customFormat="1"/>
+    <row r="293" s="2" customFormat="1"/>
+    <row r="294" s="2" customFormat="1"/>
+    <row r="295" s="2" customFormat="1"/>
+    <row r="296" s="2" customFormat="1"/>
+    <row r="297" s="2" customFormat="1"/>
+    <row r="298" s="2" customFormat="1"/>
+    <row r="299" s="2" customFormat="1"/>
+    <row r="300" s="2" customFormat="1"/>
+    <row r="301" s="2" customFormat="1"/>
+    <row r="302" s="2" customFormat="1"/>
+    <row r="303" s="2" customFormat="1"/>
+    <row r="304" s="2" customFormat="1"/>
+    <row r="305" s="2" customFormat="1"/>
+    <row r="306" s="2" customFormat="1"/>
+    <row r="307" s="2" customFormat="1"/>
+    <row r="308" s="2" customFormat="1"/>
+    <row r="309" s="2" customFormat="1"/>
+    <row r="310" s="2" customFormat="1"/>
+    <row r="311" s="2" customFormat="1"/>
+    <row r="312" s="2" customFormat="1"/>
+    <row r="313" s="2" customFormat="1"/>
+    <row r="314" s="2" customFormat="1"/>
+    <row r="315" s="2" customFormat="1"/>
+    <row r="316" s="2" customFormat="1"/>
+    <row r="317" s="2" customFormat="1"/>
+    <row r="318" s="2" customFormat="1"/>
+    <row r="319" s="2" customFormat="1"/>
+    <row r="320" s="2" customFormat="1"/>
+    <row r="321" s="2" customFormat="1"/>
+    <row r="322" s="2" customFormat="1"/>
+    <row r="323" s="2" customFormat="1"/>
+    <row r="324" s="2" customFormat="1"/>
+    <row r="325" s="2" customFormat="1"/>
+    <row r="326" s="2" customFormat="1"/>
+    <row r="327" s="2" customFormat="1"/>
+    <row r="328" s="2" customFormat="1"/>
+    <row r="329" s="2" customFormat="1"/>
+    <row r="330" s="2" customFormat="1"/>
+    <row r="331" s="2" customFormat="1"/>
+    <row r="332" s="2" customFormat="1"/>
+    <row r="333" s="2" customFormat="1"/>
+    <row r="334" s="2" customFormat="1"/>
+    <row r="335" s="2" customFormat="1"/>
+    <row r="336" s="2" customFormat="1"/>
+    <row r="337" s="2" customFormat="1"/>
+    <row r="338" s="2" customFormat="1"/>
+    <row r="339" s="2" customFormat="1"/>
+    <row r="340" s="2" customFormat="1"/>
+    <row r="341" s="2" customFormat="1"/>
+    <row r="342" s="2" customFormat="1"/>
+    <row r="343" s="2" customFormat="1"/>
+    <row r="344" s="2" customFormat="1"/>
+    <row r="345" s="2" customFormat="1"/>
+    <row r="346" s="2" customFormat="1"/>
+    <row r="347" s="2" customFormat="1"/>
+    <row r="348" s="2" customFormat="1"/>
+    <row r="349" s="2" customFormat="1"/>
+    <row r="350" s="2" customFormat="1"/>
+    <row r="351" s="2" customFormat="1"/>
+    <row r="352" s="2" customFormat="1"/>
+    <row r="353" s="2" customFormat="1"/>
+    <row r="354" s="2" customFormat="1"/>
+    <row r="355" s="2" customFormat="1"/>
+    <row r="356" s="2" customFormat="1"/>
+    <row r="357" s="2" customFormat="1"/>
+    <row r="358" s="2" customFormat="1"/>
+    <row r="359" s="2" customFormat="1"/>
+    <row r="360" s="2" customFormat="1"/>
+    <row r="361" s="2" customFormat="1"/>
+    <row r="362" s="2" customFormat="1"/>
+    <row r="363" s="2" customFormat="1"/>
+    <row r="364" s="2" customFormat="1"/>
+    <row r="365" s="2" customFormat="1"/>
+    <row r="366" s="2" customFormat="1"/>
+    <row r="367" s="2" customFormat="1"/>
+    <row r="368" s="2" customFormat="1"/>
+    <row r="369" s="2" customFormat="1"/>
+    <row r="370" s="2" customFormat="1"/>
+    <row r="371" s="2" customFormat="1"/>
+    <row r="372" s="2" customFormat="1"/>
+    <row r="373" s="2" customFormat="1"/>
+    <row r="374" s="2" customFormat="1"/>
+    <row r="375" s="2" customFormat="1"/>
+    <row r="376" s="2" customFormat="1"/>
+    <row r="377" s="2" customFormat="1"/>
+    <row r="378" s="2" customFormat="1"/>
+    <row r="379" s="2" customFormat="1"/>
+    <row r="380" s="2" customFormat="1"/>
+    <row r="381" s="2" customFormat="1"/>
+    <row r="382" s="2" customFormat="1"/>
+    <row r="383" s="2" customFormat="1"/>
+    <row r="384" s="2" customFormat="1"/>
+    <row r="385" s="2" customFormat="1"/>
+    <row r="386" s="2" customFormat="1"/>
+    <row r="387" s="2" customFormat="1"/>
+    <row r="388" s="2" customFormat="1"/>
+    <row r="389" s="2" customFormat="1"/>
+    <row r="390" s="2" customFormat="1"/>
+    <row r="391" s="2" customFormat="1"/>
+    <row r="392" s="2" customFormat="1"/>
+    <row r="393" s="2" customFormat="1"/>
+    <row r="394" s="2" customFormat="1"/>
+    <row r="395" s="2" customFormat="1"/>
+    <row r="396" s="2" customFormat="1"/>
+    <row r="397" s="2" customFormat="1"/>
+    <row r="398" s="2" customFormat="1"/>
+    <row r="399" s="2" customFormat="1"/>
+    <row r="400" s="2" customFormat="1"/>
+    <row r="401" s="2" customFormat="1"/>
+    <row r="402" s="2" customFormat="1"/>
+    <row r="403" s="2" customFormat="1"/>
+    <row r="404" s="2" customFormat="1"/>
+    <row r="405" s="2" customFormat="1"/>
+    <row r="406" s="2" customFormat="1"/>
+    <row r="407" s="2" customFormat="1"/>
+    <row r="408" s="2" customFormat="1"/>
+    <row r="409" s="2" customFormat="1"/>
+    <row r="410" s="2" customFormat="1"/>
+    <row r="411" s="2" customFormat="1"/>
+    <row r="412" s="2" customFormat="1"/>
+    <row r="413" s="2" customFormat="1"/>
+    <row r="414" s="2" customFormat="1"/>
+    <row r="415" s="2" customFormat="1"/>
+    <row r="416" s="2" customFormat="1"/>
+    <row r="417" s="2" customFormat="1"/>
+    <row r="418" s="2" customFormat="1"/>
+    <row r="419" s="2" customFormat="1"/>
+    <row r="420" s="2" customFormat="1"/>
+    <row r="421" s="2" customFormat="1"/>
+    <row r="422" s="2" customFormat="1"/>
+    <row r="423" s="2" customFormat="1"/>
+    <row r="424" s="2" customFormat="1"/>
+    <row r="425" s="2" customFormat="1"/>
+    <row r="426" s="2" customFormat="1"/>
+    <row r="427" s="2" customFormat="1"/>
+    <row r="428" s="2" customFormat="1"/>
+    <row r="429" s="2" customFormat="1"/>
+    <row r="430" s="2" customFormat="1"/>
+    <row r="431" s="2" customFormat="1"/>
+    <row r="432" s="2" customFormat="1"/>
+    <row r="433" s="2" customFormat="1"/>
+    <row r="434" s="2" customFormat="1"/>
+    <row r="435" s="2" customFormat="1"/>
+    <row r="436" s="2" customFormat="1"/>
+    <row r="437" s="2" customFormat="1"/>
+    <row r="438" s="2" customFormat="1"/>
+    <row r="439" s="2" customFormat="1"/>
+    <row r="440" s="2" customFormat="1"/>
+    <row r="441" s="2" customFormat="1"/>
+    <row r="442" s="2" customFormat="1"/>
+    <row r="443" s="2" customFormat="1"/>
+    <row r="444" s="2" customFormat="1"/>
+    <row r="445" s="2" customFormat="1"/>
+    <row r="446" s="2" customFormat="1"/>
+    <row r="447" s="2" customFormat="1"/>
+    <row r="448" s="2" customFormat="1"/>
+    <row r="449" s="2" customFormat="1"/>
+    <row r="450" s="2" customFormat="1"/>
+    <row r="451" s="2" customFormat="1"/>
+    <row r="452" s="2" customFormat="1"/>
+    <row r="453" s="2" customFormat="1"/>
+    <row r="454" s="2" customFormat="1"/>
+    <row r="455" s="2" customFormat="1"/>
+    <row r="456" s="2" customFormat="1"/>
+    <row r="457" s="2" customFormat="1"/>
+    <row r="458" s="2" customFormat="1"/>
+    <row r="459" s="2" customFormat="1"/>
+    <row r="460" s="2" customFormat="1"/>
+    <row r="461" s="2" customFormat="1"/>
+    <row r="462" s="2" customFormat="1"/>
+    <row r="463" s="2" customFormat="1"/>
+    <row r="464" s="2" customFormat="1"/>
+    <row r="465" s="2" customFormat="1"/>
+    <row r="466" s="2" customFormat="1"/>
+    <row r="467" s="2" customFormat="1"/>
+    <row r="468" s="2" customFormat="1"/>
+    <row r="469" s="2" customFormat="1"/>
+    <row r="470" s="2" customFormat="1"/>
+    <row r="471" s="2" customFormat="1"/>
+    <row r="472" s="2" customFormat="1"/>
+    <row r="473" s="2" customFormat="1"/>
+    <row r="474" s="2" customFormat="1"/>
+    <row r="475" s="2" customFormat="1"/>
+    <row r="476" s="2" customFormat="1"/>
+    <row r="477" s="2" customFormat="1"/>
+    <row r="478" s="2" customFormat="1"/>
+    <row r="479" s="2" customFormat="1"/>
+    <row r="480" s="2" customFormat="1"/>
+    <row r="481" s="2" customFormat="1"/>
+    <row r="482" s="2" customFormat="1"/>
+    <row r="483" s="2" customFormat="1"/>
+    <row r="484" s="2" customFormat="1"/>
+    <row r="485" s="2" customFormat="1"/>
+    <row r="486" s="2" customFormat="1"/>
+    <row r="487" s="2" customFormat="1"/>
+    <row r="488" s="2" customFormat="1"/>
+    <row r="489" s="2" customFormat="1"/>
+    <row r="490" s="2" customFormat="1"/>
+    <row r="491" s="2" customFormat="1"/>
+    <row r="492" s="2" customFormat="1"/>
+    <row r="493" s="2" customFormat="1"/>
+    <row r="494" s="2" customFormat="1"/>
+    <row r="495" s="2" customFormat="1"/>
+    <row r="496" s="2" customFormat="1"/>
+    <row r="497" s="2" customFormat="1"/>
+    <row r="498" s="2" customFormat="1"/>
+    <row r="499" s="2" customFormat="1"/>
+    <row r="500" s="2" customFormat="1"/>
+    <row r="501" s="2" customFormat="1"/>
+    <row r="502" s="2" customFormat="1"/>
+    <row r="503" s="2" customFormat="1"/>
+    <row r="504" s="2" customFormat="1"/>
+    <row r="505" s="2" customFormat="1"/>
+    <row r="506" s="2" customFormat="1"/>
+    <row r="507" s="2" customFormat="1"/>
+    <row r="508" s="2" customFormat="1"/>
+    <row r="509" s="2" customFormat="1"/>
+    <row r="510" s="2" customFormat="1"/>
+    <row r="511" s="2" customFormat="1"/>
+    <row r="512" s="2" customFormat="1"/>
+    <row r="513" s="2" customFormat="1"/>
+    <row r="514" s="2" customFormat="1"/>
+    <row r="515" s="2" customFormat="1"/>
+    <row r="516" s="2" customFormat="1"/>
+    <row r="517" s="2" customFormat="1"/>
+    <row r="518" s="2" customFormat="1"/>
+    <row r="519" s="2" customFormat="1"/>
+    <row r="520" s="2" customFormat="1"/>
+    <row r="521" s="2" customFormat="1"/>
+    <row r="522" s="2" customFormat="1"/>
+    <row r="523" s="2" customFormat="1"/>
+    <row r="524" s="2" customFormat="1"/>
+    <row r="525" s="2" customFormat="1"/>
+    <row r="526" s="2" customFormat="1"/>
+    <row r="527" s="2" customFormat="1"/>
+    <row r="528" s="2" customFormat="1"/>
+    <row r="529" s="2" customFormat="1"/>
+    <row r="530" s="2" customFormat="1"/>
+    <row r="531" s="2" customFormat="1"/>
+    <row r="532" s="2" customFormat="1"/>
+    <row r="533" s="2" customFormat="1"/>
+    <row r="534" s="2" customFormat="1"/>
+    <row r="535" s="2" customFormat="1"/>
+    <row r="536" s="2" customFormat="1"/>
+    <row r="537" s="2" customFormat="1"/>
+    <row r="538" s="2" customFormat="1"/>
+    <row r="539" s="2" customFormat="1"/>
+    <row r="540" s="2" customFormat="1"/>
+    <row r="541" s="2" customFormat="1"/>
+    <row r="542" s="2" customFormat="1"/>
+    <row r="543" s="2" customFormat="1"/>
+    <row r="544" s="2" customFormat="1"/>
+    <row r="545" s="2" customFormat="1"/>
+    <row r="546" s="2" customFormat="1"/>
+    <row r="547" s="2" customFormat="1"/>
+    <row r="548" s="2" customFormat="1"/>
+    <row r="549" s="2" customFormat="1"/>
+    <row r="550" s="2" customFormat="1"/>
+    <row r="551" s="2" customFormat="1"/>
+    <row r="552" s="2" customFormat="1"/>
+    <row r="553" s="2" customFormat="1"/>
+    <row r="554" s="2" customFormat="1"/>
+    <row r="555" s="2" customFormat="1"/>
+    <row r="556" s="2" customFormat="1"/>
+    <row r="557" s="2" customFormat="1"/>
+    <row r="558" s="2" customFormat="1"/>
+    <row r="559" s="2" customFormat="1"/>
+    <row r="560" s="2" customFormat="1"/>
+    <row r="561" s="2" customFormat="1"/>
+    <row r="562" s="2" customFormat="1"/>
+    <row r="563" s="2" customFormat="1"/>
+    <row r="564" s="2" customFormat="1"/>
+    <row r="565" s="2" customFormat="1"/>
+    <row r="566" s="2" customFormat="1"/>
+    <row r="567" s="2" customFormat="1"/>
+    <row r="568" s="2" customFormat="1"/>
+    <row r="569" s="2" customFormat="1"/>
+    <row r="570" s="2" customFormat="1"/>
+    <row r="571" s="2" customFormat="1"/>
+    <row r="572" s="2" customFormat="1"/>
+    <row r="573" s="2" customFormat="1"/>
+    <row r="574" s="2" customFormat="1"/>
+    <row r="575" s="2" customFormat="1"/>
+    <row r="576" s="2" customFormat="1"/>
+    <row r="577" s="2" customFormat="1"/>
+    <row r="578" s="2" customFormat="1"/>
+    <row r="579" s="2" customFormat="1"/>
+    <row r="580" s="2" customFormat="1"/>
+    <row r="581" s="2" customFormat="1"/>
+    <row r="582" s="2" customFormat="1"/>
+    <row r="583" s="2" customFormat="1"/>
+    <row r="584" s="2" customFormat="1"/>
+    <row r="585" s="2" customFormat="1"/>
+    <row r="586" s="2" customFormat="1"/>
+    <row r="587" s="2" customFormat="1"/>
+    <row r="588" s="2" customFormat="1"/>
+    <row r="589" s="2" customFormat="1"/>
+    <row r="590" s="2" customFormat="1"/>
+    <row r="591" s="2" customFormat="1"/>
+    <row r="592" s="2" customFormat="1"/>
+    <row r="593" s="2" customFormat="1"/>
+    <row r="594" s="2" customFormat="1"/>
+    <row r="595" s="2" customFormat="1"/>
+    <row r="596" s="2" customFormat="1"/>
+    <row r="597" s="2" customFormat="1"/>
+    <row r="598" s="2" customFormat="1"/>
+    <row r="599" s="2" customFormat="1"/>
+    <row r="600" s="2" customFormat="1"/>
+    <row r="601" s="2" customFormat="1"/>
+    <row r="602" s="2" customFormat="1"/>
+    <row r="603" s="2" customFormat="1"/>
+    <row r="604" s="2" customFormat="1"/>
+    <row r="605" s="2" customFormat="1"/>
+    <row r="606" s="2" customFormat="1"/>
+    <row r="607" s="2" customFormat="1"/>
+    <row r="608" s="2" customFormat="1"/>
+    <row r="609" s="2" customFormat="1"/>
+    <row r="610" s="2" customFormat="1"/>
+    <row r="611" s="2" customFormat="1"/>
+    <row r="612" s="2" customFormat="1"/>
+    <row r="613" s="2" customFormat="1"/>
+    <row r="614" s="2" customFormat="1"/>
+    <row r="615" s="2" customFormat="1"/>
+    <row r="616" s="2" customFormat="1"/>
+    <row r="617" s="2" customFormat="1"/>
+    <row r="618" s="2" customFormat="1"/>
+    <row r="619" s="2" customFormat="1"/>
+    <row r="620" s="2" customFormat="1"/>
+    <row r="621" s="2" customFormat="1"/>
+    <row r="622" s="2" customFormat="1"/>
+    <row r="623" s="2" customFormat="1"/>
+    <row r="624" s="2" customFormat="1"/>
+    <row r="625" s="2" customFormat="1"/>
+    <row r="626" s="2" customFormat="1"/>
+    <row r="627" s="2" customFormat="1"/>
+    <row r="628" s="2" customFormat="1"/>
+    <row r="629" s="2" customFormat="1"/>
+    <row r="630" s="2" customFormat="1"/>
+    <row r="631" s="2" customFormat="1"/>
+    <row r="632" s="2" customFormat="1"/>
+    <row r="633" s="2" customFormat="1"/>
+    <row r="634" s="2" customFormat="1"/>
+    <row r="635" s="2" customFormat="1"/>
+    <row r="636" s="2" customFormat="1"/>
+    <row r="637" s="2" customFormat="1"/>
+    <row r="638" s="2" customFormat="1"/>
+    <row r="639" s="2" customFormat="1"/>
+    <row r="640" s="2" customFormat="1"/>
+    <row r="641" s="2" customFormat="1"/>
+    <row r="642" s="2" customFormat="1"/>
+    <row r="643" s="2" customFormat="1"/>
+    <row r="644" s="2" customFormat="1"/>
+    <row r="645" s="2" customFormat="1"/>
+    <row r="646" s="2" customFormat="1"/>
+    <row r="647" s="2" customFormat="1"/>
+    <row r="648" s="2" customFormat="1"/>
+    <row r="649" s="2" customFormat="1"/>
+    <row r="650" s="2" customFormat="1"/>
+    <row r="651" s="2" customFormat="1"/>
+    <row r="652" s="2" customFormat="1"/>
+    <row r="653" s="2" customFormat="1"/>
+    <row r="654" s="2" customFormat="1"/>
+    <row r="655" s="2" customFormat="1"/>
+    <row r="656" s="2" customFormat="1"/>
+    <row r="657" s="2" customFormat="1"/>
+    <row r="658" s="2" customFormat="1"/>
+    <row r="659" s="2" customFormat="1"/>
+    <row r="660" s="2" customFormat="1"/>
+    <row r="661" s="2" customFormat="1"/>
+    <row r="662" s="2" customFormat="1"/>
+    <row r="663" s="2" customFormat="1"/>
+    <row r="664" s="2" customFormat="1"/>
+    <row r="665" s="2" customFormat="1"/>
+    <row r="666" s="2" customFormat="1"/>
+    <row r="667" s="2" customFormat="1"/>
+    <row r="668" s="2" customFormat="1"/>
+    <row r="669" s="2" customFormat="1"/>
+    <row r="670" s="2" customFormat="1"/>
+    <row r="671" s="2" customFormat="1"/>
+    <row r="672" s="2" customFormat="1"/>
+    <row r="673" s="2" customFormat="1"/>
+    <row r="674" s="2" customFormat="1"/>
+    <row r="675" s="2" customFormat="1"/>
+    <row r="676" s="2" customFormat="1"/>
+    <row r="677" s="2" customFormat="1"/>
+    <row r="678" s="2" customFormat="1"/>
+    <row r="679" s="2" customFormat="1"/>
+    <row r="680" s="2" customFormat="1"/>
+    <row r="681" s="2" customFormat="1"/>
+    <row r="682" s="2" customFormat="1"/>
+    <row r="683" s="2" customFormat="1"/>
+    <row r="684" s="2" customFormat="1"/>
+    <row r="685" s="2" customFormat="1"/>
+    <row r="686" s="2" customFormat="1"/>
+    <row r="687" s="2" customFormat="1"/>
+    <row r="688" s="2" customFormat="1"/>
+    <row r="689" s="2" customFormat="1"/>
+    <row r="690" s="2" customFormat="1"/>
+    <row r="691" s="2" customFormat="1"/>
+    <row r="692" s="2" customFormat="1"/>
+    <row r="693" s="2" customFormat="1"/>
+    <row r="694" s="2" customFormat="1"/>
+    <row r="695" s="2" customFormat="1"/>
+    <row r="696" s="2" customFormat="1"/>
+    <row r="697" s="2" customFormat="1"/>
+    <row r="698" s="2" customFormat="1"/>
+    <row r="699" s="2" customFormat="1"/>
+    <row r="700" s="2" customFormat="1"/>
+    <row r="701" s="2" customFormat="1"/>
+    <row r="702" s="2" customFormat="1"/>
+    <row r="703" s="2" customFormat="1"/>
+    <row r="704" s="2" customFormat="1"/>
+    <row r="705" s="2" customFormat="1"/>
+    <row r="706" s="2" customFormat="1"/>
+    <row r="707" s="2" customFormat="1"/>
+    <row r="708" s="2" customFormat="1"/>
+    <row r="709" s="2" customFormat="1"/>
+    <row r="710" s="2" customFormat="1"/>
+    <row r="711" s="2" customFormat="1"/>
+    <row r="712" s="2" customFormat="1"/>
+    <row r="713" s="2" customFormat="1"/>
+    <row r="714" s="2" customFormat="1"/>
+    <row r="715" s="2" customFormat="1"/>
+    <row r="716" s="2" customFormat="1"/>
+    <row r="717" s="2" customFormat="1"/>
+    <row r="718" s="2" customFormat="1"/>
+    <row r="719" s="2" customFormat="1"/>
+    <row r="720" s="2" customFormat="1"/>
+    <row r="721" s="2" customFormat="1"/>
+    <row r="722" s="2" customFormat="1"/>
+    <row r="723" s="2" customFormat="1"/>
+    <row r="724" s="2" customFormat="1"/>
+    <row r="725" s="2" customFormat="1"/>
+    <row r="726" s="2" customFormat="1"/>
+    <row r="727" s="2" customFormat="1"/>
+    <row r="728" s="2" customFormat="1"/>
+    <row r="729" s="2" customFormat="1"/>
+    <row r="730" s="2" customFormat="1"/>
+    <row r="731" s="2" customFormat="1"/>
+    <row r="732" s="2" customFormat="1"/>
+    <row r="733" s="2" customFormat="1"/>
+    <row r="734" s="2" customFormat="1"/>
+    <row r="735" s="2" customFormat="1"/>
+    <row r="736" s="2" customFormat="1"/>
+    <row r="737" s="2" customFormat="1"/>
+    <row r="738" s="2" customFormat="1"/>
+    <row r="739" s="2" customFormat="1"/>
+    <row r="740" s="2" customFormat="1"/>
+    <row r="741" s="2" customFormat="1"/>
+    <row r="742" s="2" customFormat="1"/>
+    <row r="743" s="2" customFormat="1"/>
+    <row r="744" s="2" customFormat="1"/>
+    <row r="745" s="2" customFormat="1"/>
+    <row r="746" s="2" customFormat="1"/>
+    <row r="747" s="2" customFormat="1"/>
+    <row r="748" s="2" customFormat="1"/>
+    <row r="749" s="2" customFormat="1"/>
+    <row r="750" s="2" customFormat="1"/>
+    <row r="751" s="2" customFormat="1"/>
+    <row r="752" s="2" customFormat="1"/>
+    <row r="753" s="2" customFormat="1"/>
+    <row r="754" s="2" customFormat="1"/>
+    <row r="755" s="2" customFormat="1"/>
+    <row r="756" s="2" customFormat="1"/>
+    <row r="757" s="2" customFormat="1"/>
+    <row r="758" s="2" customFormat="1"/>
+    <row r="759" s="2" customFormat="1"/>
+    <row r="760" s="2" customFormat="1"/>
+    <row r="761" s="2" customFormat="1"/>
+    <row r="762" s="2" customFormat="1"/>
+    <row r="763" s="2" customFormat="1"/>
+    <row r="764" s="2" customFormat="1"/>
+    <row r="765" s="2" customFormat="1"/>
+    <row r="766" s="2" customFormat="1"/>
+    <row r="767" s="2" customFormat="1"/>
+    <row r="768" s="2" customFormat="1"/>
+    <row r="769" s="2" customFormat="1"/>
+    <row r="770" s="2" customFormat="1"/>
+    <row r="771" s="2" customFormat="1"/>
+    <row r="772" s="2" customFormat="1"/>
+    <row r="773" s="2" customFormat="1"/>
+    <row r="774" s="2" customFormat="1"/>
+    <row r="775" s="2" customFormat="1"/>
+    <row r="776" s="2" customFormat="1"/>
+    <row r="777" s="2" customFormat="1"/>
+    <row r="778" s="2" customFormat="1"/>
+    <row r="779" s="2" customFormat="1"/>
+    <row r="780" s="2" customFormat="1"/>
+    <row r="781" s="2" customFormat="1"/>
+    <row r="782" s="2" customFormat="1"/>
+    <row r="783" s="2" customFormat="1"/>
+    <row r="784" s="2" customFormat="1"/>
+    <row r="785" s="2" customFormat="1"/>
+    <row r="786" s="2" customFormat="1"/>
+    <row r="787" s="2" customFormat="1"/>
+    <row r="788" s="2" customFormat="1"/>
+    <row r="789" s="2" customFormat="1"/>
+    <row r="790" s="2" customFormat="1"/>
+    <row r="791" s="2" customFormat="1"/>
+    <row r="792" s="2" customFormat="1"/>
+    <row r="793" s="2" customFormat="1"/>
+    <row r="794" s="2" customFormat="1"/>
+    <row r="795" s="2" customFormat="1"/>
+    <row r="796" s="2" customFormat="1"/>
+    <row r="797" s="2" customFormat="1"/>
+    <row r="798" s="2" customFormat="1"/>
+    <row r="799" s="2" customFormat="1"/>
+    <row r="800" s="2" customFormat="1"/>
+    <row r="801" s="2" customFormat="1"/>
+    <row r="802" s="2" customFormat="1"/>
+    <row r="803" s="2" customFormat="1"/>
+    <row r="804" s="2" customFormat="1"/>
+    <row r="805" s="2" customFormat="1"/>
+    <row r="806" s="2" customFormat="1"/>
+    <row r="807" s="2" customFormat="1"/>
+    <row r="808" s="2" customFormat="1"/>
+    <row r="809" s="2" customFormat="1"/>
+    <row r="810" s="2" customFormat="1"/>
+    <row r="811" s="2" customFormat="1"/>
+    <row r="812" s="2" customFormat="1"/>
+    <row r="813" s="2" customFormat="1"/>
+    <row r="814" s="2" customFormat="1"/>
+    <row r="815" s="2" customFormat="1"/>
+    <row r="816" s="2" customFormat="1"/>
+    <row r="817" s="2" customFormat="1"/>
+    <row r="818" s="2" customFormat="1"/>
+    <row r="819" s="2" customFormat="1"/>
+    <row r="820" s="2" customFormat="1"/>
+    <row r="821" s="2" customFormat="1"/>
+    <row r="822" s="2" customFormat="1"/>
+    <row r="823" s="2" customFormat="1"/>
+    <row r="824" s="2" customFormat="1"/>
+    <row r="825" s="2" customFormat="1"/>
+    <row r="826" s="2" customFormat="1"/>
+    <row r="827" s="2" customFormat="1"/>
+    <row r="828" s="2" customFormat="1"/>
+    <row r="829" s="2" customFormat="1"/>
+    <row r="830" s="2" customFormat="1"/>
+    <row r="831" s="2" customFormat="1"/>
+    <row r="832" s="2" customFormat="1"/>
+    <row r="833" s="2" customFormat="1"/>
+    <row r="834" s="2" customFormat="1"/>
+    <row r="835" s="2" customFormat="1"/>
+    <row r="836" s="2" customFormat="1"/>
+    <row r="837" s="2" customFormat="1"/>
+    <row r="838" s="2" customFormat="1"/>
+    <row r="839" s="2" customFormat="1"/>
+    <row r="840" s="2" customFormat="1"/>
+    <row r="841" s="2" customFormat="1"/>
+    <row r="842" s="2" customFormat="1"/>
+    <row r="843" s="2" customFormat="1"/>
+    <row r="844" s="2" customFormat="1"/>
+    <row r="845" s="2" customFormat="1"/>
+    <row r="846" s="2" customFormat="1"/>
+    <row r="847" s="2" customFormat="1"/>
+    <row r="848" s="2" customFormat="1"/>
+    <row r="849" s="2" customFormat="1"/>
+    <row r="850" s="2" customFormat="1"/>
+    <row r="851" s="2" customFormat="1"/>
+    <row r="852" s="2" customFormat="1"/>
+    <row r="853" s="2" customFormat="1"/>
+    <row r="854" s="2" customFormat="1"/>
+    <row r="855" s="2" customFormat="1"/>
+    <row r="856" s="2" customFormat="1"/>
+    <row r="857" s="2" customFormat="1"/>
+    <row r="858" s="2" customFormat="1"/>
+    <row r="859" s="2" customFormat="1"/>
+    <row r="860" s="2" customFormat="1"/>
+    <row r="861" s="2" customFormat="1"/>
+    <row r="862" s="2" customFormat="1"/>
+    <row r="863" s="2" customFormat="1"/>
+    <row r="864" s="2" customFormat="1"/>
+    <row r="865" s="2" customFormat="1"/>
+    <row r="866" s="2" customFormat="1"/>
+    <row r="867" s="2" customFormat="1"/>
+    <row r="868" s="2" customFormat="1"/>
+    <row r="869" s="2" customFormat="1"/>
+    <row r="870" s="2" customFormat="1"/>
+    <row r="871" s="2" customFormat="1"/>
+    <row r="872" s="2" customFormat="1"/>
+    <row r="873" s="2" customFormat="1"/>
+    <row r="874" s="2" customFormat="1"/>
+    <row r="875" s="2" customFormat="1"/>
+    <row r="876" s="2" customFormat="1"/>
+    <row r="877" s="2" customFormat="1"/>
+    <row r="878" s="2" customFormat="1"/>
+    <row r="879" s="2" customFormat="1"/>
+    <row r="880" s="2" customFormat="1"/>
+    <row r="881" s="2" customFormat="1"/>
+    <row r="882" s="2" customFormat="1"/>
+    <row r="883" s="2" customFormat="1"/>
+    <row r="884" s="2" customFormat="1"/>
+    <row r="885" s="2" customFormat="1"/>
+    <row r="886" s="2" customFormat="1"/>
+    <row r="887" s="2" customFormat="1"/>
+    <row r="888" s="2" customFormat="1"/>
+    <row r="889" s="2" customFormat="1"/>
+    <row r="890" s="2" customFormat="1"/>
+    <row r="891" s="2" customFormat="1"/>
+    <row r="892" s="2" customFormat="1"/>
+    <row r="893" s="2" customFormat="1"/>
+    <row r="894" s="2" customFormat="1"/>
+    <row r="895" s="2" customFormat="1"/>
+    <row r="896" s="2" customFormat="1"/>
+    <row r="897" s="2" customFormat="1"/>
+    <row r="898" s="2" customFormat="1"/>
+    <row r="899" s="2" customFormat="1"/>
+    <row r="900" s="2" customFormat="1"/>
+    <row r="901" s="2" customFormat="1"/>
+    <row r="902" s="2" customFormat="1"/>
+    <row r="903" s="2" customFormat="1"/>
+    <row r="904" s="2" customFormat="1"/>
+    <row r="905" s="2" customFormat="1"/>
+    <row r="906" s="2" customFormat="1"/>
+    <row r="907" s="2" customFormat="1"/>
+    <row r="908" s="2" customFormat="1"/>
+    <row r="909" s="2" customFormat="1"/>
+    <row r="910" s="2" customFormat="1"/>
+    <row r="911" s="2" customFormat="1"/>
+    <row r="912" s="2" customFormat="1"/>
+    <row r="913" s="2" customFormat="1"/>
+    <row r="914" s="2" customFormat="1"/>
+    <row r="915" s="2" customFormat="1"/>
+    <row r="916" s="2" customFormat="1"/>
+    <row r="917" s="2" customFormat="1"/>
+    <row r="918" s="2" customFormat="1"/>
+    <row r="919" s="2" customFormat="1"/>
+    <row r="920" s="2" customFormat="1"/>
+    <row r="921" s="2" customFormat="1"/>
+    <row r="922" s="2" customFormat="1"/>
+    <row r="923" s="2" customFormat="1"/>
+    <row r="924" s="2" customFormat="1"/>
+    <row r="925" s="2" customFormat="1"/>
+    <row r="926" s="2" customFormat="1"/>
+    <row r="927" s="2" customFormat="1"/>
+    <row r="928" s="2" customFormat="1"/>
+    <row r="929" s="2" customFormat="1"/>
+    <row r="930" s="2" customFormat="1"/>
+    <row r="931" s="2" customFormat="1"/>
+    <row r="932" s="2" customFormat="1"/>
+    <row r="933" s="2" customFormat="1"/>
+    <row r="934" s="2" customFormat="1"/>
+    <row r="935" s="2" customFormat="1"/>
+    <row r="936" s="2" customFormat="1"/>
+    <row r="937" s="2" customFormat="1"/>
+    <row r="938" s="2" customFormat="1"/>
+    <row r="939" s="2" customFormat="1"/>
+    <row r="940" s="2" customFormat="1"/>
+    <row r="941" s="2" customFormat="1"/>
+    <row r="942" s="2" customFormat="1"/>
+    <row r="943" s="2" customFormat="1"/>
+    <row r="944" s="2" customFormat="1"/>
+    <row r="945" s="2" customFormat="1"/>
+    <row r="946" s="2" customFormat="1"/>
+    <row r="947" s="2" customFormat="1"/>
+    <row r="948" s="2" customFormat="1"/>
+    <row r="949" s="2" customFormat="1"/>
+    <row r="950" s="2" customFormat="1"/>
+    <row r="951" s="2" customFormat="1"/>
+    <row r="952" s="2" customFormat="1"/>
+    <row r="953" s="2" customFormat="1"/>
+    <row r="954" s="2" customFormat="1"/>
+    <row r="955" s="2" customFormat="1"/>
+    <row r="956" s="2" customFormat="1"/>
+    <row r="957" s="2" customFormat="1"/>
+    <row r="958" s="2" customFormat="1"/>
+    <row r="959" s="2" customFormat="1"/>
+    <row r="960" s="2" customFormat="1"/>
+    <row r="961" s="2" customFormat="1"/>
+    <row r="962" s="2" customFormat="1"/>
+    <row r="963" s="2" customFormat="1"/>
+    <row r="964" s="2" customFormat="1"/>
+    <row r="965" s="2" customFormat="1"/>
+    <row r="966" s="2" customFormat="1"/>
+    <row r="967" s="2" customFormat="1"/>
+    <row r="968" s="2" customFormat="1"/>
+    <row r="969" s="2" customFormat="1"/>
+    <row r="970" s="2" customFormat="1"/>
+    <row r="971" s="2" customFormat="1"/>
+    <row r="972" s="2" customFormat="1"/>
+    <row r="973" s="2" customFormat="1"/>
+    <row r="974" s="2" customFormat="1"/>
+    <row r="975" s="2" customFormat="1"/>
+    <row r="976" s="2" customFormat="1"/>
+    <row r="977" s="2" customFormat="1"/>
+    <row r="978" s="2" customFormat="1"/>
+    <row r="979" s="2" customFormat="1"/>
+    <row r="980" s="2" customFormat="1"/>
+    <row r="981" s="2" customFormat="1"/>
+    <row r="982" s="2" customFormat="1"/>
+    <row r="983" s="2" customFormat="1"/>
+    <row r="984" s="2" customFormat="1"/>
+    <row r="985" s="2" customFormat="1"/>
+    <row r="986" s="2" customFormat="1"/>
+    <row r="987" s="2" customFormat="1"/>
+    <row r="988" s="2" customFormat="1"/>
+    <row r="989" s="2" customFormat="1"/>
+    <row r="990" s="2" customFormat="1"/>
+    <row r="991" s="2" customFormat="1"/>
+    <row r="992" s="2" customFormat="1"/>
+    <row r="993" s="2" customFormat="1"/>
+    <row r="994" s="2" customFormat="1"/>
+    <row r="995" s="2" customFormat="1"/>
+    <row r="996" s="2" customFormat="1"/>
+    <row r="997" s="2" customFormat="1"/>
+    <row r="998" s="2" customFormat="1"/>
+    <row r="999" s="2" customFormat="1"/>
+    <row r="1000" s="2" customFormat="1"/>
+    <row r="1001" s="2" customFormat="1"/>
+    <row r="1002" s="2" customFormat="1"/>
+    <row r="1003" s="2" customFormat="1"/>
+    <row r="1004" s="2" customFormat="1"/>
+    <row r="1005" s="2" customFormat="1"/>
+    <row r="1006" s="2" customFormat="1"/>
+    <row r="1007" s="2" customFormat="1"/>
+    <row r="1008" s="2" customFormat="1"/>
+    <row r="1009" s="2" customFormat="1"/>
+    <row r="1010" s="2" customFormat="1"/>
+    <row r="1011" s="2" customFormat="1"/>
+    <row r="1012" s="2" customFormat="1"/>
+    <row r="1013" s="2" customFormat="1"/>
+    <row r="1014" s="2" customFormat="1"/>
+    <row r="1015" s="2" customFormat="1"/>
+    <row r="1016" s="2" customFormat="1"/>
+    <row r="1017" s="2" customFormat="1"/>
+    <row r="1018" s="2" customFormat="1"/>
+    <row r="1019" s="2" customFormat="1"/>
+    <row r="1020" s="2" customFormat="1"/>
+    <row r="1021" s="2" customFormat="1"/>
+    <row r="1022" s="2" customFormat="1"/>
+    <row r="1023" s="2" customFormat="1"/>
+    <row r="1024" s="2" customFormat="1"/>
+    <row r="1025" s="2" customFormat="1"/>
+    <row r="1026" s="2" customFormat="1"/>
+    <row r="1027" s="2" customFormat="1"/>
+    <row r="1028" s="2" customFormat="1"/>
+    <row r="1029" s="2" customFormat="1"/>
+    <row r="1030" s="2" customFormat="1"/>
+    <row r="1031" s="2" customFormat="1"/>
+    <row r="1032" s="2" customFormat="1"/>
+    <row r="1033" s="2" customFormat="1"/>
+    <row r="1034" s="2" customFormat="1"/>
+    <row r="1035" s="2" customFormat="1"/>
+    <row r="1036" s="2" customFormat="1"/>
+    <row r="1037" s="2" customFormat="1"/>
+    <row r="1038" s="2" customFormat="1"/>
+    <row r="1039" s="2" customFormat="1"/>
+    <row r="1040" s="2" customFormat="1"/>
+    <row r="1041" s="2" customFormat="1"/>
+    <row r="1042" s="2" customFormat="1"/>
+    <row r="1043" s="2" customFormat="1"/>
+    <row r="1044" s="2" customFormat="1"/>
+    <row r="1045" s="2" customFormat="1"/>
+    <row r="1046" s="2" customFormat="1"/>
+    <row r="1047" s="2" customFormat="1"/>
+    <row r="1048" s="2" customFormat="1"/>
+    <row r="1049" s="2" customFormat="1"/>
+    <row r="1050" s="2" customFormat="1"/>
+    <row r="1051" s="2" customFormat="1"/>
+    <row r="1052" s="2" customFormat="1"/>
+    <row r="1053" s="2" customFormat="1"/>
+    <row r="1054" s="2" customFormat="1"/>
+    <row r="1055" s="2" customFormat="1"/>
+    <row r="1056" s="2" customFormat="1"/>
+    <row r="1057" s="2" customFormat="1"/>
+    <row r="1058" s="2" customFormat="1"/>
+    <row r="1059" s="2" customFormat="1"/>
+    <row r="1060" s="2" customFormat="1"/>
+    <row r="1061" s="2" customFormat="1"/>
+    <row r="1062" s="2" customFormat="1"/>
+    <row r="1063" s="2" customFormat="1"/>
+    <row r="1064" s="2" customFormat="1"/>
+    <row r="1065" s="2" customFormat="1"/>
+    <row r="1066" s="2" customFormat="1"/>
+    <row r="1067" s="2" customFormat="1"/>
+    <row r="1068" s="2" customFormat="1"/>
+    <row r="1069" s="2" customFormat="1"/>
+    <row r="1070" s="2" customFormat="1"/>
+    <row r="1071" s="2" customFormat="1"/>
+    <row r="1072" s="2" customFormat="1"/>
+    <row r="1073" s="2" customFormat="1"/>
+    <row r="1074" s="2" customFormat="1"/>
+    <row r="1075" s="2" customFormat="1"/>
+    <row r="1076" s="2" customFormat="1"/>
+    <row r="1077" s="2" customFormat="1"/>
+    <row r="1078" s="2" customFormat="1"/>
+    <row r="1079" s="2" customFormat="1"/>
+    <row r="1080" s="2" customFormat="1"/>
+    <row r="1081" s="2" customFormat="1"/>
+    <row r="1082" s="2" customFormat="1"/>
+    <row r="1083" s="2" customFormat="1"/>
+    <row r="1084" s="2" customFormat="1"/>
+    <row r="1085" s="2" customFormat="1"/>
+    <row r="1086" s="2" customFormat="1"/>
+    <row r="1087" s="2" customFormat="1"/>
+    <row r="1088" s="2" customFormat="1"/>
+    <row r="1089" s="2" customFormat="1"/>
+    <row r="1090" s="2" customFormat="1"/>
+    <row r="1091" s="2" customFormat="1"/>
+    <row r="1092" s="2" customFormat="1"/>
+    <row r="1093" s="2" customFormat="1"/>
+    <row r="1094" s="2" customFormat="1"/>
+    <row r="1095" s="2" customFormat="1"/>
+    <row r="1096" s="2" customFormat="1"/>
+    <row r="1097" s="2" customFormat="1"/>
+    <row r="1098" s="2" customFormat="1"/>
+    <row r="1099" s="2" customFormat="1"/>
+    <row r="1100" s="2" customFormat="1"/>
+    <row r="1101" s="2" customFormat="1"/>
+    <row r="1102" s="2" customFormat="1"/>
+    <row r="1103" s="2" customFormat="1"/>
+    <row r="1104" s="2" customFormat="1"/>
+    <row r="1105" s="2" customFormat="1"/>
+    <row r="1106" s="2" customFormat="1"/>
+    <row r="1107" s="2" customFormat="1"/>
+    <row r="1108" s="2" customFormat="1"/>
+    <row r="1109" s="2" customFormat="1"/>
+    <row r="1110" s="2" customFormat="1"/>
+    <row r="1111" s="2" customFormat="1"/>
+    <row r="1112" s="2" customFormat="1"/>
+    <row r="1113" s="2" customFormat="1"/>
+    <row r="1114" s="2" customFormat="1"/>
+    <row r="1115" s="2" customFormat="1"/>
+    <row r="1116" s="2" customFormat="1"/>
+    <row r="1117" s="2" customFormat="1"/>
+    <row r="1118" s="2" customFormat="1"/>
+    <row r="1119" s="2" customFormat="1"/>
+    <row r="1120" s="2" customFormat="1"/>
+    <row r="1121" s="2" customFormat="1"/>
+    <row r="1122" s="2" customFormat="1"/>
+    <row r="1123" s="2" customFormat="1"/>
+    <row r="1124" s="2" customFormat="1"/>
+    <row r="1125" s="2" customFormat="1"/>
+    <row r="1126" s="2" customFormat="1"/>
+    <row r="1127" s="2" customFormat="1"/>
+    <row r="1128" s="2" customFormat="1"/>
+    <row r="1129" s="2" customFormat="1"/>
+    <row r="1130" s="2" customFormat="1"/>
+    <row r="1131" s="2" customFormat="1"/>
+    <row r="1132" s="2" customFormat="1"/>
+    <row r="1133" s="2" customFormat="1"/>
+    <row r="1134" s="2" customFormat="1"/>
+    <row r="1135" s="2" customFormat="1"/>
+    <row r="1136" s="2" customFormat="1"/>
+    <row r="1137" s="2" customFormat="1"/>
+    <row r="1138" s="2" customFormat="1"/>
+    <row r="1139" s="2" customFormat="1"/>
+    <row r="1140" s="2" customFormat="1"/>
+    <row r="1141" s="2" customFormat="1"/>
+    <row r="1142" s="2" customFormat="1"/>
+    <row r="1143" s="2" customFormat="1"/>
+    <row r="1144" s="2" customFormat="1"/>
+    <row r="1145" s="2" customFormat="1"/>
+    <row r="1146" s="2" customFormat="1"/>
+    <row r="1147" s="2" customFormat="1"/>
+    <row r="1148" s="2" customFormat="1"/>
+    <row r="1149" s="2" customFormat="1"/>
+    <row r="1150" s="2" customFormat="1"/>
+    <row r="1151" s="2" customFormat="1"/>
+    <row r="1152" s="2" customFormat="1"/>
+    <row r="1153" s="2" customFormat="1"/>
+    <row r="1154" s="2" customFormat="1"/>
+    <row r="1155" s="2" customFormat="1"/>
+    <row r="1156" s="2" customFormat="1"/>
+    <row r="1157" s="2" customFormat="1"/>
+    <row r="1158" s="2" customFormat="1"/>
+    <row r="1159" s="2" customFormat="1"/>
+    <row r="1160" s="2" customFormat="1"/>
+    <row r="1161" s="2" customFormat="1"/>
+    <row r="1162" s="2" customFormat="1"/>
+    <row r="1163" s="2" customFormat="1"/>
+    <row r="1164" s="2" customFormat="1"/>
+    <row r="1165" s="2" customFormat="1"/>
+    <row r="1166" s="2" customFormat="1"/>
+    <row r="1167" s="2" customFormat="1"/>
+    <row r="1168" s="2" customFormat="1"/>
+    <row r="1169" s="2" customFormat="1"/>
+    <row r="1170" s="2" customFormat="1"/>
+    <row r="1171" s="2" customFormat="1"/>
+    <row r="1172" s="2" customFormat="1"/>
+    <row r="1173" s="2" customFormat="1"/>
+    <row r="1174" s="2" customFormat="1"/>
+    <row r="1175" s="2" customFormat="1"/>
+    <row r="1176" s="2" customFormat="1"/>
+    <row r="1177" s="2" customFormat="1"/>
+    <row r="1178" s="2" customFormat="1"/>
+    <row r="1179" s="2" customFormat="1"/>
+    <row r="1180" s="2" customFormat="1"/>
+    <row r="1181" s="2" customFormat="1"/>
+    <row r="1182" s="2" customFormat="1"/>
+    <row r="1183" s="2" customFormat="1"/>
+    <row r="1184" s="2" customFormat="1"/>
+    <row r="1185" s="2" customFormat="1"/>
+    <row r="1186" s="2" customFormat="1"/>
+    <row r="1187" s="2" customFormat="1"/>
+    <row r="1188" s="2" customFormat="1"/>
+    <row r="1189" s="2" customFormat="1"/>
+    <row r="1190" s="2" customFormat="1"/>
+    <row r="1191" s="2" customFormat="1"/>
+    <row r="1192" s="2" customFormat="1"/>
+    <row r="1193" s="2" customFormat="1"/>
+    <row r="1194" s="2" customFormat="1"/>
+    <row r="1195" s="2" customFormat="1"/>
+    <row r="1196" s="2" customFormat="1"/>
+    <row r="1197" s="2" customFormat="1"/>
+    <row r="1198" s="2" customFormat="1"/>
+    <row r="1199" s="2" customFormat="1"/>
+    <row r="1200" s="2" customFormat="1"/>
+    <row r="1201" s="2" customFormat="1"/>
+    <row r="1202" s="2" customFormat="1"/>
+    <row r="1203" s="2" customFormat="1"/>
+    <row r="1204" s="2" customFormat="1"/>
+    <row r="1205" s="2" customFormat="1"/>
+    <row r="1206" s="2" customFormat="1"/>
+    <row r="1207" s="2" customFormat="1"/>
+    <row r="1208" s="2" customFormat="1"/>
+    <row r="1209" s="2" customFormat="1"/>
+    <row r="1210" s="2" customFormat="1"/>
+    <row r="1211" s="2" customFormat="1"/>
+    <row r="1212" s="2" customFormat="1"/>
+    <row r="1213" s="2" customFormat="1"/>
+    <row r="1214" s="2" customFormat="1"/>
+    <row r="1215" s="2" customFormat="1"/>
+    <row r="1216" s="2" customFormat="1"/>
+    <row r="1217" s="2" customFormat="1"/>
+    <row r="1218" s="2" customFormat="1"/>
+    <row r="1219" s="2" customFormat="1"/>
+    <row r="1220" s="2" customFormat="1"/>
+    <row r="1221" s="2" customFormat="1"/>
+    <row r="1222" s="2" customFormat="1"/>
+    <row r="1223" s="2" customFormat="1"/>
+    <row r="1224" s="2" customFormat="1"/>
+    <row r="1225" s="2" customFormat="1"/>
+    <row r="1226" s="2" customFormat="1"/>
+    <row r="1227" s="2" customFormat="1"/>
+    <row r="1228" s="2" customFormat="1"/>
+    <row r="1229" s="2" customFormat="1"/>
+    <row r="1230" s="2" customFormat="1"/>
+    <row r="1231" s="2" customFormat="1"/>
+    <row r="1232" s="2" customFormat="1"/>
+    <row r="1233" s="2" customFormat="1"/>
+    <row r="1234" s="2" customFormat="1"/>
+    <row r="1235" s="2" customFormat="1"/>
+    <row r="1236" s="2" customFormat="1"/>
+    <row r="1237" s="2" customFormat="1"/>
+    <row r="1238" s="2" customFormat="1"/>
+    <row r="1239" s="2" customFormat="1"/>
+    <row r="1240" s="2" customFormat="1"/>
+    <row r="1241" s="2" customFormat="1"/>
+    <row r="1242" s="2" customFormat="1"/>
+    <row r="1243" s="2" customFormat="1"/>
+    <row r="1244" s="2" customFormat="1"/>
+    <row r="1245" s="2" customFormat="1"/>
+    <row r="1246" s="2" customFormat="1"/>
+    <row r="1247" s="2" customFormat="1"/>
+    <row r="1248" s="2" customFormat="1"/>
+    <row r="1249" s="2" customFormat="1"/>
+    <row r="1250" s="2" customFormat="1"/>
+    <row r="1251" s="2" customFormat="1"/>
+    <row r="1252" s="2" customFormat="1"/>
+    <row r="1253" s="2" customFormat="1"/>
+    <row r="1254" s="2" customFormat="1"/>
+    <row r="1255" s="2" customFormat="1"/>
+    <row r="1256" s="2" customFormat="1"/>
+    <row r="1257" s="2" customFormat="1"/>
+    <row r="1258" s="2" customFormat="1"/>
+    <row r="1259" s="2" customFormat="1"/>
+    <row r="1260" s="2" customFormat="1"/>
+    <row r="1261" s="2" customFormat="1"/>
+    <row r="1262" s="2" customFormat="1"/>
+    <row r="1263" s="2" customFormat="1"/>
+    <row r="1264" s="2" customFormat="1"/>
+    <row r="1265" s="2" customFormat="1"/>
+    <row r="1266" s="2" customFormat="1"/>
+    <row r="1267" s="2" customFormat="1"/>
+    <row r="1268" s="2" customFormat="1"/>
+    <row r="1269" s="2" customFormat="1"/>
+    <row r="1270" s="2" customFormat="1"/>
+    <row r="1271" s="2" customFormat="1"/>
+    <row r="1272" s="2" customFormat="1"/>
+    <row r="1273" s="2" customFormat="1"/>
+    <row r="1274" s="2" customFormat="1"/>
+    <row r="1275" s="2" customFormat="1"/>
+    <row r="1276" s="2" customFormat="1"/>
+    <row r="1277" s="2" customFormat="1"/>
+    <row r="1278" s="2" customFormat="1"/>
+    <row r="1279" s="2" customFormat="1"/>
+    <row r="1280" s="2" customFormat="1"/>
+    <row r="1281" s="2" customFormat="1"/>
+    <row r="1282" s="2" customFormat="1"/>
+    <row r="1283" s="2" customFormat="1"/>
+    <row r="1284" s="2" customFormat="1"/>
+    <row r="1285" s="2" customFormat="1"/>
+    <row r="1286" s="2" customFormat="1"/>
+    <row r="1287" s="2" customFormat="1"/>
+    <row r="1288" s="2" customFormat="1"/>
+    <row r="1289" s="2" customFormat="1"/>
+    <row r="1290" s="2" customFormat="1"/>
+    <row r="1291" s="2" customFormat="1"/>
+    <row r="1292" s="2" customFormat="1"/>
+    <row r="1293" s="2" customFormat="1"/>
+    <row r="1294" s="2" customFormat="1"/>
+    <row r="1295" s="2" customFormat="1"/>
+    <row r="1296" s="2" customFormat="1"/>
+    <row r="1297" s="2" customFormat="1"/>
+    <row r="1298" s="2" customFormat="1"/>
+    <row r="1299" s="2" customFormat="1"/>
+    <row r="1300" s="2" customFormat="1"/>
+    <row r="1301" s="2" customFormat="1"/>
+    <row r="1302" s="2" customFormat="1"/>
+    <row r="1303" s="2" customFormat="1"/>
+    <row r="1304" s="2" customFormat="1"/>
+    <row r="1305" s="2" customFormat="1"/>
+    <row r="1306" s="2" customFormat="1"/>
+    <row r="1307" s="2" customFormat="1"/>
+    <row r="1308" s="2" customFormat="1"/>
+    <row r="1309" s="2" customFormat="1"/>
+    <row r="1310" s="2" customFormat="1"/>
+    <row r="1311" s="2" customFormat="1"/>
+    <row r="1312" s="2" customFormat="1"/>
+    <row r="1313" s="2" customFormat="1"/>
+    <row r="1314" s="2" customFormat="1"/>
+    <row r="1315" s="2" customFormat="1"/>
+    <row r="1316" s="2" customFormat="1"/>
+    <row r="1317" s="2" customFormat="1"/>
+    <row r="1318" s="2" customFormat="1"/>
+    <row r="1319" s="2" customFormat="1"/>
+    <row r="1320" s="2" customFormat="1"/>
+    <row r="1321" s="2" customFormat="1"/>
+    <row r="1322" s="2" customFormat="1"/>
+    <row r="1323" s="2" customFormat="1"/>
+    <row r="1324" s="2" customFormat="1"/>
+    <row r="1325" s="2" customFormat="1"/>
+    <row r="1326" s="2" customFormat="1"/>
+    <row r="1327" s="2" customFormat="1"/>
+    <row r="1328" s="2" customFormat="1"/>
+    <row r="1329" s="2" customFormat="1"/>
+    <row r="1330" s="2" customFormat="1"/>
+    <row r="1331" s="2" customFormat="1"/>
+    <row r="1332" s="2" customFormat="1"/>
+    <row r="1333" s="2" customFormat="1"/>
+    <row r="1334" s="2" customFormat="1"/>
+    <row r="1335" s="2" customFormat="1"/>
+    <row r="1336" s="2" customFormat="1"/>
+    <row r="1337" s="2" customFormat="1"/>
+    <row r="1338" s="2" customFormat="1"/>
+    <row r="1339" s="2" customFormat="1"/>
+    <row r="1340" s="2" customFormat="1"/>
+    <row r="1341" s="2" customFormat="1"/>
+    <row r="1342" s="2" customFormat="1"/>
+    <row r="1343" s="2" customFormat="1"/>
+    <row r="1344" s="2" customFormat="1"/>
+    <row r="1345" s="2" customFormat="1"/>
+    <row r="1346" s="2" customFormat="1"/>
+    <row r="1347" s="2" customFormat="1"/>
+    <row r="1348" s="2" customFormat="1"/>
+    <row r="1349" s="2" customFormat="1"/>
+    <row r="1350" s="2" customFormat="1"/>
+    <row r="1351" s="2" customFormat="1"/>
+    <row r="1352" s="2" customFormat="1"/>
+    <row r="1353" s="2" customFormat="1"/>
+    <row r="1354" s="2" customFormat="1"/>
+    <row r="1355" s="2" customFormat="1"/>
+    <row r="1356" s="2" customFormat="1"/>
+    <row r="1357" s="2" customFormat="1"/>
+    <row r="1358" s="2" customFormat="1"/>
+    <row r="1359" s="2" customFormat="1"/>
+    <row r="1360" s="2" customFormat="1"/>
+    <row r="1361" s="2" customFormat="1"/>
+    <row r="1362" s="2" customFormat="1"/>
+    <row r="1363" s="2" customFormat="1"/>
+    <row r="1364" s="2" customFormat="1"/>
+    <row r="1365" s="2" customFormat="1"/>
+    <row r="1366" s="2" customFormat="1"/>
+    <row r="1367" s="2" customFormat="1"/>
+    <row r="1368" s="2" customFormat="1"/>
+    <row r="1369" s="2" customFormat="1"/>
+    <row r="1370" s="2" customFormat="1"/>
+    <row r="1371" s="2" customFormat="1"/>
+    <row r="1372" s="2" customFormat="1"/>
+    <row r="1373" s="2" customFormat="1"/>
+    <row r="1374" s="2" customFormat="1"/>
+    <row r="1375" s="2" customFormat="1"/>
+    <row r="1376" s="2" customFormat="1"/>
+    <row r="1377" s="2" customFormat="1"/>
+    <row r="1378" s="2" customFormat="1"/>
+    <row r="1379" s="2" customFormat="1"/>
+    <row r="1380" s="2" customFormat="1"/>
+    <row r="1381" s="2" customFormat="1"/>
+    <row r="1382" s="2" customFormat="1"/>
+    <row r="1383" s="2" customFormat="1"/>
+    <row r="1384" s="2" customFormat="1"/>
+    <row r="1385" s="2" customFormat="1"/>
+    <row r="1386" s="2" customFormat="1"/>
+    <row r="1387" s="2" customFormat="1"/>
+    <row r="1388" s="2" customFormat="1"/>
+    <row r="1389" s="2" customFormat="1"/>
+    <row r="1390" s="2" customFormat="1"/>
+    <row r="1391" s="2" customFormat="1"/>
+    <row r="1392" s="2" customFormat="1"/>
+    <row r="1393" s="2" customFormat="1"/>
+    <row r="1394" s="2" customFormat="1"/>
+    <row r="1395" s="2" customFormat="1"/>
+    <row r="1396" s="2" customFormat="1"/>
+    <row r="1397" s="2" customFormat="1"/>
+    <row r="1398" s="2" customFormat="1"/>
+    <row r="1399" s="2" customFormat="1"/>
+    <row r="1400" s="2" customFormat="1"/>
+    <row r="1401" s="2" customFormat="1"/>
+    <row r="1402" s="2" customFormat="1"/>
+    <row r="1403" s="2" customFormat="1"/>
+    <row r="1404" s="2" customFormat="1"/>
+    <row r="1405" s="2" customFormat="1"/>
+    <row r="1406" s="2" customFormat="1"/>
+    <row r="1407" s="2" customFormat="1"/>
+    <row r="1408" s="2" customFormat="1"/>
+    <row r="1409" s="2" customFormat="1"/>
+    <row r="1410" s="2" customFormat="1"/>
+    <row r="1411" s="2" customFormat="1"/>
+    <row r="1412" s="2" customFormat="1"/>
+    <row r="1413" s="2" customFormat="1"/>
+    <row r="1414" s="2" customFormat="1"/>
+    <row r="1415" s="2" customFormat="1"/>
+    <row r="1416" s="2" customFormat="1"/>
+    <row r="1417" s="2" customFormat="1"/>
+    <row r="1418" s="2" customFormat="1"/>
+    <row r="1419" s="2" customFormat="1"/>
+    <row r="1420" s="2" customFormat="1"/>
+    <row r="1421" s="2" customFormat="1"/>
+    <row r="1422" s="2" customFormat="1"/>
+    <row r="1423" s="2" customFormat="1"/>
+    <row r="1424" s="2" customFormat="1"/>
+    <row r="1425" s="2" customFormat="1"/>
+    <row r="1426" s="2" customFormat="1"/>
+    <row r="1427" s="2" customFormat="1"/>
+    <row r="1428" s="2" customFormat="1"/>
+    <row r="1429" s="2" customFormat="1"/>
+    <row r="1430" s="2" customFormat="1"/>
+    <row r="1431" s="2" customFormat="1"/>
+    <row r="1432" s="2" customFormat="1"/>
+    <row r="1433" s="2" customFormat="1"/>
+    <row r="1434" s="2" customFormat="1"/>
+    <row r="1435" s="2" customFormat="1"/>
+    <row r="1436" s="2" customFormat="1"/>
+    <row r="1437" s="2" customFormat="1"/>
+    <row r="1438" s="2" customFormat="1"/>
+    <row r="1439" s="2" customFormat="1"/>
+    <row r="1440" s="2" customFormat="1"/>
+    <row r="1441" s="2" customFormat="1"/>
+    <row r="1442" s="2" customFormat="1"/>
+    <row r="1443" s="2" customFormat="1"/>
+    <row r="1444" s="2" customFormat="1"/>
+    <row r="1445" s="2" customFormat="1"/>
+    <row r="1446" s="2" customFormat="1"/>
+    <row r="1447" s="2" customFormat="1"/>
+    <row r="1448" s="2" customFormat="1"/>
+    <row r="1449" s="2" customFormat="1"/>
+    <row r="1450" s="2" customFormat="1"/>
+    <row r="1451" s="2" customFormat="1"/>
+    <row r="1452" s="2" customFormat="1"/>
+    <row r="1453" s="2" customFormat="1"/>
+    <row r="1454" s="2" customFormat="1"/>
+    <row r="1455" s="2" customFormat="1"/>
+    <row r="1456" s="2" customFormat="1"/>
+    <row r="1457" s="2" customFormat="1"/>
+    <row r="1458" s="2" customFormat="1"/>
+    <row r="1459" s="2" customFormat="1"/>
+    <row r="1460" s="2" customFormat="1"/>
+    <row r="1461" s="2" customFormat="1"/>
+    <row r="1462" s="2" customFormat="1"/>
+    <row r="1463" s="2" customFormat="1"/>
+    <row r="1464" s="2" customFormat="1"/>
+    <row r="1465" s="2" customFormat="1"/>
+    <row r="1466" s="2" customFormat="1"/>
+    <row r="1467" s="2" customFormat="1"/>
+    <row r="1468" s="2" customFormat="1"/>
+    <row r="1469" s="2" customFormat="1"/>
+    <row r="1470" s="2" customFormat="1"/>
+    <row r="1471" s="2" customFormat="1"/>
+    <row r="1472" s="2" customFormat="1"/>
+    <row r="1473" s="2" customFormat="1"/>
+    <row r="1474" s="2" customFormat="1"/>
+    <row r="1475" s="2" customFormat="1"/>
+    <row r="1476" s="2" customFormat="1"/>
+    <row r="1477" s="2" customFormat="1"/>
+    <row r="1478" s="2" customFormat="1"/>
+    <row r="1479" s="2" customFormat="1"/>
+    <row r="1480" s="2" customFormat="1"/>
+    <row r="1481" s="2" customFormat="1"/>
+    <row r="1482" s="2" customFormat="1"/>
+    <row r="1483" s="2" customFormat="1"/>
+    <row r="1484" s="2" customFormat="1"/>
+    <row r="1485" s="2" customFormat="1"/>
+    <row r="1486" s="2" customFormat="1"/>
+    <row r="1487" s="2" customFormat="1"/>
+    <row r="1488" s="2" customFormat="1"/>
+    <row r="1489" s="2" customFormat="1"/>
+    <row r="1490" s="2" customFormat="1"/>
+    <row r="1491" s="2" customFormat="1"/>
+    <row r="1492" s="2" customFormat="1"/>
+    <row r="1493" s="2" customFormat="1"/>
+    <row r="1494" s="2" customFormat="1"/>
+    <row r="1495" s="2" customFormat="1"/>
+    <row r="1496" s="2" customFormat="1"/>
+    <row r="1497" s="2" customFormat="1"/>
+    <row r="1498" s="2" customFormat="1"/>
+    <row r="1499" s="2" customFormat="1"/>
+    <row r="1500" s="2" customFormat="1"/>
+    <row r="1501" s="2" customFormat="1"/>
+    <row r="1502" s="2" customFormat="1"/>
+    <row r="1503" s="2" customFormat="1"/>
+    <row r="1504" s="2" customFormat="1"/>
+    <row r="1505" s="2" customFormat="1"/>
+    <row r="1506" s="2" customFormat="1"/>
+    <row r="1507" s="2" customFormat="1"/>
+    <row r="1508" s="2" customFormat="1"/>
+    <row r="1509" s="2" customFormat="1"/>
+    <row r="1510" s="2" customFormat="1"/>
+    <row r="1511" s="2" customFormat="1"/>
+    <row r="1512" s="2" customFormat="1"/>
+    <row r="1513" s="2" customFormat="1"/>
+    <row r="1514" s="2" customFormat="1"/>
+    <row r="1515" s="2" customFormat="1"/>
+    <row r="1516" s="2" customFormat="1"/>
+    <row r="1517" s="2" customFormat="1"/>
+    <row r="1518" s="2" customFormat="1"/>
+    <row r="1519" s="2" customFormat="1"/>
+    <row r="1520" s="2" customFormat="1"/>
+    <row r="1521" s="2" customFormat="1"/>
+    <row r="1522" s="2" customFormat="1"/>
+    <row r="1523" s="2" customFormat="1"/>
+    <row r="1524" s="2" customFormat="1"/>
+    <row r="1525" s="2" customFormat="1"/>
+    <row r="1526" s="2" customFormat="1"/>
+    <row r="1527" s="2" customFormat="1"/>
+    <row r="1528" s="2" customFormat="1"/>
+    <row r="1529" s="2" customFormat="1"/>
+    <row r="1530" s="2" customFormat="1"/>
+    <row r="1531" s="2" customFormat="1"/>
+    <row r="1532" s="2" customFormat="1"/>
+    <row r="1533" s="2" customFormat="1"/>
+    <row r="1534" s="2" customFormat="1"/>
+    <row r="1535" s="2" customFormat="1"/>
+    <row r="1536" s="2" customFormat="1"/>
+    <row r="1537" s="2" customFormat="1"/>
+    <row r="1538" s="2" customFormat="1"/>
+    <row r="1539" s="2" customFormat="1"/>
+    <row r="1540" s="2" customFormat="1"/>
+    <row r="1541" s="2" customFormat="1"/>
+    <row r="1542" s="2" customFormat="1"/>
+    <row r="1543" s="2" customFormat="1"/>
+    <row r="1544" s="2" customFormat="1"/>
+    <row r="1545" s="2" customFormat="1"/>
+    <row r="1546" s="2" customFormat="1"/>
+    <row r="1547" s="2" customFormat="1"/>
+    <row r="1548" s="2" customFormat="1"/>
+    <row r="1549" s="2" customFormat="1"/>
+    <row r="1550" s="2" customFormat="1"/>
+    <row r="1551" s="2" customFormat="1"/>
+    <row r="1552" s="2" customFormat="1"/>
+    <row r="1553" s="2" customFormat="1"/>
+    <row r="1554" s="2" customFormat="1"/>
+    <row r="1555" s="2" customFormat="1"/>
+    <row r="1556" s="2" customFormat="1"/>
+    <row r="1557" s="2" customFormat="1"/>
+    <row r="1558" s="2" customFormat="1"/>
+    <row r="1559" s="2" customFormat="1"/>
+    <row r="1560" s="2" customFormat="1"/>
+    <row r="1561" s="2" customFormat="1"/>
+    <row r="1562" s="2" customFormat="1"/>
+    <row r="1563" s="2" customFormat="1"/>
+    <row r="1564" s="2" customFormat="1"/>
+    <row r="1565" s="2" customFormat="1"/>
+    <row r="1566" s="2" customFormat="1"/>
+    <row r="1567" s="2" customFormat="1"/>
+    <row r="1568" s="2" customFormat="1"/>
+    <row r="1569" s="2" customFormat="1"/>
+    <row r="1570" s="2" customFormat="1"/>
+    <row r="1571" s="2" customFormat="1"/>
+    <row r="1572" s="2" customFormat="1"/>
+    <row r="1573" s="2" customFormat="1"/>
+    <row r="1574" s="2" customFormat="1"/>
+    <row r="1575" s="2" customFormat="1"/>
+    <row r="1576" s="2" customFormat="1"/>
+    <row r="1577" s="2" customFormat="1"/>
+    <row r="1578" s="2" customFormat="1"/>
+    <row r="1579" s="2" customFormat="1"/>
+    <row r="1580" s="2" customFormat="1"/>
+    <row r="1581" s="2" customFormat="1"/>
+    <row r="1582" s="2" customFormat="1"/>
+    <row r="1583" s="2" customFormat="1"/>
+    <row r="1584" s="2" customFormat="1"/>
+    <row r="1585" s="2" customFormat="1"/>
+    <row r="1586" s="2" customFormat="1"/>
+    <row r="1587" s="2" customFormat="1"/>
+    <row r="1588" s="2" customFormat="1"/>
+    <row r="1589" s="2" customFormat="1"/>
+    <row r="1590" s="2" customFormat="1"/>
+    <row r="1591" s="2" customFormat="1"/>
+    <row r="1592" s="2" customFormat="1"/>
+    <row r="1593" s="2" customFormat="1"/>
+    <row r="1594" s="2" customFormat="1"/>
+    <row r="1595" s="2" customFormat="1"/>
+    <row r="1596" s="2" customFormat="1"/>
+    <row r="1597" s="2" customFormat="1"/>
+    <row r="1598" s="2" customFormat="1"/>
+    <row r="1599" s="2" customFormat="1"/>
+    <row r="1600" s="2" customFormat="1"/>
+    <row r="1601" s="2" customFormat="1"/>
+    <row r="1602" s="2" customFormat="1"/>
+    <row r="1603" s="2" customFormat="1"/>
+    <row r="1604" s="2" customFormat="1"/>
+    <row r="1605" s="2" customFormat="1"/>
+    <row r="1606" s="2" customFormat="1"/>
+    <row r="1607" s="2" customFormat="1"/>
+    <row r="1608" s="2" customFormat="1"/>
+    <row r="1609" s="2" customFormat="1"/>
+    <row r="1610" s="2" customFormat="1"/>
+    <row r="1611" s="2" customFormat="1"/>
+    <row r="1612" s="2" customFormat="1"/>
+    <row r="1613" s="2" customFormat="1"/>
+    <row r="1614" s="2" customFormat="1"/>
+    <row r="1615" s="2" customFormat="1"/>
+    <row r="1616" s="2" customFormat="1"/>
+    <row r="1617" s="2" customFormat="1"/>
+    <row r="1618" s="2" customFormat="1"/>
+    <row r="1619" s="2" customFormat="1"/>
+    <row r="1620" s="2" customFormat="1"/>
+    <row r="1621" s="2" customFormat="1"/>
+    <row r="1622" s="2" customFormat="1"/>
+    <row r="1623" s="2" customFormat="1"/>
+    <row r="1624" s="2" customFormat="1"/>
+    <row r="1625" s="2" customFormat="1"/>
+    <row r="1626" s="2" customFormat="1"/>
+    <row r="1627" s="2" customFormat="1"/>
+    <row r="1628" s="2" customFormat="1"/>
+    <row r="1629" s="2" customFormat="1"/>
+    <row r="1630" s="2" customFormat="1"/>
+    <row r="1631" s="2" customFormat="1"/>
+    <row r="1632" s="2" customFormat="1"/>
+    <row r="1633" s="2" customFormat="1"/>
+    <row r="1634" s="2" customFormat="1"/>
+    <row r="1635" s="2" customFormat="1"/>
+    <row r="1636" s="2" customFormat="1"/>
+    <row r="1637" s="2" customFormat="1"/>
+    <row r="1638" s="2" customFormat="1"/>
+    <row r="1639" s="2" customFormat="1"/>
+    <row r="1640" s="2" customFormat="1"/>
+    <row r="1641" s="2" customFormat="1"/>
+    <row r="1642" s="2" customFormat="1"/>
+    <row r="1643" s="2" customFormat="1"/>
+    <row r="1644" s="2" customFormat="1"/>
+    <row r="1645" s="2" customFormat="1"/>
+    <row r="1646" s="2" customFormat="1"/>
+    <row r="1647" s="2" customFormat="1"/>
+    <row r="1648" s="2" customFormat="1"/>
+    <row r="1649" s="2" customFormat="1"/>
+    <row r="1650" s="2" customFormat="1"/>
+    <row r="1651" s="2" customFormat="1"/>
+    <row r="1652" s="2" customFormat="1"/>
+    <row r="1653" s="2" customFormat="1"/>
+    <row r="1654" s="2" customFormat="1"/>
+    <row r="1655" s="2" customFormat="1"/>
+    <row r="1656" s="2" customFormat="1"/>
+    <row r="1657" s="2" customFormat="1"/>
+    <row r="1658" s="2" customFormat="1"/>
+    <row r="1659" s="2" customFormat="1"/>
+    <row r="1660" s="2" customFormat="1"/>
+    <row r="1661" s="2" customFormat="1"/>
+    <row r="1662" s="2" customFormat="1"/>
+    <row r="1663" s="2" customFormat="1"/>
+    <row r="1664" s="2" customFormat="1"/>
+    <row r="1665" s="2" customFormat="1"/>
+    <row r="1666" s="2" customFormat="1"/>
+    <row r="1667" s="2" customFormat="1"/>
+    <row r="1668" s="2" customFormat="1"/>
+    <row r="1669" s="2" customFormat="1"/>
+    <row r="1670" s="2" customFormat="1"/>
+    <row r="1671" s="2" customFormat="1"/>
+    <row r="1672" s="2" customFormat="1"/>
+    <row r="1673" s="2" customFormat="1"/>
+    <row r="1674" s="2" customFormat="1"/>
+    <row r="1675" s="2" customFormat="1"/>
+    <row r="1676" s="2" customFormat="1"/>
+    <row r="1677" s="2" customFormat="1"/>
+    <row r="1678" s="2" customFormat="1"/>
+    <row r="1679" s="2" customFormat="1"/>
+    <row r="1680" s="2" customFormat="1"/>
+    <row r="1681" s="2" customFormat="1"/>
+    <row r="1682" s="2" customFormat="1"/>
+    <row r="1683" s="2" customFormat="1"/>
+    <row r="1684" s="2" customFormat="1"/>
+    <row r="1685" s="2" customFormat="1"/>
+    <row r="1686" s="2" customFormat="1"/>
+    <row r="1687" s="2" customFormat="1"/>
+    <row r="1688" s="2" customFormat="1"/>
+    <row r="1689" s="2" customFormat="1"/>
+    <row r="1690" s="2" customFormat="1"/>
+    <row r="1691" s="2" customFormat="1"/>
+    <row r="1692" s="2" customFormat="1"/>
+    <row r="1693" s="2" customFormat="1"/>
+    <row r="1694" s="2" customFormat="1"/>
+    <row r="1695" s="2" customFormat="1"/>
+    <row r="1696" s="2" customFormat="1"/>
+    <row r="1697" s="2" customFormat="1"/>
+    <row r="1698" s="2" customFormat="1"/>
+    <row r="1699" s="2" customFormat="1"/>
+    <row r="1700" s="2" customFormat="1"/>
+    <row r="1701" s="2" customFormat="1"/>
+    <row r="1702" s="2" customFormat="1"/>
+    <row r="1703" s="2" customFormat="1"/>
+    <row r="1704" s="2" customFormat="1"/>
+    <row r="1705" s="2" customFormat="1"/>
+    <row r="1706" s="2" customFormat="1"/>
+    <row r="1707" s="2" customFormat="1"/>
+    <row r="1708" s="2" customFormat="1"/>
+    <row r="1709" s="2" customFormat="1"/>
+    <row r="1710" s="2" customFormat="1"/>
+    <row r="1711" s="2" customFormat="1"/>
+    <row r="1712" s="2" customFormat="1"/>
+    <row r="1713" s="2" customFormat="1"/>
+    <row r="1714" s="2" customFormat="1"/>
+    <row r="1715" s="2" customFormat="1"/>
+    <row r="1716" s="2" customFormat="1"/>
+    <row r="1717" s="2" customFormat="1"/>
+    <row r="1718" s="2" customFormat="1"/>
+    <row r="1719" s="2" customFormat="1"/>
+    <row r="1720" s="2" customFormat="1"/>
+    <row r="1721" s="2" customFormat="1"/>
+    <row r="1722" s="2" customFormat="1"/>
+    <row r="1723" s="2" customFormat="1"/>
+    <row r="1724" s="2" customFormat="1"/>
+    <row r="1725" s="2" customFormat="1"/>
+    <row r="1726" s="2" customFormat="1"/>
+    <row r="1727" s="2" customFormat="1"/>
+    <row r="1728" s="2" customFormat="1"/>
+    <row r="1729" s="2" customFormat="1"/>
+    <row r="1730" s="2" customFormat="1"/>
+    <row r="1731" s="2" customFormat="1"/>
+    <row r="1732" s="2" customFormat="1"/>
+    <row r="1733" s="2" customFormat="1"/>
+    <row r="1734" s="2" customFormat="1"/>
+    <row r="1735" s="2" customFormat="1"/>
+    <row r="1736" s="2" customFormat="1"/>
+    <row r="1737" s="2" customFormat="1"/>
+    <row r="1738" s="2" customFormat="1"/>
+    <row r="1739" s="2" customFormat="1"/>
+    <row r="1740" s="2" customFormat="1"/>
+    <row r="1741" s="2" customFormat="1"/>
+    <row r="1742" s="2" customFormat="1"/>
+    <row r="1743" s="2" customFormat="1"/>
+    <row r="1744" s="2" customFormat="1"/>
+    <row r="1745" s="2" customFormat="1"/>
+    <row r="1746" s="2" customFormat="1"/>
+    <row r="1747" s="2" customFormat="1"/>
+    <row r="1748" s="2" customFormat="1"/>
+    <row r="1749" s="2" customFormat="1"/>
+    <row r="1750" s="2" customFormat="1"/>
+    <row r="1751" s="2" customFormat="1"/>
+    <row r="1752" s="2" customFormat="1"/>
+    <row r="1753" s="2" customFormat="1"/>
+    <row r="1754" s="2" customFormat="1"/>
+    <row r="1755" s="2" customFormat="1"/>
+    <row r="1756" s="2" customFormat="1"/>
+    <row r="1757" s="2" customFormat="1"/>
+    <row r="1758" s="2" customFormat="1"/>
+    <row r="1759" s="2" customFormat="1"/>
+    <row r="1760" s="2" customFormat="1"/>
+    <row r="1761" s="2" customFormat="1"/>
+    <row r="1762" s="2" customFormat="1"/>
+    <row r="1763" s="2" customFormat="1"/>
+    <row r="1764" s="2" customFormat="1"/>
+    <row r="1765" s="2" customFormat="1"/>
+    <row r="1766" s="2" customFormat="1"/>
+    <row r="1767" s="2" customFormat="1"/>
+    <row r="1768" s="2" customFormat="1"/>
+    <row r="1769" s="2" customFormat="1"/>
+    <row r="1770" s="2" customFormat="1"/>
+    <row r="1771" s="2" customFormat="1"/>
+    <row r="1772" s="2" customFormat="1"/>
+    <row r="1773" s="2" customFormat="1"/>
+    <row r="1774" s="2" customFormat="1"/>
+    <row r="1775" s="2" customFormat="1"/>
+    <row r="1776" s="2" customFormat="1"/>
+    <row r="1777" s="2" customFormat="1"/>
+    <row r="1778" s="2" customFormat="1"/>
+    <row r="1779" s="2" customFormat="1"/>
+    <row r="1780" s="2" customFormat="1"/>
+    <row r="1781" s="2" customFormat="1"/>
+    <row r="1782" s="2" customFormat="1"/>
+    <row r="1783" s="2" customFormat="1"/>
+    <row r="1784" s="2" customFormat="1"/>
+    <row r="1785" s="2" customFormat="1"/>
+    <row r="1786" s="2" customFormat="1"/>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertRows="0" sort="0" autoFilter="0"/>
   <dataConsolidate/>
   <mergeCells count="33">
-    <mergeCell ref="B85:C85"/>
+    <mergeCell ref="B84:C84"/>
+    <mergeCell ref="D84:E84"/>
     <mergeCell ref="D85:E85"/>
-    <mergeCell ref="D86:E86"/>
     <mergeCell ref="G19:K19"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="C21:E21"/>
     <mergeCell ref="C20:E20"/>
-    <mergeCell ref="J75:K75"/>
+    <mergeCell ref="J74:K74"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="J67:K67"/>
     <mergeCell ref="J69:K69"/>
-    <mergeCell ref="J68:K68"/>
     <mergeCell ref="J70:K70"/>
-    <mergeCell ref="J71:K71"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="E28:F28"/>
-    <mergeCell ref="J62:K62"/>
+    <mergeCell ref="J61:K61"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="C23:E23"/>
     <mergeCell ref="C22:E22"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="H14:I14"/>
+    <mergeCell ref="J72:K72"/>
     <mergeCell ref="J73:K73"/>
-    <mergeCell ref="J74:K74"/>
+    <mergeCell ref="J62:K62"/>
     <mergeCell ref="J63:K63"/>
     <mergeCell ref="J64:K64"/>
     <mergeCell ref="J65:K65"/>
     <mergeCell ref="J66:K66"/>
-    <mergeCell ref="J67:K67"/>
-    <mergeCell ref="J72:K72"/>
+    <mergeCell ref="J71:K71"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <dataValidations count="21">
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Please use the format" error="dd-mm-yyyy" promptTitle="Please use the format" prompt="dd-mm-yy" sqref="B63:B74" xr:uid="{78100E29-668A-D44B-9024-360FA00ED1E4}">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Please use the format" error="dd-mm-yyyy" promptTitle="Please use the format" prompt="dd-mm-yy" sqref="B62:B73" xr:uid="{78100E29-668A-D44B-9024-360FA00ED1E4}">
       <formula1>45474</formula1>
       <formula2>47119</formula2>
     </dataValidation>
-    <dataValidation allowBlank="1" showErrorMessage="1" sqref="D63:D74 J13:K15 I15" xr:uid="{11448161-1CA3-6745-B6EE-C938444A93BC}"/>
-[...2 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E63:G74" xr:uid="{A4BAE362-12A0-7643-A4E1-BD1DCFDBBBB3}">
+    <dataValidation allowBlank="1" showErrorMessage="1" sqref="D62:D73 J13:K15 I15" xr:uid="{11448161-1CA3-6745-B6EE-C938444A93BC}"/>
+    <dataValidation allowBlank="1" showErrorMessage="1" errorTitle="Please use the format" error="dd-mm-yyyy" promptTitle="Please use the format" prompt="dd-mm-yy" sqref="L63:Q73" xr:uid="{15814A0F-AD52-FC44-87E2-4907279A0DB2}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" sqref="H62:H73" xr:uid="{88ABB98C-94BD-5542-AF52-320A64D788FE}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E62:G73" xr:uid="{A4BAE362-12A0-7643-A4E1-BD1DCFDBBBB3}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Please use the format" error="dd-mm-yyyy" sqref="G21:G22 I21:K22" xr:uid="{144EF8EB-3D5B-5C47-8CA0-2B59D7B2E53E}"/>
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Please use the format" error="dd-mm-yy" promptTitle="Please use the format" prompt="dd-mm-yy_x000a_" sqref="C29:C52 H13:H14" xr:uid="{2FCBECF5-6B5E-D746-843F-086D20FB391F}">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Please use the format" error="dd-mm-yy" promptTitle="Please use the format" prompt="dd-mm-yy_x000a_" sqref="H13:H14 C29:C51" xr:uid="{2FCBECF5-6B5E-D746-843F-086D20FB391F}">
       <formula1>45474</formula1>
       <formula2>48580</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" sqref="C15:E15" xr:uid="{BD1A5ECF-7EED-7643-B2E6-A31CAEF533DC}">
       <formula1>"Select,Group 1,Group 2, Group 3,no specific Group"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Was Breakfast provided for you?" sqref="E62" xr:uid="{C9BC6A93-0CD6-DC48-B634-27A732AA349F}"/>
-[...2 lines deleted...]
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C63:C74" xr:uid="{3303AFAF-65B7-3549-9C68-C74A33735556}">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Was Breakfast provided for you?" sqref="E61" xr:uid="{C9BC6A93-0CD6-DC48-B634-27A732AA349F}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Was Lunch provided for you?" sqref="F61" xr:uid="{88D50848-7835-4A43-8D47-781F9219F5C3}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Was Dinner provided for you?" sqref="G61" xr:uid="{51885C0D-1E70-A14C-9CC0-51DE1148E946}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C62:C73" xr:uid="{3303AFAF-65B7-3549-9C68-C74A33735556}">
       <formula1>"Choose,Arrival,Departure,stay for 24 hrs,I did not attend,illness,I already left"</formula1>
     </dataValidation>
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Please use the format" prompt="dd.mm.yy" sqref="D85:E85" xr:uid="{7C8CDE12-3971-0D4A-8363-4700546B8D3A}">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Please use the format" prompt="dd.mm.yy" sqref="D84:E84" xr:uid="{7C8CDE12-3971-0D4A-8363-4700546B8D3A}">
       <formula1>45566</formula1>
       <formula2>46387</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" promptTitle="Please use the format" prompt="dd-mm-yy_x000a_" sqref="H23" xr:uid="{EA88E228-E1BF-B848-A57C-AFEC669E5BAF}">
       <formula1>"January,February,March,April,May,June,July,August,September,October,November,December"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H15" xr:uid="{3A1D7A4F-E4D1-0C4A-B1FA-EDD43BB43328}">
-      <formula1>$B$126:$B$154</formula1>
+      <formula1>$B$125:$B$153</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" promptTitle="Conversion Rate" prompt="Please select the correct Conversion Rate" sqref="J29:J52" xr:uid="{6D6FDB60-FCB3-E544-90FB-D5B9CD5A6588}"/>
     <dataValidation allowBlank="1" sqref="E4:F6" xr:uid="{68799E38-EE66-CA46-A550-1896962459CB}"/>
     <dataValidation type="list" allowBlank="1" sqref="E7:F7" xr:uid="{54EB15E8-9DCA-8F46-8860-C41C87BC676C}">
-      <formula1>$B$126:$B$155</formula1>
+      <formula1>$B$125:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H22" xr:uid="{489D639F-4830-B044-A89C-9688405A94BB}">
       <formula1>"Please choose if needed,BGN – Bulgarian Lev, CZK – Czech Koruna, DKK – Danish Krone, HUF – Hungarian Forint, PLN – Polish Złoty, RON – Romanian Leu, SEK – Swedish Krona"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" promptTitle="Select the currency" prompt="Please select the currency that was used" sqref="I29:I52" xr:uid="{1061C5F5-18CB-5748-A934-815928DF5E8B}">
-[...1 lines deleted...]
-    </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C14:E14" xr:uid="{A5CF2234-D7A9-2845-AFFC-87A669525406}">
       <formula1>"Select,1st Wave Exchange Programme, 2nd Wave Exchange Programme, Multidisciplinary Core Training, Multidisciplinary Advanced Training, Workshop"</formula1>
+    </dataValidation>
+    <dataValidation allowBlank="1" promptTitle="Conversion Rate" prompt="Please select the correct Conversion Rate" sqref="J29:J51" xr:uid="{6D6FDB60-FCB3-E544-90FB-D5B9CD5A6588}"/>
+    <dataValidation type="list" allowBlank="1" promptTitle="Select the currency" prompt="Please select the currency that was used" sqref="I29:I51" xr:uid="{1061C5F5-18CB-5748-A934-815928DF5E8B}">
+      <formula1>$B$192:$B$195</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="H24" r:id="rId1" xr:uid="{CDFDD626-99B0-B242-A342-742EE843BA0E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="35" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100728DD099C5B08547BB3E8BCDA68E780D" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6708c6e791db4e897f6139fb473aa591">
@@ -6811,51 +6802,51 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7ACA8C1-AEEE-4386-BDA8-16A2771128E0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="4a70b212-0f44-46ce-a1b4-ab52c20940d1"/>
     <ds:schemaRef ds:uri="94b3644f-a22d-4d8f-bd19-2c16c037870e"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Travel Expense</vt:lpstr>
       <vt:lpstr>'Travel Expense'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>