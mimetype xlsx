--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
     <sheet state="visible" name="Registrant+import" sheetId="1" r:id="rId4"/>
     <sheet state="hidden" name="Feuil1" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId6" roundtripDataChecksum="6/QqGKfzog51rM5Znn5vvqNhDghzqGCiHBfcvYr7xSY="/>
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId6" roundtripDataChecksum="hyGqA+v+MWlvZQi3wwK4JkmdFNcw9M/VVW2c0lEuKuc="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="78">
   <si>
     <t>Formulaire d'inscription groupe</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Verdana"/>
         <b/>
         <color rgb="FFC55A11"/>
         <sz val="8.0"/>
       </rPr>
       <t xml:space="preserve">à retourner par email, en format Excel, </t>
     </r>
     <r>
       <rPr>
         <rFont val="Verdana"/>
         <b/>
         <color rgb="FFFF6600"/>
@@ -784,98 +784,98 @@
     </xf>
     <xf borderId="2" fillId="2" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="19" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="20" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="1" fillId="2" fontId="19" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="1" fillId="2" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="21" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="1" fillId="2" fontId="6" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="1" fillId="2" fontId="22" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="22" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="7" fillId="2" fontId="21" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" readingOrder="0"/>
     </xf>
     <xf borderId="8" fillId="0" fontId="7" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="9" fillId="0" fontId="7" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="10" fillId="0" fontId="22" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="10" fillId="0" fontId="22" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
     <xf borderId="10" fillId="3" fontId="22" numFmtId="0" xfId="0" applyBorder="1" applyFill="1" applyFont="1"/>
     <xf borderId="10" fillId="0" fontId="23" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" readingOrder="0"/>
     </xf>
-    <xf borderId="10" fillId="0" fontId="22" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="10" fillId="3" fontId="22" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment readingOrder="0"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="22" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="24" numFmtId="0" xfId="0" applyFont="1"/>
     <xf borderId="0" fillId="0" fontId="23" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1781175" cy="1790700"/>
+    <xdr:ext cx="2200275" cy="1905000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" name="image1.jpg" title="Image"/>
         <xdr:cNvPicPr preferRelativeResize="0"/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip cstate="print" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
@@ -1072,51 +1072,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <pageSetUpPr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="14.43" defaultRowHeight="15.0"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="3.0"/>
-    <col customWidth="1" min="2" max="2" width="23.29"/>
+    <col customWidth="1" min="2" max="2" width="31.29"/>
     <col customWidth="1" min="3" max="3" width="10.14"/>
     <col customWidth="1" min="4" max="4" width="14.71"/>
     <col customWidth="1" min="5" max="5" width="14.57"/>
     <col customWidth="1" min="6" max="6" width="19.14"/>
     <col customWidth="1" min="7" max="7" width="25.29"/>
     <col customWidth="1" min="8" max="8" width="16.14"/>
     <col customWidth="1" min="9" max="9" width="14.14"/>
     <col customWidth="1" min="10" max="10" width="17.86"/>
     <col customWidth="1" min="11" max="11" width="11.43"/>
     <col customWidth="1" min="12" max="12" width="23.86"/>
     <col customWidth="1" min="13" max="13" width="11.43"/>
     <col customWidth="1" min="14" max="14" width="11.57"/>
     <col customWidth="1" min="15" max="15" width="48.86"/>
     <col customWidth="1" min="16" max="16" width="14.86"/>
     <col customWidth="1" min="17" max="17" width="10.57"/>
     <col customWidth="1" min="18" max="18" width="15.43"/>
     <col customWidth="1" min="19" max="21" width="36.71"/>
     <col customWidth="1" min="22" max="22" width="10.29"/>
     <col customWidth="1" min="23" max="23" width="10.43"/>
     <col customWidth="1" min="24" max="24" width="31.86"/>
     <col customWidth="1" min="25" max="26" width="13.43"/>
   </cols>
   <sheetData>
     <row r="1" ht="21.0" customHeight="1">
       <c r="A1" s="1"/>
@@ -1819,53 +1819,51 @@
       <c r="F23" s="48"/>
       <c r="G23" s="48"/>
       <c r="H23" s="48"/>
       <c r="I23" s="48"/>
       <c r="J23" s="48"/>
       <c r="K23" s="48"/>
       <c r="L23" s="48"/>
       <c r="M23" s="48"/>
       <c r="N23" s="48"/>
       <c r="O23" s="48"/>
       <c r="P23" s="48"/>
       <c r="Q23" s="45"/>
       <c r="R23" s="45"/>
       <c r="S23" s="49" t="s">
         <v>37</v>
       </c>
       <c r="T23" s="50"/>
       <c r="U23" s="51"/>
       <c r="V23" s="45"/>
       <c r="W23" s="48"/>
       <c r="X23" s="48"/>
       <c r="Y23" s="48"/>
       <c r="Z23" s="48"/>
     </row>
     <row r="24" ht="15.75" customHeight="1">
-      <c r="A24" s="52">
-[...1 lines deleted...]
-      </c>
+      <c r="A24" s="52"/>
       <c r="B24" s="53" t="s">
         <v>38</v>
       </c>
       <c r="C24" s="54" t="s">
         <v>39</v>
       </c>
       <c r="D24" s="54" t="s">
         <v>40</v>
       </c>
       <c r="E24" s="54" t="s">
         <v>41</v>
       </c>
       <c r="F24" s="53" t="s">
         <v>42</v>
       </c>
       <c r="G24" s="53" t="s">
         <v>43</v>
       </c>
       <c r="H24" s="53" t="s">
         <v>44</v>
       </c>
       <c r="I24" s="54" t="s">
         <v>45</v>
       </c>
       <c r="J24" s="53" t="s">
@@ -1885,6201 +1883,5488 @@
       </c>
       <c r="O24" s="54" t="s">
         <v>51</v>
       </c>
       <c r="P24" s="53" t="s">
         <v>52</v>
       </c>
       <c r="Q24" s="54" t="s">
         <v>53</v>
       </c>
       <c r="R24" s="53" t="s">
         <v>54</v>
       </c>
       <c r="S24" s="54" t="s">
         <v>55</v>
       </c>
       <c r="T24" s="54" t="s">
         <v>56</v>
       </c>
       <c r="U24" s="54" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="25" ht="15.75" customHeight="1">
       <c r="A25" s="55">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="B25" s="56"/>
+        <v>1.0</v>
+      </c>
+      <c r="B25" s="53"/>
       <c r="C25" s="54"/>
       <c r="D25" s="54"/>
       <c r="E25" s="54"/>
       <c r="F25" s="53"/>
       <c r="G25" s="53"/>
       <c r="H25" s="53"/>
       <c r="I25" s="54"/>
       <c r="J25" s="53"/>
       <c r="K25" s="54"/>
       <c r="L25" s="54"/>
       <c r="M25" s="53"/>
       <c r="N25" s="54"/>
       <c r="O25" s="54"/>
       <c r="P25" s="53"/>
       <c r="Q25" s="54"/>
       <c r="R25" s="53"/>
       <c r="S25" s="54"/>
       <c r="T25" s="54"/>
-      <c r="U25" s="54"/>
+      <c r="U25" s="56"/>
     </row>
     <row r="26" ht="15.75" customHeight="1">
       <c r="A26" s="55">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="B26" s="53"/>
       <c r="C26" s="54"/>
       <c r="D26" s="54"/>
       <c r="E26" s="54"/>
       <c r="F26" s="53"/>
       <c r="G26" s="53"/>
       <c r="H26" s="53"/>
       <c r="I26" s="54"/>
       <c r="J26" s="53"/>
       <c r="K26" s="54"/>
       <c r="L26" s="54"/>
       <c r="M26" s="53"/>
       <c r="N26" s="54"/>
       <c r="O26" s="54"/>
       <c r="P26" s="53"/>
       <c r="Q26" s="54"/>
       <c r="R26" s="53"/>
       <c r="S26" s="54"/>
       <c r="T26" s="54"/>
       <c r="U26" s="54"/>
     </row>
     <row r="27" ht="15.75" customHeight="1">
       <c r="A27" s="55">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="B27" s="53"/>
       <c r="C27" s="54"/>
       <c r="D27" s="54"/>
       <c r="E27" s="54"/>
       <c r="F27" s="53"/>
       <c r="G27" s="53"/>
       <c r="H27" s="53"/>
       <c r="I27" s="54"/>
       <c r="J27" s="53"/>
       <c r="K27" s="54"/>
       <c r="L27" s="54"/>
       <c r="M27" s="53"/>
       <c r="N27" s="54"/>
       <c r="O27" s="54"/>
       <c r="P27" s="53"/>
       <c r="Q27" s="54"/>
       <c r="R27" s="53"/>
       <c r="S27" s="54"/>
       <c r="T27" s="54"/>
       <c r="U27" s="54"/>
     </row>
     <row r="28" ht="15.75" customHeight="1">
       <c r="A28" s="55">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B28" s="53"/>
       <c r="C28" s="54"/>
       <c r="D28" s="54"/>
       <c r="E28" s="54"/>
       <c r="F28" s="53"/>
       <c r="G28" s="53"/>
       <c r="H28" s="53"/>
       <c r="I28" s="54"/>
       <c r="J28" s="53"/>
       <c r="K28" s="54"/>
       <c r="L28" s="54"/>
       <c r="M28" s="53"/>
       <c r="N28" s="54"/>
       <c r="O28" s="54"/>
       <c r="P28" s="53"/>
       <c r="Q28" s="54"/>
       <c r="R28" s="53"/>
       <c r="S28" s="54"/>
       <c r="T28" s="54"/>
       <c r="U28" s="54"/>
     </row>
     <row r="29" ht="15.75" customHeight="1">
       <c r="A29" s="55">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="B29" s="53"/>
       <c r="C29" s="54"/>
       <c r="D29" s="54"/>
       <c r="E29" s="54"/>
       <c r="F29" s="53"/>
       <c r="G29" s="53"/>
       <c r="H29" s="53"/>
       <c r="I29" s="54"/>
       <c r="J29" s="53"/>
       <c r="K29" s="54"/>
       <c r="L29" s="54"/>
       <c r="M29" s="53"/>
       <c r="N29" s="54"/>
       <c r="O29" s="54"/>
       <c r="P29" s="53"/>
       <c r="Q29" s="54"/>
       <c r="R29" s="53"/>
       <c r="S29" s="54"/>
       <c r="T29" s="54"/>
       <c r="U29" s="54"/>
     </row>
     <row r="30" ht="15.75" customHeight="1">
       <c r="A30" s="55">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="B30" s="53"/>
       <c r="C30" s="54"/>
       <c r="D30" s="54"/>
       <c r="E30" s="54"/>
       <c r="F30" s="53"/>
       <c r="G30" s="53"/>
       <c r="H30" s="53"/>
       <c r="I30" s="54"/>
       <c r="J30" s="53"/>
       <c r="K30" s="54"/>
       <c r="L30" s="54"/>
       <c r="M30" s="53"/>
       <c r="N30" s="54"/>
       <c r="O30" s="54"/>
       <c r="P30" s="53"/>
       <c r="Q30" s="54"/>
       <c r="R30" s="53"/>
       <c r="S30" s="54"/>
       <c r="T30" s="54"/>
       <c r="U30" s="54"/>
     </row>
     <row r="31" ht="15.75" customHeight="1">
       <c r="A31" s="55">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="B31" s="53"/>
       <c r="C31" s="54"/>
       <c r="D31" s="54"/>
       <c r="E31" s="54"/>
       <c r="F31" s="53"/>
       <c r="G31" s="53"/>
       <c r="H31" s="53"/>
       <c r="I31" s="54"/>
       <c r="J31" s="53"/>
       <c r="K31" s="54"/>
       <c r="L31" s="54"/>
       <c r="M31" s="53"/>
       <c r="N31" s="54"/>
       <c r="O31" s="54"/>
       <c r="P31" s="53"/>
       <c r="Q31" s="54"/>
       <c r="R31" s="53"/>
       <c r="S31" s="54"/>
       <c r="T31" s="54"/>
       <c r="U31" s="54"/>
     </row>
     <row r="32" ht="15.75" customHeight="1">
       <c r="A32" s="55">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="B32" s="53"/>
       <c r="C32" s="54"/>
       <c r="D32" s="54"/>
       <c r="E32" s="54"/>
       <c r="F32" s="53"/>
       <c r="G32" s="53"/>
       <c r="H32" s="53"/>
       <c r="I32" s="54"/>
       <c r="J32" s="53"/>
       <c r="K32" s="54"/>
       <c r="L32" s="54"/>
       <c r="M32" s="53"/>
       <c r="N32" s="54"/>
       <c r="O32" s="54"/>
       <c r="P32" s="53"/>
       <c r="Q32" s="54"/>
       <c r="R32" s="53"/>
       <c r="S32" s="54"/>
       <c r="T32" s="54"/>
       <c r="U32" s="54"/>
     </row>
     <row r="33" ht="15.75" customHeight="1">
       <c r="A33" s="55">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="B33" s="53"/>
       <c r="C33" s="54"/>
       <c r="D33" s="54"/>
       <c r="E33" s="54"/>
       <c r="F33" s="53"/>
       <c r="G33" s="53"/>
       <c r="H33" s="53"/>
       <c r="I33" s="54"/>
       <c r="J33" s="53"/>
       <c r="K33" s="54"/>
       <c r="L33" s="54"/>
       <c r="M33" s="53"/>
       <c r="N33" s="54"/>
       <c r="O33" s="54"/>
       <c r="P33" s="53"/>
       <c r="Q33" s="54"/>
       <c r="R33" s="53"/>
       <c r="S33" s="54"/>
       <c r="T33" s="54"/>
       <c r="U33" s="54"/>
     </row>
     <row r="34" ht="15.75" customHeight="1">
       <c r="A34" s="55">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
       <c r="B34" s="53"/>
       <c r="C34" s="54"/>
       <c r="D34" s="54"/>
       <c r="E34" s="54"/>
       <c r="F34" s="53"/>
       <c r="G34" s="53"/>
       <c r="H34" s="53"/>
       <c r="I34" s="54"/>
       <c r="J34" s="53"/>
       <c r="K34" s="54"/>
       <c r="L34" s="54"/>
       <c r="M34" s="53"/>
       <c r="N34" s="54"/>
       <c r="O34" s="54"/>
       <c r="P34" s="53"/>
       <c r="Q34" s="54"/>
       <c r="R34" s="53"/>
       <c r="S34" s="54"/>
       <c r="T34" s="54"/>
       <c r="U34" s="54"/>
     </row>
     <row r="35" ht="15.75" customHeight="1">
       <c r="A35" s="55">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
       <c r="B35" s="53"/>
       <c r="C35" s="54"/>
       <c r="D35" s="54"/>
       <c r="E35" s="54"/>
       <c r="F35" s="53"/>
       <c r="G35" s="53"/>
       <c r="H35" s="53"/>
       <c r="I35" s="54"/>
       <c r="J35" s="53"/>
       <c r="K35" s="54"/>
       <c r="L35" s="54"/>
       <c r="M35" s="53"/>
       <c r="N35" s="54"/>
       <c r="O35" s="54"/>
       <c r="P35" s="53"/>
       <c r="Q35" s="54"/>
       <c r="R35" s="53"/>
       <c r="S35" s="54"/>
       <c r="T35" s="54"/>
       <c r="U35" s="54"/>
     </row>
     <row r="36" ht="15.75" customHeight="1">
       <c r="A36" s="55">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
       <c r="B36" s="53"/>
       <c r="C36" s="54"/>
       <c r="D36" s="54"/>
       <c r="E36" s="54"/>
       <c r="F36" s="53"/>
       <c r="G36" s="53"/>
       <c r="H36" s="53"/>
       <c r="I36" s="54"/>
       <c r="J36" s="53"/>
       <c r="K36" s="54"/>
       <c r="L36" s="54"/>
       <c r="M36" s="53"/>
       <c r="N36" s="54"/>
       <c r="O36" s="54"/>
       <c r="P36" s="53"/>
       <c r="Q36" s="54"/>
       <c r="R36" s="53"/>
       <c r="S36" s="54"/>
       <c r="T36" s="54"/>
       <c r="U36" s="54"/>
     </row>
     <row r="37" ht="15.75" customHeight="1">
       <c r="A37" s="55">
-        <v>14.0</v>
+        <v>13.0</v>
       </c>
       <c r="B37" s="53"/>
       <c r="C37" s="54"/>
       <c r="D37" s="54"/>
       <c r="E37" s="54"/>
       <c r="F37" s="53"/>
       <c r="G37" s="53"/>
       <c r="H37" s="53"/>
       <c r="I37" s="54"/>
       <c r="J37" s="53"/>
       <c r="K37" s="54"/>
       <c r="L37" s="54"/>
       <c r="M37" s="53"/>
       <c r="N37" s="54"/>
       <c r="O37" s="54"/>
       <c r="P37" s="53"/>
       <c r="Q37" s="54"/>
       <c r="R37" s="53"/>
       <c r="S37" s="54"/>
       <c r="T37" s="54"/>
       <c r="U37" s="54"/>
     </row>
     <row r="38" ht="15.75" customHeight="1">
       <c r="A38" s="55">
-        <v>15.0</v>
+        <v>14.0</v>
       </c>
       <c r="B38" s="53"/>
       <c r="C38" s="54"/>
       <c r="D38" s="54"/>
       <c r="E38" s="54"/>
       <c r="F38" s="53"/>
       <c r="G38" s="53"/>
       <c r="H38" s="53"/>
       <c r="I38" s="54"/>
       <c r="J38" s="53"/>
       <c r="K38" s="54"/>
       <c r="L38" s="54"/>
       <c r="M38" s="53"/>
       <c r="N38" s="54"/>
       <c r="O38" s="54"/>
       <c r="P38" s="53"/>
       <c r="Q38" s="54"/>
       <c r="R38" s="53"/>
       <c r="S38" s="54"/>
       <c r="T38" s="54"/>
       <c r="U38" s="54"/>
     </row>
     <row r="39" ht="15.75" customHeight="1">
       <c r="A39" s="55">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
       <c r="B39" s="53"/>
       <c r="C39" s="54"/>
       <c r="D39" s="54"/>
       <c r="E39" s="54"/>
       <c r="F39" s="53"/>
       <c r="G39" s="53"/>
       <c r="H39" s="53"/>
       <c r="I39" s="54"/>
       <c r="J39" s="53"/>
       <c r="K39" s="54"/>
       <c r="L39" s="54"/>
       <c r="M39" s="53"/>
       <c r="N39" s="54"/>
       <c r="O39" s="54"/>
       <c r="P39" s="53"/>
       <c r="Q39" s="54"/>
       <c r="R39" s="53"/>
       <c r="S39" s="54"/>
       <c r="T39" s="54"/>
       <c r="U39" s="54"/>
     </row>
     <row r="40" ht="15.75" customHeight="1">
       <c r="A40" s="55">
-        <v>17.0</v>
+        <v>16.0</v>
       </c>
       <c r="B40" s="53"/>
       <c r="C40" s="54"/>
       <c r="D40" s="54"/>
       <c r="E40" s="54"/>
       <c r="F40" s="53"/>
       <c r="G40" s="53"/>
       <c r="H40" s="53"/>
       <c r="I40" s="54"/>
       <c r="J40" s="53"/>
       <c r="K40" s="54"/>
       <c r="L40" s="54"/>
       <c r="M40" s="53"/>
       <c r="N40" s="54"/>
       <c r="O40" s="54"/>
       <c r="P40" s="53"/>
       <c r="Q40" s="54"/>
       <c r="R40" s="53"/>
       <c r="S40" s="54"/>
       <c r="T40" s="54"/>
       <c r="U40" s="54"/>
     </row>
     <row r="41" ht="15.75" customHeight="1">
       <c r="A41" s="55">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="B41" s="53"/>
       <c r="C41" s="54"/>
       <c r="D41" s="54"/>
       <c r="E41" s="54"/>
       <c r="F41" s="53"/>
       <c r="G41" s="53"/>
       <c r="H41" s="53"/>
       <c r="I41" s="54"/>
       <c r="J41" s="53"/>
       <c r="K41" s="54"/>
       <c r="L41" s="54"/>
       <c r="M41" s="53"/>
       <c r="N41" s="54"/>
       <c r="O41" s="54"/>
       <c r="P41" s="53"/>
       <c r="Q41" s="54"/>
       <c r="R41" s="53"/>
       <c r="S41" s="54"/>
       <c r="T41" s="54"/>
       <c r="U41" s="54"/>
     </row>
     <row r="42" ht="15.75" customHeight="1">
       <c r="A42" s="55">
-        <v>19.0</v>
+        <v>18.0</v>
       </c>
       <c r="B42" s="53"/>
       <c r="C42" s="54"/>
       <c r="D42" s="54"/>
       <c r="E42" s="54"/>
       <c r="F42" s="53"/>
       <c r="G42" s="53"/>
       <c r="H42" s="53"/>
       <c r="I42" s="54"/>
       <c r="J42" s="53"/>
       <c r="K42" s="54"/>
       <c r="L42" s="54"/>
       <c r="M42" s="53"/>
       <c r="N42" s="54"/>
       <c r="O42" s="54"/>
       <c r="P42" s="53"/>
       <c r="Q42" s="54"/>
       <c r="R42" s="53"/>
       <c r="S42" s="54"/>
       <c r="T42" s="54"/>
       <c r="U42" s="54"/>
     </row>
     <row r="43" ht="15.75" customHeight="1">
       <c r="A43" s="55">
-        <v>20.0</v>
+        <v>19.0</v>
       </c>
       <c r="B43" s="53"/>
       <c r="C43" s="54"/>
       <c r="D43" s="54"/>
       <c r="E43" s="54"/>
       <c r="F43" s="53"/>
       <c r="G43" s="53"/>
       <c r="H43" s="53"/>
       <c r="I43" s="54"/>
       <c r="J43" s="53"/>
       <c r="K43" s="54"/>
       <c r="L43" s="54"/>
       <c r="M43" s="53"/>
       <c r="N43" s="54"/>
       <c r="O43" s="54"/>
       <c r="P43" s="53"/>
       <c r="Q43" s="54"/>
       <c r="R43" s="53"/>
       <c r="S43" s="54"/>
       <c r="T43" s="54"/>
       <c r="U43" s="54"/>
     </row>
     <row r="44" ht="15.75" customHeight="1">
       <c r="A44" s="55">
-        <v>21.0</v>
+        <v>20.0</v>
       </c>
       <c r="B44" s="53"/>
       <c r="C44" s="54"/>
       <c r="D44" s="54"/>
       <c r="E44" s="54"/>
       <c r="F44" s="53"/>
       <c r="G44" s="53"/>
       <c r="H44" s="53"/>
       <c r="I44" s="54"/>
       <c r="J44" s="53"/>
       <c r="K44" s="54"/>
       <c r="L44" s="54"/>
       <c r="M44" s="53"/>
       <c r="N44" s="54"/>
       <c r="O44" s="54"/>
       <c r="P44" s="53"/>
       <c r="Q44" s="54"/>
       <c r="R44" s="53"/>
       <c r="S44" s="54"/>
       <c r="T44" s="54"/>
       <c r="U44" s="54"/>
     </row>
     <row r="45" ht="15.75" customHeight="1">
       <c r="A45" s="55">
-        <v>22.0</v>
+        <v>21.0</v>
       </c>
       <c r="B45" s="53"/>
       <c r="C45" s="54"/>
       <c r="D45" s="54"/>
       <c r="E45" s="54"/>
       <c r="F45" s="53"/>
       <c r="G45" s="53"/>
       <c r="H45" s="53"/>
       <c r="I45" s="54"/>
       <c r="J45" s="53"/>
       <c r="K45" s="54"/>
       <c r="L45" s="54"/>
       <c r="M45" s="53"/>
       <c r="N45" s="54"/>
       <c r="O45" s="54"/>
       <c r="P45" s="53"/>
       <c r="Q45" s="54"/>
       <c r="R45" s="53"/>
       <c r="S45" s="54"/>
       <c r="T45" s="54"/>
       <c r="U45" s="54"/>
     </row>
     <row r="46" ht="15.75" customHeight="1">
       <c r="A46" s="55">
-        <v>23.0</v>
+        <v>22.0</v>
       </c>
       <c r="B46" s="53"/>
       <c r="C46" s="54"/>
       <c r="D46" s="54"/>
       <c r="E46" s="54"/>
       <c r="F46" s="53"/>
       <c r="G46" s="53"/>
       <c r="H46" s="53"/>
       <c r="I46" s="54"/>
       <c r="J46" s="53"/>
       <c r="K46" s="54"/>
       <c r="L46" s="54"/>
       <c r="M46" s="53"/>
       <c r="N46" s="54"/>
       <c r="O46" s="54"/>
       <c r="P46" s="53"/>
       <c r="Q46" s="54"/>
       <c r="R46" s="53"/>
       <c r="S46" s="54"/>
       <c r="T46" s="54"/>
       <c r="U46" s="54"/>
     </row>
     <row r="47" ht="15.75" customHeight="1">
       <c r="A47" s="55">
-        <v>24.0</v>
+        <v>23.0</v>
       </c>
       <c r="B47" s="53"/>
       <c r="C47" s="54"/>
       <c r="D47" s="54"/>
       <c r="E47" s="54"/>
       <c r="F47" s="53"/>
       <c r="G47" s="53"/>
       <c r="H47" s="53"/>
       <c r="I47" s="54"/>
       <c r="J47" s="53"/>
       <c r="K47" s="54"/>
       <c r="L47" s="54"/>
       <c r="M47" s="53"/>
       <c r="N47" s="54"/>
       <c r="O47" s="54"/>
       <c r="P47" s="53"/>
       <c r="Q47" s="54"/>
       <c r="R47" s="53"/>
       <c r="S47" s="54"/>
       <c r="T47" s="54"/>
       <c r="U47" s="54"/>
     </row>
     <row r="48" ht="15.75" customHeight="1">
       <c r="A48" s="55">
-        <v>25.0</v>
+        <v>24.0</v>
       </c>
       <c r="B48" s="53"/>
       <c r="C48" s="54"/>
       <c r="D48" s="54"/>
       <c r="E48" s="54"/>
       <c r="F48" s="53"/>
       <c r="G48" s="53"/>
       <c r="H48" s="53"/>
       <c r="I48" s="54"/>
       <c r="J48" s="53"/>
       <c r="K48" s="54"/>
       <c r="L48" s="54"/>
       <c r="M48" s="53"/>
       <c r="N48" s="54"/>
       <c r="O48" s="54"/>
       <c r="P48" s="53"/>
       <c r="Q48" s="54"/>
       <c r="R48" s="53"/>
       <c r="S48" s="54"/>
       <c r="T48" s="54"/>
       <c r="U48" s="54"/>
     </row>
     <row r="49" ht="15.75" customHeight="1">
       <c r="A49" s="55">
-        <v>26.0</v>
+        <v>25.0</v>
       </c>
       <c r="B49" s="53"/>
       <c r="C49" s="54"/>
       <c r="D49" s="54"/>
       <c r="E49" s="54"/>
       <c r="F49" s="53"/>
       <c r="G49" s="53"/>
       <c r="H49" s="53"/>
       <c r="I49" s="54"/>
       <c r="J49" s="53"/>
       <c r="K49" s="54"/>
       <c r="L49" s="54"/>
       <c r="M49" s="53"/>
       <c r="N49" s="54"/>
       <c r="O49" s="54"/>
       <c r="P49" s="53"/>
       <c r="Q49" s="54"/>
       <c r="R49" s="53"/>
       <c r="S49" s="54"/>
       <c r="T49" s="54"/>
       <c r="U49" s="54"/>
     </row>
     <row r="50" ht="15.75" customHeight="1">
       <c r="A50" s="55">
-        <v>27.0</v>
+        <v>26.0</v>
       </c>
       <c r="B50" s="53"/>
       <c r="C50" s="54"/>
       <c r="D50" s="54"/>
       <c r="E50" s="54"/>
       <c r="F50" s="53"/>
       <c r="G50" s="53"/>
       <c r="H50" s="53"/>
       <c r="I50" s="54"/>
       <c r="J50" s="53"/>
       <c r="K50" s="54"/>
       <c r="L50" s="54"/>
       <c r="M50" s="53"/>
       <c r="N50" s="54"/>
       <c r="O50" s="54"/>
       <c r="P50" s="53"/>
       <c r="Q50" s="54"/>
       <c r="R50" s="53"/>
       <c r="S50" s="54"/>
       <c r="T50" s="54"/>
       <c r="U50" s="54"/>
     </row>
     <row r="51" ht="15.75" customHeight="1">
       <c r="A51" s="55">
-        <v>28.0</v>
+        <v>27.0</v>
       </c>
       <c r="B51" s="53"/>
       <c r="C51" s="54"/>
       <c r="D51" s="54"/>
       <c r="E51" s="54"/>
       <c r="F51" s="53"/>
       <c r="G51" s="53"/>
       <c r="H51" s="53"/>
       <c r="I51" s="54"/>
       <c r="J51" s="53"/>
       <c r="K51" s="54"/>
       <c r="L51" s="54"/>
       <c r="M51" s="53"/>
       <c r="N51" s="54"/>
       <c r="O51" s="54"/>
       <c r="P51" s="53"/>
       <c r="Q51" s="54"/>
       <c r="R51" s="53"/>
       <c r="S51" s="54"/>
       <c r="T51" s="54"/>
       <c r="U51" s="54"/>
     </row>
     <row r="52" ht="15.75" customHeight="1">
       <c r="A52" s="55">
-        <v>29.0</v>
+        <v>28.0</v>
       </c>
       <c r="B52" s="53"/>
       <c r="C52" s="54"/>
       <c r="D52" s="54"/>
       <c r="E52" s="54"/>
       <c r="F52" s="53"/>
       <c r="G52" s="53"/>
       <c r="H52" s="53"/>
       <c r="I52" s="54"/>
       <c r="J52" s="53"/>
       <c r="K52" s="54"/>
       <c r="L52" s="54"/>
       <c r="M52" s="53"/>
       <c r="N52" s="54"/>
       <c r="O52" s="54"/>
       <c r="P52" s="53"/>
       <c r="Q52" s="54"/>
       <c r="R52" s="53"/>
       <c r="S52" s="54"/>
       <c r="T52" s="54"/>
       <c r="U52" s="54"/>
     </row>
     <row r="53" ht="15.75" customHeight="1">
       <c r="A53" s="55">
-        <v>30.0</v>
+        <v>29.0</v>
       </c>
       <c r="B53" s="53"/>
       <c r="C53" s="54"/>
       <c r="D53" s="54"/>
       <c r="E53" s="54"/>
       <c r="F53" s="53"/>
       <c r="G53" s="53"/>
       <c r="H53" s="53"/>
       <c r="I53" s="54"/>
       <c r="J53" s="53"/>
       <c r="K53" s="54"/>
       <c r="L53" s="54"/>
       <c r="M53" s="53"/>
       <c r="N53" s="54"/>
       <c r="O53" s="54"/>
       <c r="P53" s="53"/>
       <c r="Q53" s="54"/>
       <c r="R53" s="53"/>
       <c r="S53" s="54"/>
       <c r="T53" s="54"/>
       <c r="U53" s="54"/>
     </row>
     <row r="54" ht="15.75" customHeight="1">
       <c r="A54" s="55">
-        <v>31.0</v>
+        <v>30.0</v>
       </c>
       <c r="B54" s="53"/>
       <c r="C54" s="54"/>
       <c r="D54" s="54"/>
       <c r="E54" s="54"/>
       <c r="F54" s="53"/>
       <c r="G54" s="53"/>
       <c r="H54" s="53"/>
       <c r="I54" s="54"/>
       <c r="J54" s="53"/>
       <c r="K54" s="54"/>
       <c r="L54" s="54"/>
       <c r="M54" s="53"/>
       <c r="N54" s="54"/>
       <c r="O54" s="54"/>
       <c r="P54" s="53"/>
       <c r="Q54" s="54"/>
       <c r="R54" s="53"/>
       <c r="S54" s="54"/>
       <c r="T54" s="54"/>
       <c r="U54" s="54"/>
     </row>
     <row r="55" ht="15.75" customHeight="1">
       <c r="A55" s="55">
-        <v>32.0</v>
+        <v>31.0</v>
       </c>
       <c r="B55" s="53"/>
       <c r="C55" s="54"/>
       <c r="D55" s="54"/>
       <c r="E55" s="54"/>
       <c r="F55" s="53"/>
       <c r="G55" s="53"/>
       <c r="H55" s="53"/>
       <c r="I55" s="54"/>
       <c r="J55" s="53"/>
       <c r="K55" s="54"/>
       <c r="L55" s="54"/>
       <c r="M55" s="53"/>
       <c r="N55" s="54"/>
       <c r="O55" s="54"/>
       <c r="P55" s="53"/>
       <c r="Q55" s="54"/>
       <c r="R55" s="53"/>
       <c r="S55" s="54"/>
       <c r="T55" s="54"/>
       <c r="U55" s="54"/>
     </row>
     <row r="56" ht="15.75" customHeight="1">
       <c r="A56" s="55">
-        <v>33.0</v>
+        <v>32.0</v>
       </c>
       <c r="B56" s="53"/>
       <c r="C56" s="54"/>
       <c r="D56" s="54"/>
       <c r="E56" s="54"/>
       <c r="F56" s="53"/>
       <c r="G56" s="53"/>
       <c r="H56" s="53"/>
       <c r="I56" s="54"/>
       <c r="J56" s="53"/>
       <c r="K56" s="54"/>
       <c r="L56" s="54"/>
       <c r="M56" s="53"/>
       <c r="N56" s="54"/>
       <c r="O56" s="54"/>
       <c r="P56" s="53"/>
       <c r="Q56" s="54"/>
       <c r="R56" s="53"/>
       <c r="S56" s="54"/>
       <c r="T56" s="54"/>
       <c r="U56" s="54"/>
     </row>
     <row r="57" ht="15.75" customHeight="1">
       <c r="A57" s="55">
-        <v>34.0</v>
+        <v>33.0</v>
       </c>
       <c r="B57" s="53"/>
       <c r="C57" s="54"/>
       <c r="D57" s="54"/>
       <c r="E57" s="54"/>
       <c r="F57" s="53"/>
       <c r="G57" s="53"/>
       <c r="H57" s="53"/>
       <c r="I57" s="54"/>
       <c r="J57" s="53"/>
       <c r="K57" s="54"/>
       <c r="L57" s="54"/>
       <c r="M57" s="53"/>
       <c r="N57" s="54"/>
       <c r="O57" s="54"/>
       <c r="P57" s="53"/>
       <c r="Q57" s="54"/>
       <c r="R57" s="53"/>
       <c r="S57" s="54"/>
       <c r="T57" s="54"/>
       <c r="U57" s="54"/>
     </row>
     <row r="58" ht="15.75" customHeight="1">
       <c r="A58" s="55">
-        <v>35.0</v>
+        <v>34.0</v>
       </c>
       <c r="B58" s="53"/>
       <c r="C58" s="54"/>
       <c r="D58" s="54"/>
       <c r="E58" s="54"/>
       <c r="F58" s="53"/>
       <c r="G58" s="53"/>
       <c r="H58" s="53"/>
       <c r="I58" s="54"/>
       <c r="J58" s="53"/>
       <c r="K58" s="54"/>
       <c r="L58" s="54"/>
       <c r="M58" s="53"/>
       <c r="N58" s="54"/>
       <c r="O58" s="54"/>
       <c r="P58" s="53"/>
       <c r="Q58" s="54"/>
       <c r="R58" s="53"/>
       <c r="S58" s="54"/>
       <c r="T58" s="54"/>
       <c r="U58" s="54"/>
     </row>
     <row r="59" ht="15.75" customHeight="1">
       <c r="A59" s="55">
-        <v>36.0</v>
+        <v>35.0</v>
       </c>
       <c r="B59" s="53"/>
       <c r="C59" s="54"/>
       <c r="D59" s="54"/>
       <c r="E59" s="54"/>
       <c r="F59" s="53"/>
       <c r="G59" s="53"/>
       <c r="H59" s="53"/>
       <c r="I59" s="54"/>
       <c r="J59" s="53"/>
       <c r="K59" s="54"/>
       <c r="L59" s="54"/>
       <c r="M59" s="53"/>
       <c r="N59" s="54"/>
       <c r="O59" s="54"/>
       <c r="P59" s="53"/>
       <c r="Q59" s="54"/>
       <c r="R59" s="53"/>
       <c r="S59" s="54"/>
       <c r="T59" s="54"/>
       <c r="U59" s="54"/>
     </row>
     <row r="60" ht="15.75" customHeight="1">
       <c r="A60" s="55">
-        <v>37.0</v>
+        <v>36.0</v>
       </c>
       <c r="B60" s="53"/>
       <c r="C60" s="54"/>
       <c r="D60" s="54"/>
       <c r="E60" s="54"/>
       <c r="F60" s="53"/>
       <c r="G60" s="53"/>
       <c r="H60" s="53"/>
       <c r="I60" s="54"/>
       <c r="J60" s="53"/>
       <c r="K60" s="54"/>
       <c r="L60" s="54"/>
       <c r="M60" s="53"/>
       <c r="N60" s="54"/>
       <c r="O60" s="54"/>
       <c r="P60" s="53"/>
       <c r="Q60" s="54"/>
       <c r="R60" s="53"/>
       <c r="S60" s="54"/>
       <c r="T60" s="54"/>
       <c r="U60" s="54"/>
     </row>
     <row r="61" ht="15.75" customHeight="1">
       <c r="A61" s="55">
-        <v>38.0</v>
+        <v>37.0</v>
       </c>
       <c r="B61" s="53"/>
       <c r="C61" s="54"/>
       <c r="D61" s="54"/>
       <c r="E61" s="54"/>
       <c r="F61" s="53"/>
       <c r="G61" s="53"/>
       <c r="H61" s="53"/>
       <c r="I61" s="54"/>
       <c r="J61" s="53"/>
       <c r="K61" s="54"/>
       <c r="L61" s="54"/>
       <c r="M61" s="53"/>
       <c r="N61" s="54"/>
       <c r="O61" s="54"/>
       <c r="P61" s="53"/>
       <c r="Q61" s="54"/>
       <c r="R61" s="53"/>
       <c r="S61" s="54"/>
       <c r="T61" s="54"/>
       <c r="U61" s="54"/>
     </row>
     <row r="62" ht="15.75" customHeight="1">
       <c r="A62" s="55">
-        <v>39.0</v>
+        <v>38.0</v>
       </c>
       <c r="B62" s="53"/>
       <c r="C62" s="54"/>
       <c r="D62" s="54"/>
       <c r="E62" s="54"/>
       <c r="F62" s="53"/>
       <c r="G62" s="53"/>
       <c r="H62" s="53"/>
       <c r="I62" s="54"/>
       <c r="J62" s="53"/>
       <c r="K62" s="54"/>
       <c r="L62" s="54"/>
       <c r="M62" s="53"/>
       <c r="N62" s="54"/>
       <c r="O62" s="54"/>
       <c r="P62" s="53"/>
       <c r="Q62" s="54"/>
       <c r="R62" s="53"/>
       <c r="S62" s="54"/>
       <c r="T62" s="54"/>
       <c r="U62" s="54"/>
     </row>
     <row r="63" ht="15.75" customHeight="1">
       <c r="A63" s="55">
-        <v>40.0</v>
+        <v>39.0</v>
       </c>
       <c r="B63" s="53"/>
       <c r="C63" s="54"/>
       <c r="D63" s="54"/>
       <c r="E63" s="54"/>
       <c r="F63" s="53"/>
       <c r="G63" s="53"/>
       <c r="H63" s="53"/>
       <c r="I63" s="54"/>
       <c r="J63" s="53"/>
       <c r="K63" s="54"/>
       <c r="L63" s="54"/>
       <c r="M63" s="53"/>
       <c r="N63" s="54"/>
       <c r="O63" s="54"/>
       <c r="P63" s="53"/>
       <c r="Q63" s="54"/>
       <c r="R63" s="53"/>
       <c r="S63" s="54"/>
       <c r="T63" s="54"/>
       <c r="U63" s="54"/>
     </row>
     <row r="64" ht="15.75" customHeight="1">
       <c r="A64" s="55">
-        <v>41.0</v>
+        <v>40.0</v>
       </c>
       <c r="B64" s="53"/>
       <c r="C64" s="54"/>
       <c r="D64" s="54"/>
       <c r="E64" s="54"/>
       <c r="F64" s="53"/>
       <c r="G64" s="53"/>
       <c r="H64" s="53"/>
       <c r="I64" s="54"/>
       <c r="J64" s="53"/>
       <c r="K64" s="54"/>
       <c r="L64" s="54"/>
       <c r="M64" s="53"/>
       <c r="N64" s="54"/>
       <c r="O64" s="54"/>
       <c r="P64" s="53"/>
       <c r="Q64" s="54"/>
       <c r="R64" s="53"/>
       <c r="S64" s="54"/>
       <c r="T64" s="54"/>
       <c r="U64" s="54"/>
     </row>
     <row r="65" ht="15.75" customHeight="1">
       <c r="A65" s="55">
-        <v>42.0</v>
+        <v>41.0</v>
       </c>
       <c r="B65" s="53"/>
       <c r="C65" s="54"/>
       <c r="D65" s="54"/>
       <c r="E65" s="54"/>
       <c r="F65" s="53"/>
       <c r="G65" s="53"/>
       <c r="H65" s="53"/>
       <c r="I65" s="54"/>
       <c r="J65" s="53"/>
       <c r="K65" s="54"/>
       <c r="L65" s="54"/>
       <c r="M65" s="53"/>
       <c r="N65" s="54"/>
       <c r="O65" s="54"/>
       <c r="P65" s="53"/>
       <c r="Q65" s="54"/>
       <c r="R65" s="53"/>
       <c r="S65" s="54"/>
       <c r="T65" s="54"/>
       <c r="U65" s="54"/>
     </row>
     <row r="66" ht="15.75" customHeight="1">
       <c r="A66" s="55">
-        <v>43.0</v>
+        <v>42.0</v>
       </c>
       <c r="B66" s="53"/>
       <c r="C66" s="54"/>
       <c r="D66" s="54"/>
       <c r="E66" s="54"/>
       <c r="F66" s="53"/>
       <c r="G66" s="53"/>
       <c r="H66" s="53"/>
       <c r="I66" s="54"/>
       <c r="J66" s="53"/>
       <c r="K66" s="54"/>
       <c r="L66" s="54"/>
       <c r="M66" s="53"/>
       <c r="N66" s="54"/>
       <c r="O66" s="54"/>
       <c r="P66" s="53"/>
       <c r="Q66" s="54"/>
       <c r="R66" s="53"/>
       <c r="S66" s="54"/>
       <c r="T66" s="54"/>
       <c r="U66" s="54"/>
     </row>
     <row r="67" ht="15.75" customHeight="1">
       <c r="A67" s="55">
-        <v>44.0</v>
+        <v>43.0</v>
       </c>
       <c r="B67" s="53"/>
       <c r="C67" s="54"/>
       <c r="D67" s="54"/>
       <c r="E67" s="54"/>
       <c r="F67" s="53"/>
       <c r="G67" s="53"/>
       <c r="H67" s="53"/>
       <c r="I67" s="54"/>
       <c r="J67" s="53"/>
       <c r="K67" s="54"/>
       <c r="L67" s="54"/>
       <c r="M67" s="53"/>
       <c r="N67" s="54"/>
       <c r="O67" s="54"/>
       <c r="P67" s="53"/>
       <c r="Q67" s="54"/>
       <c r="R67" s="53"/>
       <c r="S67" s="54"/>
       <c r="T67" s="54"/>
       <c r="U67" s="54"/>
     </row>
     <row r="68" ht="15.75" customHeight="1">
       <c r="A68" s="55">
-        <v>45.0</v>
+        <v>44.0</v>
       </c>
       <c r="B68" s="53"/>
       <c r="C68" s="54"/>
       <c r="D68" s="54"/>
       <c r="E68" s="54"/>
       <c r="F68" s="53"/>
       <c r="G68" s="53"/>
       <c r="H68" s="53"/>
       <c r="I68" s="54"/>
       <c r="J68" s="53"/>
       <c r="K68" s="54"/>
       <c r="L68" s="54"/>
       <c r="M68" s="53"/>
       <c r="N68" s="54"/>
       <c r="O68" s="54"/>
       <c r="P68" s="53"/>
       <c r="Q68" s="54"/>
       <c r="R68" s="53"/>
       <c r="S68" s="54"/>
       <c r="T68" s="54"/>
       <c r="U68" s="54"/>
     </row>
     <row r="69" ht="15.75" customHeight="1">
       <c r="A69" s="55">
-        <v>46.0</v>
+        <v>45.0</v>
       </c>
       <c r="B69" s="53"/>
       <c r="C69" s="54"/>
       <c r="D69" s="54"/>
       <c r="E69" s="54"/>
       <c r="F69" s="53"/>
       <c r="G69" s="53"/>
       <c r="H69" s="53"/>
       <c r="I69" s="54"/>
       <c r="J69" s="53"/>
       <c r="K69" s="54"/>
       <c r="L69" s="54"/>
       <c r="M69" s="53"/>
       <c r="N69" s="54"/>
       <c r="O69" s="54"/>
       <c r="P69" s="53"/>
       <c r="Q69" s="54"/>
       <c r="R69" s="53"/>
       <c r="S69" s="54"/>
       <c r="T69" s="54"/>
       <c r="U69" s="54"/>
     </row>
     <row r="70" ht="15.75" customHeight="1">
       <c r="A70" s="55">
-        <v>47.0</v>
+        <v>46.0</v>
       </c>
       <c r="B70" s="53"/>
       <c r="C70" s="54"/>
       <c r="D70" s="54"/>
       <c r="E70" s="54"/>
       <c r="F70" s="53"/>
       <c r="G70" s="53"/>
       <c r="H70" s="53"/>
       <c r="I70" s="54"/>
       <c r="J70" s="53"/>
       <c r="K70" s="54"/>
       <c r="L70" s="54"/>
       <c r="M70" s="53"/>
       <c r="N70" s="54"/>
       <c r="O70" s="54"/>
       <c r="P70" s="53"/>
       <c r="Q70" s="54"/>
       <c r="R70" s="53"/>
       <c r="S70" s="54"/>
       <c r="T70" s="54"/>
       <c r="U70" s="54"/>
     </row>
     <row r="71" ht="15.75" customHeight="1">
       <c r="A71" s="55">
-        <v>48.0</v>
+        <v>47.0</v>
       </c>
       <c r="B71" s="53"/>
       <c r="C71" s="54"/>
       <c r="D71" s="54"/>
       <c r="E71" s="54"/>
       <c r="F71" s="53"/>
       <c r="G71" s="53"/>
       <c r="H71" s="53"/>
       <c r="I71" s="54"/>
       <c r="J71" s="53"/>
       <c r="K71" s="54"/>
       <c r="L71" s="54"/>
       <c r="M71" s="53"/>
       <c r="N71" s="54"/>
       <c r="O71" s="54"/>
       <c r="P71" s="53"/>
       <c r="Q71" s="54"/>
       <c r="R71" s="53"/>
       <c r="S71" s="54"/>
       <c r="T71" s="54"/>
       <c r="U71" s="54"/>
     </row>
     <row r="72" ht="15.75" customHeight="1">
       <c r="A72" s="55">
-        <v>49.0</v>
+        <v>48.0</v>
       </c>
       <c r="B72" s="53"/>
       <c r="C72" s="54"/>
       <c r="D72" s="54"/>
       <c r="E72" s="54"/>
       <c r="F72" s="53"/>
       <c r="G72" s="53"/>
       <c r="H72" s="53"/>
       <c r="I72" s="54"/>
       <c r="J72" s="53"/>
       <c r="K72" s="54"/>
       <c r="L72" s="54"/>
       <c r="M72" s="53"/>
       <c r="N72" s="54"/>
       <c r="O72" s="54"/>
       <c r="P72" s="53"/>
       <c r="Q72" s="54"/>
       <c r="R72" s="53"/>
       <c r="S72" s="54"/>
       <c r="T72" s="54"/>
       <c r="U72" s="54"/>
     </row>
     <row r="73" ht="15.75" customHeight="1">
       <c r="A73" s="55">
-        <v>50.0</v>
+        <v>49.0</v>
       </c>
       <c r="B73" s="53"/>
       <c r="C73" s="54"/>
       <c r="D73" s="54"/>
       <c r="E73" s="54"/>
       <c r="F73" s="53"/>
       <c r="G73" s="53"/>
       <c r="H73" s="53"/>
       <c r="I73" s="54"/>
       <c r="J73" s="53"/>
       <c r="K73" s="54"/>
       <c r="L73" s="54"/>
       <c r="M73" s="53"/>
       <c r="N73" s="54"/>
       <c r="O73" s="54"/>
       <c r="P73" s="53"/>
       <c r="Q73" s="54"/>
       <c r="R73" s="53"/>
       <c r="S73" s="54"/>
       <c r="T73" s="54"/>
       <c r="U73" s="54"/>
     </row>
     <row r="74" ht="15.75" customHeight="1">
       <c r="A74" s="57"/>
-      <c r="B74" s="58"/>
       <c r="S74" s="58"/>
       <c r="T74" s="58"/>
       <c r="U74" s="58"/>
     </row>
     <row r="75" ht="15.75" customHeight="1">
       <c r="A75" s="57"/>
-      <c r="B75" s="58"/>
       <c r="S75" s="58"/>
       <c r="T75" s="58"/>
       <c r="U75" s="58"/>
     </row>
     <row r="76" ht="15.75" customHeight="1">
       <c r="A76" s="57"/>
-      <c r="B76" s="58"/>
       <c r="S76" s="58"/>
       <c r="T76" s="58"/>
       <c r="U76" s="58"/>
     </row>
     <row r="77" ht="15.75" customHeight="1">
       <c r="A77" s="57"/>
-      <c r="B77" s="58"/>
       <c r="S77" s="58"/>
       <c r="T77" s="58"/>
       <c r="U77" s="58"/>
     </row>
     <row r="78" ht="15.75" customHeight="1">
       <c r="A78" s="57"/>
-      <c r="B78" s="58"/>
       <c r="S78" s="58"/>
       <c r="T78" s="58"/>
       <c r="U78" s="58"/>
     </row>
     <row r="79" ht="15.75" customHeight="1">
       <c r="A79" s="57"/>
-      <c r="B79" s="58"/>
       <c r="S79" s="58"/>
       <c r="T79" s="58"/>
       <c r="U79" s="58"/>
     </row>
     <row r="80" ht="15.75" customHeight="1">
       <c r="A80" s="57"/>
-      <c r="B80" s="58"/>
       <c r="S80" s="58"/>
       <c r="T80" s="58"/>
       <c r="U80" s="58"/>
     </row>
     <row r="81" ht="15.75" customHeight="1">
       <c r="A81" s="57"/>
-      <c r="B81" s="58"/>
       <c r="S81" s="58"/>
       <c r="T81" s="58"/>
       <c r="U81" s="58"/>
     </row>
     <row r="82" ht="15.75" customHeight="1">
       <c r="A82" s="57"/>
-      <c r="B82" s="58"/>
       <c r="S82" s="58"/>
       <c r="T82" s="58"/>
       <c r="U82" s="58"/>
     </row>
     <row r="83" ht="15.75" customHeight="1">
       <c r="A83" s="57"/>
-      <c r="B83" s="58"/>
       <c r="S83" s="58"/>
       <c r="T83" s="58"/>
       <c r="U83" s="58"/>
     </row>
     <row r="84" ht="15.75" customHeight="1">
       <c r="A84" s="57"/>
-      <c r="B84" s="58"/>
       <c r="S84" s="58"/>
       <c r="T84" s="58"/>
       <c r="U84" s="58"/>
     </row>
     <row r="85" ht="15.75" customHeight="1">
       <c r="A85" s="57"/>
-      <c r="B85" s="58"/>
       <c r="S85" s="58"/>
       <c r="T85" s="58"/>
       <c r="U85" s="58"/>
     </row>
     <row r="86" ht="15.75" customHeight="1">
       <c r="A86" s="57"/>
-      <c r="B86" s="58"/>
       <c r="S86" s="58"/>
       <c r="T86" s="58"/>
       <c r="U86" s="58"/>
     </row>
     <row r="87" ht="15.75" customHeight="1">
       <c r="A87" s="57"/>
-      <c r="B87" s="58"/>
       <c r="S87" s="58"/>
       <c r="T87" s="58"/>
       <c r="U87" s="58"/>
     </row>
     <row r="88" ht="15.75" customHeight="1">
       <c r="A88" s="57"/>
-      <c r="B88" s="58"/>
       <c r="S88" s="58"/>
       <c r="T88" s="58"/>
       <c r="U88" s="58"/>
     </row>
     <row r="89" ht="15.75" customHeight="1">
       <c r="A89" s="57"/>
-      <c r="B89" s="58"/>
       <c r="S89" s="58"/>
       <c r="T89" s="58"/>
       <c r="U89" s="58"/>
     </row>
     <row r="90" ht="15.75" customHeight="1">
       <c r="A90" s="57"/>
-      <c r="B90" s="58"/>
       <c r="S90" s="58"/>
       <c r="T90" s="58"/>
       <c r="U90" s="58"/>
     </row>
     <row r="91" ht="15.75" customHeight="1">
       <c r="A91" s="57"/>
-      <c r="B91" s="58"/>
       <c r="S91" s="58"/>
       <c r="T91" s="58"/>
       <c r="U91" s="58"/>
     </row>
     <row r="92" ht="15.75" customHeight="1">
       <c r="A92" s="57"/>
-      <c r="B92" s="58"/>
       <c r="S92" s="58"/>
       <c r="T92" s="58"/>
       <c r="U92" s="58"/>
     </row>
     <row r="93" ht="15.75" customHeight="1">
       <c r="A93" s="57"/>
-      <c r="B93" s="58"/>
       <c r="S93" s="58"/>
       <c r="T93" s="58"/>
       <c r="U93" s="58"/>
     </row>
     <row r="94" ht="15.75" customHeight="1">
       <c r="A94" s="57"/>
-      <c r="B94" s="58"/>
       <c r="S94" s="58"/>
       <c r="T94" s="58"/>
       <c r="U94" s="58"/>
     </row>
     <row r="95" ht="15.75" customHeight="1">
       <c r="A95" s="57"/>
-      <c r="B95" s="58"/>
       <c r="S95" s="58"/>
       <c r="T95" s="58"/>
       <c r="U95" s="58"/>
     </row>
     <row r="96" ht="15.75" customHeight="1">
       <c r="A96" s="57"/>
-      <c r="B96" s="58"/>
       <c r="S96" s="58"/>
       <c r="T96" s="58"/>
       <c r="U96" s="58"/>
     </row>
     <row r="97" ht="15.75" customHeight="1">
       <c r="A97" s="57"/>
-      <c r="B97" s="58"/>
       <c r="S97" s="58"/>
       <c r="T97" s="58"/>
       <c r="U97" s="58"/>
     </row>
     <row r="98" ht="15.75" customHeight="1">
       <c r="A98" s="57"/>
-      <c r="B98" s="58"/>
       <c r="S98" s="58"/>
       <c r="T98" s="58"/>
       <c r="U98" s="58"/>
     </row>
     <row r="99" ht="15.75" customHeight="1">
       <c r="A99" s="57"/>
-      <c r="B99" s="58"/>
       <c r="S99" s="58"/>
       <c r="T99" s="58"/>
       <c r="U99" s="58"/>
     </row>
     <row r="100" ht="15.75" customHeight="1">
       <c r="A100" s="57"/>
-      <c r="B100" s="58"/>
       <c r="S100" s="58"/>
       <c r="T100" s="58"/>
       <c r="U100" s="58"/>
     </row>
     <row r="101" ht="15.75" customHeight="1">
       <c r="A101" s="57"/>
-      <c r="B101" s="58"/>
       <c r="S101" s="58"/>
       <c r="T101" s="58"/>
       <c r="U101" s="58"/>
     </row>
     <row r="102" ht="15.75" customHeight="1">
       <c r="A102" s="57"/>
-      <c r="B102" s="58"/>
       <c r="S102" s="58"/>
       <c r="T102" s="58"/>
       <c r="U102" s="58"/>
     </row>
     <row r="103" ht="15.75" customHeight="1">
       <c r="A103" s="57"/>
-      <c r="B103" s="58"/>
       <c r="S103" s="58"/>
       <c r="T103" s="58"/>
       <c r="U103" s="58"/>
     </row>
     <row r="104" ht="15.75" customHeight="1">
       <c r="A104" s="57"/>
-      <c r="B104" s="58"/>
       <c r="S104" s="58"/>
       <c r="T104" s="58"/>
       <c r="U104" s="58"/>
     </row>
     <row r="105" ht="15.75" customHeight="1">
       <c r="A105" s="57"/>
-      <c r="B105" s="58"/>
       <c r="S105" s="58"/>
       <c r="T105" s="58"/>
       <c r="U105" s="58"/>
     </row>
     <row r="106" ht="15.75" customHeight="1">
       <c r="A106" s="57"/>
-      <c r="B106" s="58"/>
       <c r="S106" s="58"/>
       <c r="T106" s="58"/>
       <c r="U106" s="58"/>
     </row>
     <row r="107" ht="15.75" customHeight="1">
       <c r="A107" s="57"/>
-      <c r="B107" s="58"/>
       <c r="S107" s="58"/>
       <c r="T107" s="58"/>
       <c r="U107" s="58"/>
     </row>
     <row r="108" ht="15.75" customHeight="1">
       <c r="A108" s="57"/>
-      <c r="B108" s="58"/>
       <c r="S108" s="58"/>
       <c r="T108" s="58"/>
       <c r="U108" s="58"/>
     </row>
     <row r="109" ht="15.75" customHeight="1">
       <c r="A109" s="57"/>
-      <c r="B109" s="58"/>
       <c r="S109" s="58"/>
       <c r="T109" s="58"/>
       <c r="U109" s="58"/>
     </row>
     <row r="110" ht="15.75" customHeight="1">
       <c r="A110" s="57"/>
-      <c r="B110" s="58"/>
       <c r="S110" s="58"/>
       <c r="T110" s="58"/>
       <c r="U110" s="58"/>
     </row>
     <row r="111" ht="15.75" customHeight="1">
       <c r="A111" s="57"/>
-      <c r="B111" s="58"/>
       <c r="S111" s="58"/>
       <c r="T111" s="58"/>
       <c r="U111" s="58"/>
     </row>
     <row r="112" ht="15.75" customHeight="1">
       <c r="A112" s="57"/>
-      <c r="B112" s="58"/>
       <c r="S112" s="58"/>
       <c r="T112" s="58"/>
       <c r="U112" s="58"/>
     </row>
     <row r="113" ht="15.75" customHeight="1">
       <c r="A113" s="57"/>
-      <c r="B113" s="58"/>
       <c r="S113" s="58"/>
       <c r="T113" s="58"/>
       <c r="U113" s="58"/>
     </row>
     <row r="114" ht="15.75" customHeight="1">
       <c r="A114" s="57"/>
-      <c r="B114" s="58"/>
       <c r="S114" s="58"/>
       <c r="T114" s="58"/>
       <c r="U114" s="58"/>
     </row>
     <row r="115" ht="15.75" customHeight="1">
       <c r="A115" s="57"/>
-      <c r="B115" s="58"/>
       <c r="S115" s="58"/>
       <c r="T115" s="58"/>
       <c r="U115" s="58"/>
     </row>
     <row r="116" ht="15.75" customHeight="1">
       <c r="A116" s="57"/>
-      <c r="B116" s="58"/>
       <c r="S116" s="58"/>
       <c r="T116" s="58"/>
       <c r="U116" s="58"/>
     </row>
     <row r="117" ht="15.75" customHeight="1">
       <c r="A117" s="57"/>
-      <c r="B117" s="58"/>
       <c r="S117" s="58"/>
       <c r="T117" s="58"/>
       <c r="U117" s="58"/>
     </row>
     <row r="118" ht="15.75" customHeight="1">
       <c r="A118" s="57"/>
-      <c r="B118" s="58"/>
       <c r="S118" s="58"/>
       <c r="T118" s="58"/>
       <c r="U118" s="58"/>
     </row>
     <row r="119" ht="15.75" customHeight="1">
       <c r="A119" s="57"/>
-      <c r="B119" s="58"/>
       <c r="S119" s="58"/>
       <c r="T119" s="58"/>
       <c r="U119" s="58"/>
     </row>
     <row r="120" ht="15.75" customHeight="1">
       <c r="A120" s="57"/>
-      <c r="B120" s="58"/>
       <c r="S120" s="58"/>
       <c r="T120" s="58"/>
       <c r="U120" s="58"/>
     </row>
     <row r="121" ht="15.75" customHeight="1">
       <c r="A121" s="57"/>
-      <c r="B121" s="58"/>
       <c r="S121" s="58"/>
       <c r="T121" s="58"/>
       <c r="U121" s="58"/>
     </row>
     <row r="122" ht="15.75" customHeight="1">
       <c r="A122" s="57"/>
-      <c r="B122" s="58"/>
       <c r="S122" s="58"/>
       <c r="T122" s="58"/>
       <c r="U122" s="58"/>
     </row>
     <row r="123" ht="15.75" customHeight="1">
       <c r="A123" s="57"/>
-      <c r="B123" s="58"/>
       <c r="S123" s="58"/>
       <c r="T123" s="58"/>
       <c r="U123" s="58"/>
     </row>
     <row r="124" ht="15.75" customHeight="1">
       <c r="A124" s="57"/>
-      <c r="B124" s="58"/>
       <c r="S124" s="58"/>
       <c r="T124" s="58"/>
       <c r="U124" s="58"/>
     </row>
     <row r="125" ht="15.75" customHeight="1">
       <c r="A125" s="57"/>
-      <c r="B125" s="58"/>
       <c r="S125" s="58"/>
       <c r="T125" s="58"/>
       <c r="U125" s="58"/>
     </row>
     <row r="126" ht="15.75" customHeight="1">
       <c r="A126" s="57"/>
-      <c r="B126" s="58"/>
       <c r="S126" s="58"/>
       <c r="T126" s="58"/>
       <c r="U126" s="58"/>
     </row>
     <row r="127" ht="15.75" customHeight="1">
       <c r="A127" s="57"/>
-      <c r="B127" s="58"/>
       <c r="S127" s="58"/>
       <c r="T127" s="58"/>
       <c r="U127" s="58"/>
     </row>
     <row r="128" ht="15.75" customHeight="1">
       <c r="A128" s="57"/>
-      <c r="B128" s="58"/>
       <c r="S128" s="58"/>
       <c r="T128" s="58"/>
       <c r="U128" s="58"/>
     </row>
     <row r="129" ht="15.75" customHeight="1">
       <c r="A129" s="57"/>
-      <c r="B129" s="58"/>
       <c r="S129" s="58"/>
       <c r="T129" s="58"/>
       <c r="U129" s="58"/>
     </row>
     <row r="130" ht="15.75" customHeight="1">
       <c r="A130" s="57"/>
-      <c r="B130" s="58"/>
       <c r="S130" s="58"/>
       <c r="T130" s="58"/>
       <c r="U130" s="58"/>
     </row>
     <row r="131" ht="15.75" customHeight="1">
       <c r="A131" s="57"/>
-      <c r="B131" s="58"/>
       <c r="S131" s="58"/>
       <c r="T131" s="58"/>
       <c r="U131" s="58"/>
     </row>
     <row r="132" ht="15.75" customHeight="1">
       <c r="A132" s="57"/>
-      <c r="B132" s="58"/>
       <c r="S132" s="58"/>
       <c r="T132" s="58"/>
       <c r="U132" s="58"/>
     </row>
     <row r="133" ht="15.75" customHeight="1">
       <c r="A133" s="57"/>
-      <c r="B133" s="58"/>
       <c r="S133" s="58"/>
       <c r="T133" s="58"/>
       <c r="U133" s="58"/>
     </row>
     <row r="134" ht="15.75" customHeight="1">
       <c r="A134" s="57"/>
-      <c r="B134" s="58"/>
       <c r="S134" s="58"/>
       <c r="T134" s="58"/>
       <c r="U134" s="58"/>
     </row>
     <row r="135" ht="15.75" customHeight="1">
       <c r="A135" s="57"/>
-      <c r="B135" s="58"/>
       <c r="S135" s="58"/>
       <c r="T135" s="58"/>
       <c r="U135" s="58"/>
     </row>
     <row r="136" ht="15.75" customHeight="1">
       <c r="A136" s="57"/>
-      <c r="B136" s="58"/>
       <c r="S136" s="58"/>
       <c r="T136" s="58"/>
       <c r="U136" s="58"/>
     </row>
     <row r="137" ht="15.75" customHeight="1">
       <c r="A137" s="57"/>
-      <c r="B137" s="58"/>
       <c r="S137" s="58"/>
       <c r="T137" s="58"/>
       <c r="U137" s="58"/>
     </row>
     <row r="138" ht="15.75" customHeight="1">
       <c r="A138" s="57"/>
-      <c r="B138" s="58"/>
       <c r="S138" s="58"/>
       <c r="T138" s="58"/>
       <c r="U138" s="58"/>
     </row>
     <row r="139" ht="15.75" customHeight="1">
       <c r="A139" s="57"/>
-      <c r="B139" s="58"/>
       <c r="S139" s="58"/>
       <c r="T139" s="58"/>
       <c r="U139" s="58"/>
     </row>
     <row r="140" ht="15.75" customHeight="1">
       <c r="A140" s="57"/>
-      <c r="B140" s="58"/>
       <c r="S140" s="58"/>
       <c r="T140" s="58"/>
       <c r="U140" s="58"/>
     </row>
     <row r="141" ht="15.75" customHeight="1">
       <c r="A141" s="57"/>
-      <c r="B141" s="58"/>
       <c r="S141" s="58"/>
       <c r="T141" s="58"/>
       <c r="U141" s="58"/>
     </row>
     <row r="142" ht="15.75" customHeight="1">
       <c r="A142" s="57"/>
-      <c r="B142" s="58"/>
       <c r="S142" s="58"/>
       <c r="T142" s="58"/>
       <c r="U142" s="58"/>
     </row>
     <row r="143" ht="15.75" customHeight="1">
       <c r="A143" s="57"/>
-      <c r="B143" s="58"/>
       <c r="S143" s="58"/>
       <c r="T143" s="58"/>
       <c r="U143" s="58"/>
     </row>
     <row r="144" ht="15.75" customHeight="1">
       <c r="A144" s="57"/>
-      <c r="B144" s="58"/>
       <c r="S144" s="58"/>
       <c r="T144" s="58"/>
       <c r="U144" s="58"/>
     </row>
     <row r="145" ht="15.75" customHeight="1">
       <c r="A145" s="57"/>
-      <c r="B145" s="58"/>
       <c r="S145" s="58"/>
       <c r="T145" s="58"/>
       <c r="U145" s="58"/>
     </row>
     <row r="146" ht="15.75" customHeight="1">
       <c r="A146" s="57"/>
-      <c r="B146" s="58"/>
       <c r="S146" s="58"/>
       <c r="T146" s="58"/>
       <c r="U146" s="58"/>
     </row>
     <row r="147" ht="15.75" customHeight="1">
       <c r="A147" s="57"/>
-      <c r="B147" s="58"/>
       <c r="S147" s="58"/>
       <c r="T147" s="58"/>
       <c r="U147" s="58"/>
     </row>
     <row r="148" ht="15.75" customHeight="1">
       <c r="A148" s="57"/>
-      <c r="B148" s="58"/>
       <c r="S148" s="58"/>
       <c r="T148" s="58"/>
       <c r="U148" s="58"/>
     </row>
     <row r="149" ht="15.75" customHeight="1">
       <c r="A149" s="57"/>
-      <c r="B149" s="58"/>
       <c r="S149" s="58"/>
       <c r="T149" s="58"/>
       <c r="U149" s="58"/>
     </row>
     <row r="150" ht="15.75" customHeight="1">
       <c r="A150" s="57"/>
-      <c r="B150" s="58"/>
       <c r="S150" s="58"/>
       <c r="T150" s="58"/>
       <c r="U150" s="58"/>
     </row>
     <row r="151" ht="15.75" customHeight="1">
       <c r="A151" s="57"/>
-      <c r="B151" s="58"/>
       <c r="S151" s="58"/>
       <c r="T151" s="58"/>
       <c r="U151" s="58"/>
     </row>
     <row r="152" ht="15.75" customHeight="1">
       <c r="A152" s="57"/>
-      <c r="B152" s="58"/>
       <c r="S152" s="58"/>
       <c r="T152" s="58"/>
       <c r="U152" s="58"/>
     </row>
     <row r="153" ht="15.75" customHeight="1">
       <c r="A153" s="57"/>
-      <c r="B153" s="58"/>
       <c r="S153" s="58"/>
       <c r="T153" s="58"/>
       <c r="U153" s="58"/>
     </row>
     <row r="154" ht="15.75" customHeight="1">
       <c r="A154" s="57"/>
-      <c r="B154" s="58"/>
       <c r="S154" s="58"/>
       <c r="T154" s="58"/>
       <c r="U154" s="58"/>
     </row>
     <row r="155" ht="15.75" customHeight="1">
       <c r="A155" s="57"/>
-      <c r="B155" s="58"/>
       <c r="S155" s="58"/>
       <c r="T155" s="58"/>
       <c r="U155" s="58"/>
     </row>
     <row r="156" ht="15.75" customHeight="1">
       <c r="A156" s="57"/>
-      <c r="B156" s="58"/>
       <c r="S156" s="58"/>
       <c r="T156" s="58"/>
       <c r="U156" s="58"/>
     </row>
     <row r="157" ht="15.75" customHeight="1">
       <c r="A157" s="57"/>
-      <c r="B157" s="58"/>
       <c r="S157" s="58"/>
       <c r="T157" s="58"/>
       <c r="U157" s="58"/>
     </row>
     <row r="158" ht="15.75" customHeight="1">
       <c r="A158" s="57"/>
-      <c r="B158" s="58"/>
       <c r="S158" s="58"/>
       <c r="T158" s="58"/>
       <c r="U158" s="58"/>
     </row>
     <row r="159" ht="15.75" customHeight="1">
       <c r="A159" s="57"/>
-      <c r="B159" s="58"/>
       <c r="S159" s="58"/>
       <c r="T159" s="58"/>
       <c r="U159" s="58"/>
     </row>
     <row r="160" ht="15.75" customHeight="1">
       <c r="A160" s="57"/>
-      <c r="B160" s="58"/>
       <c r="S160" s="58"/>
       <c r="T160" s="58"/>
       <c r="U160" s="58"/>
     </row>
     <row r="161" ht="15.75" customHeight="1">
       <c r="A161" s="57"/>
-      <c r="B161" s="58"/>
       <c r="S161" s="58"/>
       <c r="T161" s="58"/>
       <c r="U161" s="58"/>
     </row>
     <row r="162" ht="15.75" customHeight="1">
       <c r="A162" s="57"/>
-      <c r="B162" s="58"/>
       <c r="S162" s="58"/>
       <c r="T162" s="58"/>
       <c r="U162" s="58"/>
     </row>
     <row r="163" ht="15.75" customHeight="1">
       <c r="A163" s="57"/>
-      <c r="B163" s="58"/>
       <c r="S163" s="58"/>
       <c r="T163" s="58"/>
       <c r="U163" s="58"/>
     </row>
     <row r="164" ht="15.75" customHeight="1">
       <c r="A164" s="57"/>
-      <c r="B164" s="58"/>
       <c r="S164" s="58"/>
       <c r="T164" s="58"/>
       <c r="U164" s="58"/>
     </row>
     <row r="165" ht="15.75" customHeight="1">
       <c r="A165" s="57"/>
-      <c r="B165" s="58"/>
       <c r="S165" s="58"/>
       <c r="T165" s="58"/>
       <c r="U165" s="58"/>
     </row>
     <row r="166" ht="15.75" customHeight="1">
       <c r="A166" s="57"/>
-      <c r="B166" s="58"/>
       <c r="S166" s="58"/>
       <c r="T166" s="58"/>
       <c r="U166" s="58"/>
     </row>
     <row r="167" ht="15.75" customHeight="1">
       <c r="A167" s="57"/>
-      <c r="B167" s="58"/>
       <c r="S167" s="58"/>
       <c r="T167" s="58"/>
       <c r="U167" s="58"/>
     </row>
     <row r="168" ht="15.75" customHeight="1">
       <c r="A168" s="57"/>
-      <c r="B168" s="58"/>
       <c r="S168" s="58"/>
       <c r="T168" s="58"/>
       <c r="U168" s="58"/>
     </row>
     <row r="169" ht="15.75" customHeight="1">
       <c r="A169" s="57"/>
-      <c r="B169" s="58"/>
       <c r="S169" s="58"/>
       <c r="T169" s="58"/>
       <c r="U169" s="58"/>
     </row>
     <row r="170" ht="15.75" customHeight="1">
       <c r="A170" s="57"/>
-      <c r="B170" s="58"/>
       <c r="S170" s="58"/>
       <c r="T170" s="58"/>
       <c r="U170" s="58"/>
     </row>
     <row r="171" ht="15.75" customHeight="1">
       <c r="A171" s="57"/>
-      <c r="B171" s="58"/>
       <c r="S171" s="58"/>
       <c r="T171" s="58"/>
       <c r="U171" s="58"/>
     </row>
     <row r="172" ht="15.75" customHeight="1">
       <c r="A172" s="57"/>
-      <c r="B172" s="58"/>
       <c r="S172" s="58"/>
       <c r="T172" s="58"/>
       <c r="U172" s="58"/>
     </row>
     <row r="173" ht="15.75" customHeight="1">
       <c r="A173" s="57"/>
-      <c r="B173" s="58"/>
       <c r="S173" s="58"/>
       <c r="T173" s="58"/>
       <c r="U173" s="58"/>
     </row>
     <row r="174" ht="15.75" customHeight="1">
       <c r="A174" s="57"/>
-      <c r="B174" s="58"/>
       <c r="S174" s="58"/>
       <c r="T174" s="58"/>
       <c r="U174" s="58"/>
     </row>
     <row r="175" ht="15.75" customHeight="1">
       <c r="A175" s="57"/>
-      <c r="B175" s="58"/>
       <c r="S175" s="58"/>
       <c r="T175" s="58"/>
       <c r="U175" s="58"/>
     </row>
     <row r="176" ht="15.75" customHeight="1">
       <c r="A176" s="57"/>
-      <c r="B176" s="58"/>
       <c r="S176" s="58"/>
       <c r="T176" s="58"/>
       <c r="U176" s="58"/>
     </row>
     <row r="177" ht="15.75" customHeight="1">
       <c r="A177" s="57"/>
-      <c r="B177" s="58"/>
       <c r="S177" s="58"/>
       <c r="T177" s="58"/>
       <c r="U177" s="58"/>
     </row>
     <row r="178" ht="15.75" customHeight="1">
       <c r="A178" s="57"/>
-      <c r="B178" s="58"/>
       <c r="S178" s="58"/>
       <c r="T178" s="58"/>
       <c r="U178" s="58"/>
     </row>
     <row r="179" ht="15.75" customHeight="1">
       <c r="A179" s="57"/>
-      <c r="B179" s="58"/>
       <c r="S179" s="58"/>
       <c r="T179" s="58"/>
       <c r="U179" s="58"/>
     </row>
     <row r="180" ht="15.75" customHeight="1">
       <c r="A180" s="57"/>
-      <c r="B180" s="58"/>
       <c r="S180" s="58"/>
       <c r="T180" s="58"/>
       <c r="U180" s="58"/>
     </row>
     <row r="181" ht="15.75" customHeight="1">
       <c r="A181" s="57"/>
-      <c r="B181" s="58"/>
       <c r="S181" s="58"/>
       <c r="T181" s="58"/>
       <c r="U181" s="58"/>
     </row>
     <row r="182" ht="15.75" customHeight="1">
       <c r="A182" s="57"/>
-      <c r="B182" s="58"/>
       <c r="S182" s="58"/>
       <c r="T182" s="58"/>
       <c r="U182" s="58"/>
     </row>
     <row r="183" ht="15.75" customHeight="1">
       <c r="A183" s="57"/>
-      <c r="B183" s="58"/>
       <c r="S183" s="58"/>
       <c r="T183" s="58"/>
       <c r="U183" s="58"/>
     </row>
     <row r="184" ht="15.75" customHeight="1">
       <c r="A184" s="57"/>
-      <c r="B184" s="58"/>
       <c r="S184" s="58"/>
       <c r="T184" s="58"/>
       <c r="U184" s="58"/>
     </row>
     <row r="185" ht="15.75" customHeight="1">
       <c r="A185" s="57"/>
-      <c r="B185" s="58"/>
       <c r="S185" s="58"/>
       <c r="T185" s="58"/>
       <c r="U185" s="58"/>
     </row>
     <row r="186" ht="15.75" customHeight="1">
       <c r="A186" s="57"/>
-      <c r="B186" s="58"/>
       <c r="S186" s="58"/>
       <c r="T186" s="58"/>
       <c r="U186" s="58"/>
     </row>
     <row r="187" ht="15.75" customHeight="1">
       <c r="A187" s="57"/>
-      <c r="B187" s="58"/>
       <c r="S187" s="58"/>
       <c r="T187" s="58"/>
       <c r="U187" s="58"/>
     </row>
     <row r="188" ht="15.75" customHeight="1">
       <c r="A188" s="57"/>
-      <c r="B188" s="58"/>
       <c r="S188" s="58"/>
       <c r="T188" s="58"/>
       <c r="U188" s="58"/>
     </row>
     <row r="189" ht="15.75" customHeight="1">
       <c r="A189" s="57"/>
-      <c r="B189" s="58"/>
       <c r="S189" s="58"/>
       <c r="T189" s="58"/>
       <c r="U189" s="58"/>
     </row>
     <row r="190" ht="15.75" customHeight="1">
       <c r="A190" s="57"/>
-      <c r="B190" s="58"/>
       <c r="S190" s="58"/>
       <c r="T190" s="58"/>
       <c r="U190" s="58"/>
     </row>
     <row r="191" ht="15.75" customHeight="1">
       <c r="A191" s="57"/>
-      <c r="B191" s="58"/>
       <c r="S191" s="58"/>
       <c r="T191" s="58"/>
       <c r="U191" s="58"/>
     </row>
     <row r="192" ht="15.75" customHeight="1">
       <c r="A192" s="57"/>
-      <c r="B192" s="58"/>
       <c r="S192" s="58"/>
       <c r="T192" s="58"/>
       <c r="U192" s="58"/>
     </row>
     <row r="193" ht="15.75" customHeight="1">
       <c r="A193" s="57"/>
-      <c r="B193" s="58"/>
       <c r="S193" s="58"/>
       <c r="T193" s="58"/>
       <c r="U193" s="58"/>
     </row>
     <row r="194" ht="15.75" customHeight="1">
       <c r="A194" s="57"/>
-      <c r="B194" s="58"/>
       <c r="S194" s="58"/>
       <c r="T194" s="58"/>
       <c r="U194" s="58"/>
     </row>
     <row r="195" ht="15.75" customHeight="1">
       <c r="A195" s="57"/>
-      <c r="B195" s="58"/>
       <c r="S195" s="58"/>
       <c r="T195" s="58"/>
       <c r="U195" s="58"/>
     </row>
     <row r="196" ht="15.75" customHeight="1">
       <c r="A196" s="57"/>
-      <c r="B196" s="58"/>
       <c r="S196" s="58"/>
       <c r="T196" s="58"/>
       <c r="U196" s="58"/>
     </row>
     <row r="197" ht="15.75" customHeight="1">
       <c r="A197" s="57"/>
-      <c r="B197" s="58"/>
       <c r="S197" s="58"/>
       <c r="T197" s="58"/>
       <c r="U197" s="58"/>
     </row>
     <row r="198" ht="15.75" customHeight="1">
       <c r="A198" s="57"/>
-      <c r="B198" s="58"/>
       <c r="S198" s="58"/>
       <c r="T198" s="58"/>
       <c r="U198" s="58"/>
     </row>
     <row r="199" ht="15.75" customHeight="1">
       <c r="A199" s="57"/>
-      <c r="B199" s="58"/>
       <c r="S199" s="58"/>
       <c r="T199" s="58"/>
       <c r="U199" s="58"/>
     </row>
     <row r="200" ht="15.75" customHeight="1">
       <c r="A200" s="57"/>
-      <c r="B200" s="58"/>
       <c r="S200" s="58"/>
       <c r="T200" s="58"/>
       <c r="U200" s="58"/>
     </row>
     <row r="201" ht="15.75" customHeight="1">
       <c r="A201" s="57"/>
-      <c r="B201" s="58"/>
       <c r="S201" s="58"/>
       <c r="T201" s="58"/>
       <c r="U201" s="58"/>
     </row>
     <row r="202" ht="15.75" customHeight="1">
       <c r="A202" s="57"/>
-      <c r="B202" s="58"/>
       <c r="S202" s="58"/>
       <c r="T202" s="58"/>
       <c r="U202" s="58"/>
     </row>
     <row r="203" ht="15.75" customHeight="1">
       <c r="A203" s="57"/>
-      <c r="B203" s="58"/>
       <c r="S203" s="58"/>
       <c r="T203" s="58"/>
       <c r="U203" s="58"/>
     </row>
     <row r="204" ht="15.75" customHeight="1">
       <c r="A204" s="57"/>
-      <c r="B204" s="58"/>
       <c r="S204" s="58"/>
       <c r="T204" s="58"/>
       <c r="U204" s="58"/>
     </row>
     <row r="205" ht="15.75" customHeight="1">
       <c r="A205" s="57"/>
-      <c r="B205" s="58"/>
       <c r="S205" s="58"/>
       <c r="T205" s="58"/>
       <c r="U205" s="58"/>
     </row>
     <row r="206" ht="15.75" customHeight="1">
       <c r="A206" s="57"/>
-      <c r="B206" s="58"/>
       <c r="S206" s="58"/>
       <c r="T206" s="58"/>
       <c r="U206" s="58"/>
     </row>
     <row r="207" ht="15.75" customHeight="1">
       <c r="A207" s="57"/>
-      <c r="B207" s="58"/>
       <c r="S207" s="58"/>
       <c r="T207" s="58"/>
       <c r="U207" s="58"/>
     </row>
     <row r="208" ht="15.75" customHeight="1">
       <c r="A208" s="57"/>
-      <c r="B208" s="58"/>
       <c r="S208" s="58"/>
       <c r="T208" s="58"/>
       <c r="U208" s="58"/>
     </row>
     <row r="209" ht="15.75" customHeight="1">
       <c r="A209" s="57"/>
-      <c r="B209" s="58"/>
       <c r="S209" s="58"/>
       <c r="T209" s="58"/>
       <c r="U209" s="58"/>
     </row>
     <row r="210" ht="15.75" customHeight="1">
       <c r="A210" s="57"/>
-      <c r="B210" s="58"/>
       <c r="S210" s="58"/>
       <c r="T210" s="58"/>
       <c r="U210" s="58"/>
     </row>
     <row r="211" ht="15.75" customHeight="1">
       <c r="A211" s="57"/>
-      <c r="B211" s="58"/>
       <c r="S211" s="58"/>
       <c r="T211" s="58"/>
       <c r="U211" s="58"/>
     </row>
     <row r="212" ht="15.75" customHeight="1">
       <c r="A212" s="57"/>
-      <c r="B212" s="58"/>
       <c r="S212" s="58"/>
       <c r="T212" s="58"/>
       <c r="U212" s="58"/>
     </row>
     <row r="213" ht="15.75" customHeight="1">
       <c r="A213" s="57"/>
-      <c r="B213" s="58"/>
       <c r="S213" s="58"/>
       <c r="T213" s="58"/>
       <c r="U213" s="58"/>
     </row>
     <row r="214" ht="15.75" customHeight="1">
       <c r="A214" s="57"/>
-      <c r="B214" s="58"/>
       <c r="S214" s="58"/>
       <c r="T214" s="58"/>
       <c r="U214" s="58"/>
     </row>
     <row r="215" ht="15.75" customHeight="1">
       <c r="A215" s="57"/>
-      <c r="B215" s="58"/>
       <c r="S215" s="58"/>
       <c r="T215" s="58"/>
       <c r="U215" s="58"/>
     </row>
     <row r="216" ht="15.75" customHeight="1">
       <c r="A216" s="57"/>
-      <c r="B216" s="58"/>
       <c r="S216" s="58"/>
       <c r="T216" s="58"/>
       <c r="U216" s="58"/>
     </row>
     <row r="217" ht="15.75" customHeight="1">
       <c r="A217" s="57"/>
-      <c r="B217" s="58"/>
       <c r="S217" s="58"/>
       <c r="T217" s="58"/>
       <c r="U217" s="58"/>
     </row>
     <row r="218" ht="15.75" customHeight="1">
       <c r="A218" s="57"/>
-      <c r="B218" s="58"/>
       <c r="S218" s="58"/>
       <c r="T218" s="58"/>
       <c r="U218" s="58"/>
     </row>
     <row r="219" ht="15.75" customHeight="1">
       <c r="A219" s="57"/>
-      <c r="B219" s="58"/>
       <c r="S219" s="58"/>
       <c r="T219" s="58"/>
       <c r="U219" s="58"/>
     </row>
     <row r="220" ht="15.75" customHeight="1">
       <c r="A220" s="57"/>
-      <c r="B220" s="58"/>
       <c r="S220" s="58"/>
       <c r="T220" s="58"/>
       <c r="U220" s="58"/>
     </row>
     <row r="221" ht="15.75" customHeight="1">
       <c r="A221" s="57"/>
-      <c r="B221" s="58"/>
       <c r="S221" s="58"/>
       <c r="T221" s="58"/>
       <c r="U221" s="58"/>
     </row>
     <row r="222" ht="15.75" customHeight="1">
       <c r="A222" s="57"/>
-      <c r="B222" s="58"/>
       <c r="S222" s="58"/>
       <c r="T222" s="58"/>
       <c r="U222" s="58"/>
     </row>
     <row r="223" ht="15.75" customHeight="1">
       <c r="A223" s="57"/>
-      <c r="B223" s="58"/>
       <c r="S223" s="58"/>
       <c r="T223" s="58"/>
       <c r="U223" s="58"/>
     </row>
     <row r="224" ht="15.75" customHeight="1">
       <c r="A224" s="57"/>
-      <c r="B224" s="58"/>
       <c r="S224" s="58"/>
       <c r="T224" s="58"/>
       <c r="U224" s="58"/>
     </row>
     <row r="225" ht="15.75" customHeight="1">
       <c r="A225" s="57"/>
-      <c r="B225" s="58"/>
       <c r="S225" s="58"/>
       <c r="T225" s="58"/>
       <c r="U225" s="58"/>
     </row>
     <row r="226" ht="15.75" customHeight="1">
       <c r="A226" s="57"/>
-      <c r="B226" s="58"/>
       <c r="S226" s="58"/>
       <c r="T226" s="58"/>
       <c r="U226" s="58"/>
     </row>
     <row r="227" ht="15.75" customHeight="1">
       <c r="A227" s="57"/>
-      <c r="B227" s="58"/>
       <c r="S227" s="58"/>
       <c r="T227" s="58"/>
       <c r="U227" s="58"/>
     </row>
     <row r="228" ht="15.75" customHeight="1">
       <c r="A228" s="57"/>
-      <c r="B228" s="58"/>
       <c r="S228" s="58"/>
       <c r="T228" s="58"/>
       <c r="U228" s="58"/>
     </row>
     <row r="229" ht="15.75" customHeight="1">
       <c r="A229" s="57"/>
-      <c r="B229" s="58"/>
       <c r="S229" s="58"/>
       <c r="T229" s="58"/>
       <c r="U229" s="58"/>
     </row>
     <row r="230" ht="15.75" customHeight="1">
       <c r="A230" s="57"/>
-      <c r="B230" s="58"/>
       <c r="S230" s="58"/>
       <c r="T230" s="58"/>
       <c r="U230" s="58"/>
     </row>
     <row r="231" ht="15.75" customHeight="1">
       <c r="A231" s="57"/>
-      <c r="B231" s="58"/>
       <c r="S231" s="58"/>
       <c r="T231" s="58"/>
       <c r="U231" s="58"/>
     </row>
     <row r="232" ht="15.75" customHeight="1">
       <c r="A232" s="57"/>
-      <c r="B232" s="58"/>
       <c r="S232" s="58"/>
       <c r="T232" s="58"/>
       <c r="U232" s="58"/>
     </row>
     <row r="233" ht="15.75" customHeight="1">
       <c r="A233" s="57"/>
-      <c r="B233" s="58"/>
       <c r="S233" s="58"/>
       <c r="T233" s="58"/>
       <c r="U233" s="58"/>
     </row>
     <row r="234" ht="15.75" customHeight="1">
       <c r="A234" s="57"/>
-      <c r="B234" s="58"/>
       <c r="S234" s="58"/>
       <c r="T234" s="58"/>
       <c r="U234" s="58"/>
     </row>
     <row r="235" ht="15.75" customHeight="1">
       <c r="A235" s="57"/>
-      <c r="B235" s="58"/>
       <c r="S235" s="58"/>
       <c r="T235" s="58"/>
       <c r="U235" s="58"/>
     </row>
     <row r="236" ht="15.75" customHeight="1">
       <c r="A236" s="57"/>
-      <c r="B236" s="58"/>
       <c r="S236" s="58"/>
       <c r="T236" s="58"/>
       <c r="U236" s="58"/>
     </row>
     <row r="237" ht="15.75" customHeight="1">
       <c r="A237" s="57"/>
-      <c r="B237" s="58"/>
       <c r="S237" s="58"/>
       <c r="T237" s="58"/>
       <c r="U237" s="58"/>
     </row>
     <row r="238" ht="15.75" customHeight="1">
       <c r="A238" s="57"/>
-      <c r="B238" s="58"/>
       <c r="S238" s="58"/>
       <c r="T238" s="58"/>
       <c r="U238" s="58"/>
     </row>
     <row r="239" ht="15.75" customHeight="1">
       <c r="A239" s="57"/>
-      <c r="B239" s="58"/>
       <c r="S239" s="58"/>
       <c r="T239" s="58"/>
       <c r="U239" s="58"/>
     </row>
     <row r="240" ht="15.75" customHeight="1">
       <c r="A240" s="57"/>
-      <c r="B240" s="58"/>
       <c r="S240" s="58"/>
       <c r="T240" s="58"/>
       <c r="U240" s="58"/>
     </row>
     <row r="241" ht="15.75" customHeight="1">
       <c r="A241" s="57"/>
-      <c r="B241" s="58"/>
       <c r="S241" s="58"/>
       <c r="T241" s="58"/>
       <c r="U241" s="58"/>
     </row>
     <row r="242" ht="15.75" customHeight="1">
       <c r="A242" s="57"/>
-      <c r="B242" s="58"/>
       <c r="S242" s="58"/>
       <c r="T242" s="58"/>
       <c r="U242" s="58"/>
     </row>
     <row r="243" ht="15.75" customHeight="1">
       <c r="A243" s="57"/>
-      <c r="B243" s="58"/>
       <c r="S243" s="58"/>
       <c r="T243" s="58"/>
       <c r="U243" s="58"/>
     </row>
     <row r="244" ht="15.75" customHeight="1">
       <c r="A244" s="57"/>
-      <c r="B244" s="58"/>
       <c r="S244" s="58"/>
       <c r="T244" s="58"/>
       <c r="U244" s="58"/>
     </row>
     <row r="245" ht="15.75" customHeight="1">
       <c r="A245" s="57"/>
-      <c r="B245" s="58"/>
       <c r="S245" s="58"/>
       <c r="T245" s="58"/>
       <c r="U245" s="58"/>
     </row>
     <row r="246" ht="15.75" customHeight="1">
       <c r="A246" s="57"/>
-      <c r="B246" s="58"/>
       <c r="S246" s="58"/>
       <c r="T246" s="58"/>
       <c r="U246" s="58"/>
     </row>
     <row r="247" ht="15.75" customHeight="1">
       <c r="A247" s="57"/>
-      <c r="B247" s="58"/>
       <c r="S247" s="58"/>
       <c r="T247" s="58"/>
       <c r="U247" s="58"/>
     </row>
     <row r="248" ht="15.75" customHeight="1">
       <c r="A248" s="57"/>
-      <c r="B248" s="58"/>
       <c r="S248" s="58"/>
       <c r="T248" s="58"/>
       <c r="U248" s="58"/>
     </row>
     <row r="249" ht="15.75" customHeight="1">
       <c r="A249" s="57"/>
-      <c r="B249" s="58"/>
       <c r="S249" s="58"/>
       <c r="T249" s="58"/>
       <c r="U249" s="58"/>
     </row>
     <row r="250" ht="15.75" customHeight="1">
       <c r="A250" s="57"/>
-      <c r="B250" s="58"/>
       <c r="S250" s="58"/>
       <c r="T250" s="58"/>
       <c r="U250" s="58"/>
     </row>
     <row r="251" ht="15.75" customHeight="1">
       <c r="A251" s="57"/>
-      <c r="B251" s="58"/>
       <c r="S251" s="58"/>
       <c r="T251" s="58"/>
       <c r="U251" s="58"/>
     </row>
     <row r="252" ht="15.75" customHeight="1">
       <c r="A252" s="57"/>
-      <c r="B252" s="58"/>
       <c r="S252" s="58"/>
       <c r="T252" s="58"/>
       <c r="U252" s="58"/>
     </row>
     <row r="253" ht="15.75" customHeight="1">
       <c r="A253" s="57"/>
-      <c r="B253" s="58"/>
       <c r="S253" s="58"/>
       <c r="T253" s="58"/>
       <c r="U253" s="58"/>
     </row>
     <row r="254" ht="15.75" customHeight="1">
       <c r="A254" s="57"/>
-      <c r="B254" s="58"/>
       <c r="S254" s="58"/>
       <c r="T254" s="58"/>
       <c r="U254" s="58"/>
     </row>
     <row r="255" ht="15.75" customHeight="1">
       <c r="A255" s="57"/>
-      <c r="B255" s="58"/>
       <c r="S255" s="58"/>
       <c r="T255" s="58"/>
       <c r="U255" s="58"/>
     </row>
     <row r="256" ht="15.75" customHeight="1">
       <c r="A256" s="57"/>
-      <c r="B256" s="58"/>
       <c r="S256" s="58"/>
       <c r="T256" s="58"/>
       <c r="U256" s="58"/>
     </row>
     <row r="257" ht="15.75" customHeight="1">
       <c r="A257" s="57"/>
-      <c r="B257" s="58"/>
       <c r="S257" s="58"/>
       <c r="T257" s="58"/>
       <c r="U257" s="58"/>
     </row>
     <row r="258" ht="15.75" customHeight="1">
       <c r="A258" s="57"/>
-      <c r="B258" s="58"/>
       <c r="S258" s="58"/>
       <c r="T258" s="58"/>
       <c r="U258" s="58"/>
     </row>
     <row r="259" ht="15.75" customHeight="1">
       <c r="A259" s="57"/>
-      <c r="B259" s="58"/>
       <c r="S259" s="58"/>
       <c r="T259" s="58"/>
       <c r="U259" s="58"/>
     </row>
     <row r="260" ht="15.75" customHeight="1">
       <c r="A260" s="57"/>
-      <c r="B260" s="58"/>
       <c r="S260" s="58"/>
       <c r="T260" s="58"/>
       <c r="U260" s="58"/>
     </row>
     <row r="261" ht="15.75" customHeight="1">
       <c r="A261" s="57"/>
-      <c r="B261" s="58"/>
       <c r="S261" s="58"/>
       <c r="T261" s="58"/>
       <c r="U261" s="58"/>
     </row>
     <row r="262" ht="15.75" customHeight="1">
       <c r="A262" s="57"/>
-      <c r="B262" s="58"/>
       <c r="S262" s="58"/>
       <c r="T262" s="58"/>
       <c r="U262" s="58"/>
     </row>
     <row r="263" ht="15.75" customHeight="1">
       <c r="A263" s="57"/>
-      <c r="B263" s="58"/>
       <c r="S263" s="58"/>
       <c r="T263" s="58"/>
       <c r="U263" s="58"/>
     </row>
     <row r="264" ht="15.75" customHeight="1">
       <c r="A264" s="57"/>
-      <c r="B264" s="58"/>
       <c r="S264" s="58"/>
       <c r="T264" s="58"/>
       <c r="U264" s="58"/>
     </row>
     <row r="265" ht="15.75" customHeight="1">
       <c r="A265" s="57"/>
-      <c r="B265" s="58"/>
       <c r="S265" s="58"/>
       <c r="T265" s="58"/>
       <c r="U265" s="58"/>
     </row>
     <row r="266" ht="15.75" customHeight="1">
       <c r="A266" s="57"/>
-      <c r="B266" s="58"/>
       <c r="S266" s="58"/>
       <c r="T266" s="58"/>
       <c r="U266" s="58"/>
     </row>
     <row r="267" ht="15.75" customHeight="1">
       <c r="A267" s="57"/>
-      <c r="B267" s="58"/>
       <c r="S267" s="58"/>
       <c r="T267" s="58"/>
       <c r="U267" s="58"/>
     </row>
     <row r="268" ht="15.75" customHeight="1">
       <c r="A268" s="57"/>
-      <c r="B268" s="58"/>
       <c r="S268" s="58"/>
       <c r="T268" s="58"/>
       <c r="U268" s="58"/>
     </row>
     <row r="269" ht="15.75" customHeight="1">
       <c r="A269" s="57"/>
-      <c r="B269" s="58"/>
       <c r="S269" s="58"/>
       <c r="T269" s="58"/>
       <c r="U269" s="58"/>
     </row>
     <row r="270" ht="15.75" customHeight="1">
       <c r="A270" s="57"/>
-      <c r="B270" s="58"/>
       <c r="S270" s="58"/>
       <c r="T270" s="58"/>
       <c r="U270" s="58"/>
     </row>
     <row r="271" ht="15.75" customHeight="1">
       <c r="A271" s="57"/>
-      <c r="B271" s="58"/>
       <c r="S271" s="58"/>
       <c r="T271" s="58"/>
       <c r="U271" s="58"/>
     </row>
     <row r="272" ht="15.75" customHeight="1">
       <c r="A272" s="57"/>
-      <c r="B272" s="58"/>
       <c r="S272" s="58"/>
       <c r="T272" s="58"/>
       <c r="U272" s="58"/>
     </row>
     <row r="273" ht="15.75" customHeight="1">
       <c r="A273" s="57"/>
-      <c r="B273" s="58"/>
       <c r="S273" s="58"/>
       <c r="T273" s="58"/>
       <c r="U273" s="58"/>
     </row>
     <row r="274" ht="15.75" customHeight="1">
       <c r="A274" s="57"/>
-      <c r="B274" s="58"/>
       <c r="S274" s="58"/>
       <c r="T274" s="58"/>
       <c r="U274" s="58"/>
     </row>
     <row r="275" ht="15.75" customHeight="1">
       <c r="A275" s="57"/>
-      <c r="B275" s="58"/>
       <c r="S275" s="58"/>
       <c r="T275" s="58"/>
       <c r="U275" s="58"/>
     </row>
     <row r="276" ht="15.75" customHeight="1">
       <c r="A276" s="57"/>
-      <c r="B276" s="58"/>
       <c r="S276" s="58"/>
       <c r="T276" s="58"/>
       <c r="U276" s="58"/>
     </row>
     <row r="277" ht="15.75" customHeight="1">
       <c r="A277" s="57"/>
-      <c r="B277" s="58"/>
       <c r="S277" s="58"/>
       <c r="T277" s="58"/>
       <c r="U277" s="58"/>
     </row>
     <row r="278" ht="15.75" customHeight="1">
       <c r="A278" s="57"/>
-      <c r="B278" s="58"/>
       <c r="S278" s="58"/>
       <c r="T278" s="58"/>
       <c r="U278" s="58"/>
     </row>
     <row r="279" ht="15.75" customHeight="1">
       <c r="A279" s="57"/>
-      <c r="B279" s="58"/>
       <c r="S279" s="58"/>
       <c r="T279" s="58"/>
       <c r="U279" s="58"/>
     </row>
     <row r="280" ht="15.75" customHeight="1">
       <c r="A280" s="57"/>
-      <c r="B280" s="58"/>
       <c r="S280" s="58"/>
       <c r="T280" s="58"/>
       <c r="U280" s="58"/>
     </row>
     <row r="281" ht="15.75" customHeight="1">
       <c r="A281" s="57"/>
-      <c r="B281" s="58"/>
       <c r="S281" s="58"/>
       <c r="T281" s="58"/>
       <c r="U281" s="58"/>
     </row>
     <row r="282" ht="15.75" customHeight="1">
       <c r="A282" s="57"/>
-      <c r="B282" s="58"/>
       <c r="S282" s="58"/>
       <c r="T282" s="58"/>
       <c r="U282" s="58"/>
     </row>
     <row r="283" ht="15.75" customHeight="1">
       <c r="A283" s="57"/>
-      <c r="B283" s="58"/>
       <c r="S283" s="58"/>
       <c r="T283" s="58"/>
       <c r="U283" s="58"/>
     </row>
     <row r="284" ht="15.75" customHeight="1">
       <c r="A284" s="57"/>
-      <c r="B284" s="58"/>
       <c r="S284" s="58"/>
       <c r="T284" s="58"/>
       <c r="U284" s="58"/>
     </row>
     <row r="285" ht="15.75" customHeight="1">
       <c r="A285" s="57"/>
-      <c r="B285" s="58"/>
       <c r="S285" s="58"/>
       <c r="T285" s="58"/>
       <c r="U285" s="58"/>
     </row>
     <row r="286" ht="15.75" customHeight="1">
       <c r="A286" s="57"/>
-      <c r="B286" s="58"/>
       <c r="S286" s="58"/>
       <c r="T286" s="58"/>
       <c r="U286" s="58"/>
     </row>
     <row r="287" ht="15.75" customHeight="1">
       <c r="A287" s="57"/>
-      <c r="B287" s="58"/>
       <c r="S287" s="58"/>
       <c r="T287" s="58"/>
       <c r="U287" s="58"/>
     </row>
     <row r="288" ht="15.75" customHeight="1">
       <c r="A288" s="57"/>
-      <c r="B288" s="58"/>
       <c r="S288" s="58"/>
       <c r="T288" s="58"/>
       <c r="U288" s="58"/>
     </row>
     <row r="289" ht="15.75" customHeight="1">
       <c r="A289" s="57"/>
-      <c r="B289" s="58"/>
       <c r="S289" s="58"/>
       <c r="T289" s="58"/>
       <c r="U289" s="58"/>
     </row>
     <row r="290" ht="15.75" customHeight="1">
       <c r="A290" s="57"/>
-      <c r="B290" s="58"/>
       <c r="S290" s="58"/>
       <c r="T290" s="58"/>
       <c r="U290" s="58"/>
     </row>
     <row r="291" ht="15.75" customHeight="1">
       <c r="A291" s="57"/>
-      <c r="B291" s="58"/>
       <c r="S291" s="58"/>
       <c r="T291" s="58"/>
       <c r="U291" s="58"/>
     </row>
     <row r="292" ht="15.75" customHeight="1">
       <c r="A292" s="57"/>
-      <c r="B292" s="58"/>
       <c r="S292" s="58"/>
       <c r="T292" s="58"/>
       <c r="U292" s="58"/>
     </row>
     <row r="293" ht="15.75" customHeight="1">
       <c r="A293" s="57"/>
-      <c r="B293" s="58"/>
       <c r="S293" s="58"/>
       <c r="T293" s="58"/>
       <c r="U293" s="58"/>
     </row>
     <row r="294" ht="15.75" customHeight="1">
       <c r="A294" s="57"/>
-      <c r="B294" s="58"/>
       <c r="S294" s="58"/>
       <c r="T294" s="58"/>
       <c r="U294" s="58"/>
     </row>
     <row r="295" ht="15.75" customHeight="1">
       <c r="A295" s="57"/>
-      <c r="B295" s="58"/>
       <c r="S295" s="58"/>
       <c r="T295" s="58"/>
       <c r="U295" s="58"/>
     </row>
     <row r="296" ht="15.75" customHeight="1">
       <c r="A296" s="57"/>
-      <c r="B296" s="58"/>
       <c r="S296" s="58"/>
       <c r="T296" s="58"/>
       <c r="U296" s="58"/>
     </row>
     <row r="297" ht="15.75" customHeight="1">
       <c r="A297" s="57"/>
-      <c r="B297" s="58"/>
       <c r="S297" s="58"/>
       <c r="T297" s="58"/>
       <c r="U297" s="58"/>
     </row>
     <row r="298" ht="15.75" customHeight="1">
       <c r="A298" s="57"/>
-      <c r="B298" s="58"/>
       <c r="S298" s="58"/>
       <c r="T298" s="58"/>
       <c r="U298" s="58"/>
     </row>
     <row r="299" ht="15.75" customHeight="1">
       <c r="A299" s="57"/>
-      <c r="B299" s="58"/>
       <c r="S299" s="58"/>
       <c r="T299" s="58"/>
       <c r="U299" s="58"/>
     </row>
     <row r="300" ht="15.75" customHeight="1">
       <c r="A300" s="57"/>
-      <c r="B300" s="58"/>
       <c r="S300" s="58"/>
       <c r="T300" s="58"/>
       <c r="U300" s="58"/>
     </row>
     <row r="301" ht="15.75" customHeight="1">
       <c r="A301" s="57"/>
-      <c r="B301" s="58"/>
       <c r="S301" s="58"/>
       <c r="T301" s="58"/>
       <c r="U301" s="58"/>
     </row>
     <row r="302" ht="15.75" customHeight="1">
       <c r="A302" s="57"/>
-      <c r="B302" s="58"/>
       <c r="S302" s="58"/>
       <c r="T302" s="58"/>
       <c r="U302" s="58"/>
     </row>
     <row r="303" ht="15.75" customHeight="1">
       <c r="A303" s="57"/>
-      <c r="B303" s="58"/>
       <c r="S303" s="58"/>
       <c r="T303" s="58"/>
       <c r="U303" s="58"/>
     </row>
     <row r="304" ht="15.75" customHeight="1">
       <c r="A304" s="57"/>
-      <c r="B304" s="58"/>
       <c r="S304" s="58"/>
       <c r="T304" s="58"/>
       <c r="U304" s="58"/>
     </row>
     <row r="305" ht="15.75" customHeight="1">
       <c r="A305" s="57"/>
-      <c r="B305" s="58"/>
       <c r="S305" s="58"/>
       <c r="T305" s="58"/>
       <c r="U305" s="58"/>
     </row>
     <row r="306" ht="15.75" customHeight="1">
       <c r="A306" s="57"/>
-      <c r="B306" s="58"/>
       <c r="S306" s="58"/>
       <c r="T306" s="58"/>
       <c r="U306" s="58"/>
     </row>
     <row r="307" ht="15.75" customHeight="1">
       <c r="A307" s="57"/>
-      <c r="B307" s="58"/>
       <c r="S307" s="58"/>
       <c r="T307" s="58"/>
       <c r="U307" s="58"/>
     </row>
     <row r="308" ht="15.75" customHeight="1">
       <c r="A308" s="57"/>
-      <c r="B308" s="58"/>
       <c r="S308" s="58"/>
       <c r="T308" s="58"/>
       <c r="U308" s="58"/>
     </row>
     <row r="309" ht="15.75" customHeight="1">
       <c r="A309" s="57"/>
-      <c r="B309" s="58"/>
       <c r="S309" s="58"/>
       <c r="T309" s="58"/>
       <c r="U309" s="58"/>
     </row>
     <row r="310" ht="15.75" customHeight="1">
       <c r="A310" s="57"/>
-      <c r="B310" s="58"/>
       <c r="S310" s="58"/>
       <c r="T310" s="58"/>
       <c r="U310" s="58"/>
     </row>
     <row r="311" ht="15.75" customHeight="1">
       <c r="A311" s="57"/>
-      <c r="B311" s="58"/>
       <c r="S311" s="58"/>
       <c r="T311" s="58"/>
       <c r="U311" s="58"/>
     </row>
     <row r="312" ht="15.75" customHeight="1">
       <c r="A312" s="57"/>
-      <c r="B312" s="58"/>
       <c r="S312" s="58"/>
       <c r="T312" s="58"/>
       <c r="U312" s="58"/>
     </row>
     <row r="313" ht="15.75" customHeight="1">
       <c r="A313" s="57"/>
-      <c r="B313" s="58"/>
       <c r="S313" s="58"/>
       <c r="T313" s="58"/>
       <c r="U313" s="58"/>
     </row>
     <row r="314" ht="15.75" customHeight="1">
       <c r="A314" s="57"/>
-      <c r="B314" s="58"/>
       <c r="S314" s="58"/>
       <c r="T314" s="58"/>
       <c r="U314" s="58"/>
     </row>
     <row r="315" ht="15.75" customHeight="1">
       <c r="A315" s="57"/>
-      <c r="B315" s="58"/>
       <c r="S315" s="58"/>
       <c r="T315" s="58"/>
       <c r="U315" s="58"/>
     </row>
     <row r="316" ht="15.75" customHeight="1">
       <c r="A316" s="57"/>
-      <c r="B316" s="58"/>
       <c r="S316" s="58"/>
       <c r="T316" s="58"/>
       <c r="U316" s="58"/>
     </row>
     <row r="317" ht="15.75" customHeight="1">
       <c r="A317" s="57"/>
-      <c r="B317" s="58"/>
       <c r="S317" s="58"/>
       <c r="T317" s="58"/>
       <c r="U317" s="58"/>
     </row>
     <row r="318" ht="15.75" customHeight="1">
       <c r="A318" s="57"/>
-      <c r="B318" s="58"/>
       <c r="S318" s="58"/>
       <c r="T318" s="58"/>
       <c r="U318" s="58"/>
     </row>
     <row r="319" ht="15.75" customHeight="1">
       <c r="A319" s="57"/>
-      <c r="B319" s="58"/>
       <c r="S319" s="58"/>
       <c r="T319" s="58"/>
       <c r="U319" s="58"/>
     </row>
     <row r="320" ht="15.75" customHeight="1">
       <c r="A320" s="57"/>
-      <c r="B320" s="58"/>
       <c r="S320" s="58"/>
       <c r="T320" s="58"/>
       <c r="U320" s="58"/>
     </row>
     <row r="321" ht="15.75" customHeight="1">
       <c r="A321" s="57"/>
-      <c r="B321" s="58"/>
       <c r="S321" s="58"/>
       <c r="T321" s="58"/>
       <c r="U321" s="58"/>
     </row>
     <row r="322" ht="15.75" customHeight="1">
       <c r="A322" s="57"/>
-      <c r="B322" s="58"/>
       <c r="S322" s="58"/>
       <c r="T322" s="58"/>
       <c r="U322" s="58"/>
     </row>
     <row r="323" ht="15.75" customHeight="1">
       <c r="A323" s="57"/>
-      <c r="B323" s="58"/>
       <c r="S323" s="58"/>
       <c r="T323" s="58"/>
       <c r="U323" s="58"/>
     </row>
     <row r="324" ht="15.75" customHeight="1">
       <c r="A324" s="57"/>
-      <c r="B324" s="58"/>
       <c r="S324" s="58"/>
       <c r="T324" s="58"/>
       <c r="U324" s="58"/>
     </row>
     <row r="325" ht="15.75" customHeight="1">
       <c r="A325" s="57"/>
-      <c r="B325" s="58"/>
       <c r="S325" s="58"/>
       <c r="T325" s="58"/>
       <c r="U325" s="58"/>
     </row>
     <row r="326" ht="15.75" customHeight="1">
       <c r="A326" s="57"/>
-      <c r="B326" s="58"/>
       <c r="S326" s="58"/>
       <c r="T326" s="58"/>
       <c r="U326" s="58"/>
     </row>
     <row r="327" ht="15.75" customHeight="1">
       <c r="A327" s="57"/>
-      <c r="B327" s="58"/>
       <c r="S327" s="58"/>
       <c r="T327" s="58"/>
       <c r="U327" s="58"/>
     </row>
     <row r="328" ht="15.75" customHeight="1">
       <c r="A328" s="57"/>
-      <c r="B328" s="58"/>
       <c r="S328" s="58"/>
       <c r="T328" s="58"/>
       <c r="U328" s="58"/>
     </row>
     <row r="329" ht="15.75" customHeight="1">
       <c r="A329" s="57"/>
-      <c r="B329" s="58"/>
       <c r="S329" s="58"/>
       <c r="T329" s="58"/>
       <c r="U329" s="58"/>
     </row>
     <row r="330" ht="15.75" customHeight="1">
       <c r="A330" s="57"/>
-      <c r="B330" s="58"/>
       <c r="S330" s="58"/>
       <c r="T330" s="58"/>
       <c r="U330" s="58"/>
     </row>
     <row r="331" ht="15.75" customHeight="1">
       <c r="A331" s="57"/>
-      <c r="B331" s="58"/>
       <c r="S331" s="58"/>
       <c r="T331" s="58"/>
       <c r="U331" s="58"/>
     </row>
     <row r="332" ht="15.75" customHeight="1">
       <c r="A332" s="57"/>
-      <c r="B332" s="58"/>
       <c r="S332" s="58"/>
       <c r="T332" s="58"/>
       <c r="U332" s="58"/>
     </row>
     <row r="333" ht="15.75" customHeight="1">
       <c r="A333" s="57"/>
-      <c r="B333" s="58"/>
       <c r="S333" s="58"/>
       <c r="T333" s="58"/>
       <c r="U333" s="58"/>
     </row>
     <row r="334" ht="15.75" customHeight="1">
       <c r="A334" s="57"/>
-      <c r="B334" s="58"/>
       <c r="S334" s="58"/>
       <c r="T334" s="58"/>
       <c r="U334" s="58"/>
     </row>
     <row r="335" ht="15.75" customHeight="1">
       <c r="A335" s="57"/>
-      <c r="B335" s="58"/>
       <c r="S335" s="58"/>
       <c r="T335" s="58"/>
       <c r="U335" s="58"/>
     </row>
     <row r="336" ht="15.75" customHeight="1">
       <c r="A336" s="57"/>
-      <c r="B336" s="58"/>
       <c r="S336" s="58"/>
       <c r="T336" s="58"/>
       <c r="U336" s="58"/>
     </row>
     <row r="337" ht="15.75" customHeight="1">
       <c r="A337" s="57"/>
-      <c r="B337" s="58"/>
       <c r="S337" s="58"/>
       <c r="T337" s="58"/>
       <c r="U337" s="58"/>
     </row>
     <row r="338" ht="15.75" customHeight="1">
       <c r="A338" s="57"/>
-      <c r="B338" s="58"/>
       <c r="S338" s="58"/>
       <c r="T338" s="58"/>
       <c r="U338" s="58"/>
     </row>
     <row r="339" ht="15.75" customHeight="1">
       <c r="A339" s="57"/>
-      <c r="B339" s="58"/>
       <c r="S339" s="58"/>
       <c r="T339" s="58"/>
       <c r="U339" s="58"/>
     </row>
     <row r="340" ht="15.75" customHeight="1">
       <c r="A340" s="57"/>
-      <c r="B340" s="58"/>
       <c r="S340" s="58"/>
       <c r="T340" s="58"/>
       <c r="U340" s="58"/>
     </row>
     <row r="341" ht="15.75" customHeight="1">
       <c r="A341" s="57"/>
-      <c r="B341" s="58"/>
       <c r="S341" s="58"/>
       <c r="T341" s="58"/>
       <c r="U341" s="58"/>
     </row>
     <row r="342" ht="15.75" customHeight="1">
       <c r="A342" s="57"/>
-      <c r="B342" s="58"/>
       <c r="S342" s="58"/>
       <c r="T342" s="58"/>
       <c r="U342" s="58"/>
     </row>
     <row r="343" ht="15.75" customHeight="1">
       <c r="A343" s="57"/>
-      <c r="B343" s="58"/>
       <c r="S343" s="58"/>
       <c r="T343" s="58"/>
       <c r="U343" s="58"/>
     </row>
     <row r="344" ht="15.75" customHeight="1">
       <c r="A344" s="57"/>
-      <c r="B344" s="58"/>
       <c r="S344" s="58"/>
       <c r="T344" s="58"/>
       <c r="U344" s="58"/>
     </row>
     <row r="345" ht="15.75" customHeight="1">
       <c r="A345" s="57"/>
-      <c r="B345" s="58"/>
       <c r="S345" s="58"/>
       <c r="T345" s="58"/>
       <c r="U345" s="58"/>
     </row>
     <row r="346" ht="15.75" customHeight="1">
       <c r="A346" s="57"/>
-      <c r="B346" s="58"/>
       <c r="S346" s="58"/>
       <c r="T346" s="58"/>
       <c r="U346" s="58"/>
     </row>
     <row r="347" ht="15.75" customHeight="1">
       <c r="A347" s="57"/>
-      <c r="B347" s="58"/>
       <c r="S347" s="58"/>
       <c r="T347" s="58"/>
       <c r="U347" s="58"/>
     </row>
     <row r="348" ht="15.75" customHeight="1">
       <c r="A348" s="57"/>
-      <c r="B348" s="58"/>
       <c r="S348" s="58"/>
       <c r="T348" s="58"/>
       <c r="U348" s="58"/>
     </row>
     <row r="349" ht="15.75" customHeight="1">
       <c r="A349" s="57"/>
-      <c r="B349" s="58"/>
       <c r="S349" s="58"/>
       <c r="T349" s="58"/>
       <c r="U349" s="58"/>
     </row>
     <row r="350" ht="15.75" customHeight="1">
       <c r="A350" s="57"/>
-      <c r="B350" s="58"/>
       <c r="S350" s="58"/>
       <c r="T350" s="58"/>
       <c r="U350" s="58"/>
     </row>
     <row r="351" ht="15.75" customHeight="1">
       <c r="A351" s="57"/>
-      <c r="B351" s="58"/>
       <c r="S351" s="58"/>
       <c r="T351" s="58"/>
       <c r="U351" s="58"/>
     </row>
     <row r="352" ht="15.75" customHeight="1">
       <c r="A352" s="57"/>
-      <c r="B352" s="58"/>
       <c r="S352" s="58"/>
       <c r="T352" s="58"/>
       <c r="U352" s="58"/>
     </row>
     <row r="353" ht="15.75" customHeight="1">
       <c r="A353" s="57"/>
-      <c r="B353" s="58"/>
       <c r="S353" s="58"/>
       <c r="T353" s="58"/>
       <c r="U353" s="58"/>
     </row>
     <row r="354" ht="15.75" customHeight="1">
       <c r="A354" s="57"/>
-      <c r="B354" s="58"/>
       <c r="S354" s="58"/>
       <c r="T354" s="58"/>
       <c r="U354" s="58"/>
     </row>
     <row r="355" ht="15.75" customHeight="1">
       <c r="A355" s="57"/>
-      <c r="B355" s="58"/>
       <c r="S355" s="58"/>
       <c r="T355" s="58"/>
       <c r="U355" s="58"/>
     </row>
     <row r="356" ht="15.75" customHeight="1">
       <c r="A356" s="57"/>
-      <c r="B356" s="58"/>
       <c r="S356" s="58"/>
       <c r="T356" s="58"/>
       <c r="U356" s="58"/>
     </row>
     <row r="357" ht="15.75" customHeight="1">
       <c r="A357" s="57"/>
-      <c r="B357" s="58"/>
       <c r="S357" s="58"/>
       <c r="T357" s="58"/>
       <c r="U357" s="58"/>
     </row>
     <row r="358" ht="15.75" customHeight="1">
       <c r="A358" s="57"/>
-      <c r="B358" s="58"/>
       <c r="S358" s="58"/>
       <c r="T358" s="58"/>
       <c r="U358" s="58"/>
     </row>
     <row r="359" ht="15.75" customHeight="1">
       <c r="A359" s="57"/>
-      <c r="B359" s="58"/>
       <c r="S359" s="58"/>
       <c r="T359" s="58"/>
       <c r="U359" s="58"/>
     </row>
     <row r="360" ht="15.75" customHeight="1">
       <c r="A360" s="57"/>
-      <c r="B360" s="58"/>
       <c r="S360" s="58"/>
       <c r="T360" s="58"/>
       <c r="U360" s="58"/>
     </row>
     <row r="361" ht="15.75" customHeight="1">
       <c r="A361" s="57"/>
-      <c r="B361" s="58"/>
       <c r="S361" s="58"/>
       <c r="T361" s="58"/>
       <c r="U361" s="58"/>
     </row>
     <row r="362" ht="15.75" customHeight="1">
       <c r="A362" s="57"/>
-      <c r="B362" s="58"/>
       <c r="S362" s="58"/>
       <c r="T362" s="58"/>
       <c r="U362" s="58"/>
     </row>
     <row r="363" ht="15.75" customHeight="1">
       <c r="A363" s="57"/>
-      <c r="B363" s="58"/>
       <c r="S363" s="58"/>
       <c r="T363" s="58"/>
       <c r="U363" s="58"/>
     </row>
     <row r="364" ht="15.75" customHeight="1">
       <c r="A364" s="57"/>
-      <c r="B364" s="58"/>
       <c r="S364" s="58"/>
       <c r="T364" s="58"/>
       <c r="U364" s="58"/>
     </row>
     <row r="365" ht="15.75" customHeight="1">
       <c r="A365" s="57"/>
-      <c r="B365" s="58"/>
       <c r="S365" s="58"/>
       <c r="T365" s="58"/>
       <c r="U365" s="58"/>
     </row>
     <row r="366" ht="15.75" customHeight="1">
       <c r="A366" s="57"/>
-      <c r="B366" s="58"/>
       <c r="S366" s="58"/>
       <c r="T366" s="58"/>
       <c r="U366" s="58"/>
     </row>
     <row r="367" ht="15.75" customHeight="1">
       <c r="A367" s="57"/>
-      <c r="B367" s="58"/>
       <c r="S367" s="58"/>
       <c r="T367" s="58"/>
       <c r="U367" s="58"/>
     </row>
     <row r="368" ht="15.75" customHeight="1">
       <c r="A368" s="57"/>
-      <c r="B368" s="58"/>
       <c r="S368" s="58"/>
       <c r="T368" s="58"/>
       <c r="U368" s="58"/>
     </row>
     <row r="369" ht="15.75" customHeight="1">
       <c r="A369" s="57"/>
-      <c r="B369" s="58"/>
       <c r="S369" s="58"/>
       <c r="T369" s="58"/>
       <c r="U369" s="58"/>
     </row>
     <row r="370" ht="15.75" customHeight="1">
       <c r="A370" s="57"/>
-      <c r="B370" s="58"/>
       <c r="S370" s="58"/>
       <c r="T370" s="58"/>
       <c r="U370" s="58"/>
     </row>
     <row r="371" ht="15.75" customHeight="1">
       <c r="A371" s="57"/>
-      <c r="B371" s="58"/>
       <c r="S371" s="58"/>
       <c r="T371" s="58"/>
       <c r="U371" s="58"/>
     </row>
     <row r="372" ht="15.75" customHeight="1">
       <c r="A372" s="57"/>
-      <c r="B372" s="58"/>
       <c r="S372" s="58"/>
       <c r="T372" s="58"/>
       <c r="U372" s="58"/>
     </row>
     <row r="373" ht="15.75" customHeight="1">
       <c r="A373" s="57"/>
-      <c r="B373" s="58"/>
       <c r="S373" s="58"/>
       <c r="T373" s="58"/>
       <c r="U373" s="58"/>
     </row>
     <row r="374" ht="15.75" customHeight="1">
       <c r="A374" s="57"/>
-      <c r="B374" s="58"/>
       <c r="S374" s="58"/>
       <c r="T374" s="58"/>
       <c r="U374" s="58"/>
     </row>
     <row r="375" ht="15.75" customHeight="1">
       <c r="A375" s="57"/>
-      <c r="B375" s="58"/>
       <c r="S375" s="58"/>
       <c r="T375" s="58"/>
       <c r="U375" s="58"/>
     </row>
     <row r="376" ht="15.75" customHeight="1">
       <c r="A376" s="57"/>
-      <c r="B376" s="58"/>
       <c r="S376" s="58"/>
       <c r="T376" s="58"/>
       <c r="U376" s="58"/>
     </row>
     <row r="377" ht="15.75" customHeight="1">
       <c r="A377" s="57"/>
-      <c r="B377" s="58"/>
       <c r="S377" s="58"/>
       <c r="T377" s="58"/>
       <c r="U377" s="58"/>
     </row>
     <row r="378" ht="15.75" customHeight="1">
       <c r="A378" s="57"/>
-      <c r="B378" s="58"/>
       <c r="S378" s="58"/>
       <c r="T378" s="58"/>
       <c r="U378" s="58"/>
     </row>
     <row r="379" ht="15.75" customHeight="1">
       <c r="A379" s="57"/>
-      <c r="B379" s="58"/>
       <c r="S379" s="58"/>
       <c r="T379" s="58"/>
       <c r="U379" s="58"/>
     </row>
     <row r="380" ht="15.75" customHeight="1">
       <c r="A380" s="57"/>
-      <c r="B380" s="58"/>
       <c r="S380" s="58"/>
       <c r="T380" s="58"/>
       <c r="U380" s="58"/>
     </row>
     <row r="381" ht="15.75" customHeight="1">
       <c r="A381" s="57"/>
-      <c r="B381" s="58"/>
       <c r="S381" s="58"/>
       <c r="T381" s="58"/>
       <c r="U381" s="58"/>
     </row>
     <row r="382" ht="15.75" customHeight="1">
       <c r="A382" s="57"/>
-      <c r="B382" s="58"/>
       <c r="S382" s="58"/>
       <c r="T382" s="58"/>
       <c r="U382" s="58"/>
     </row>
     <row r="383" ht="15.75" customHeight="1">
       <c r="A383" s="57"/>
-      <c r="B383" s="58"/>
       <c r="S383" s="58"/>
       <c r="T383" s="58"/>
       <c r="U383" s="58"/>
     </row>
     <row r="384" ht="15.75" customHeight="1">
       <c r="A384" s="57"/>
-      <c r="B384" s="58"/>
       <c r="S384" s="58"/>
       <c r="T384" s="58"/>
       <c r="U384" s="58"/>
     </row>
     <row r="385" ht="15.75" customHeight="1">
       <c r="A385" s="57"/>
-      <c r="B385" s="58"/>
       <c r="S385" s="58"/>
       <c r="T385" s="58"/>
       <c r="U385" s="58"/>
     </row>
     <row r="386" ht="15.75" customHeight="1">
       <c r="A386" s="57"/>
-      <c r="B386" s="58"/>
       <c r="S386" s="58"/>
       <c r="T386" s="58"/>
       <c r="U386" s="58"/>
     </row>
     <row r="387" ht="15.75" customHeight="1">
       <c r="A387" s="57"/>
-      <c r="B387" s="58"/>
       <c r="S387" s="58"/>
       <c r="T387" s="58"/>
       <c r="U387" s="58"/>
     </row>
     <row r="388" ht="15.75" customHeight="1">
       <c r="A388" s="57"/>
-      <c r="B388" s="58"/>
       <c r="S388" s="58"/>
       <c r="T388" s="58"/>
       <c r="U388" s="58"/>
     </row>
     <row r="389" ht="15.75" customHeight="1">
       <c r="A389" s="57"/>
-      <c r="B389" s="58"/>
       <c r="S389" s="58"/>
       <c r="T389" s="58"/>
       <c r="U389" s="58"/>
     </row>
     <row r="390" ht="15.75" customHeight="1">
       <c r="A390" s="57"/>
-      <c r="B390" s="58"/>
       <c r="S390" s="58"/>
       <c r="T390" s="58"/>
       <c r="U390" s="58"/>
     </row>
     <row r="391" ht="15.75" customHeight="1">
       <c r="A391" s="57"/>
-      <c r="B391" s="58"/>
       <c r="S391" s="58"/>
       <c r="T391" s="58"/>
       <c r="U391" s="58"/>
     </row>
     <row r="392" ht="15.75" customHeight="1">
       <c r="A392" s="57"/>
-      <c r="B392" s="58"/>
       <c r="S392" s="58"/>
       <c r="T392" s="58"/>
       <c r="U392" s="58"/>
     </row>
     <row r="393" ht="15.75" customHeight="1">
       <c r="A393" s="57"/>
-      <c r="B393" s="58"/>
       <c r="S393" s="58"/>
       <c r="T393" s="58"/>
       <c r="U393" s="58"/>
     </row>
     <row r="394" ht="15.75" customHeight="1">
       <c r="A394" s="57"/>
-      <c r="B394" s="58"/>
       <c r="S394" s="58"/>
       <c r="T394" s="58"/>
       <c r="U394" s="58"/>
     </row>
     <row r="395" ht="15.75" customHeight="1">
       <c r="A395" s="57"/>
-      <c r="B395" s="58"/>
       <c r="S395" s="58"/>
       <c r="T395" s="58"/>
       <c r="U395" s="58"/>
     </row>
     <row r="396" ht="15.75" customHeight="1">
       <c r="A396" s="57"/>
-      <c r="B396" s="58"/>
       <c r="S396" s="58"/>
       <c r="T396" s="58"/>
       <c r="U396" s="58"/>
     </row>
     <row r="397" ht="15.75" customHeight="1">
       <c r="A397" s="57"/>
-      <c r="B397" s="58"/>
       <c r="S397" s="58"/>
       <c r="T397" s="58"/>
       <c r="U397" s="58"/>
     </row>
     <row r="398" ht="15.75" customHeight="1">
       <c r="A398" s="57"/>
-      <c r="B398" s="58"/>
       <c r="S398" s="58"/>
       <c r="T398" s="58"/>
       <c r="U398" s="58"/>
     </row>
     <row r="399" ht="15.75" customHeight="1">
       <c r="A399" s="57"/>
-      <c r="B399" s="58"/>
       <c r="S399" s="58"/>
       <c r="T399" s="58"/>
       <c r="U399" s="58"/>
     </row>
     <row r="400" ht="15.75" customHeight="1">
       <c r="A400" s="57"/>
-      <c r="B400" s="58"/>
       <c r="S400" s="58"/>
       <c r="T400" s="58"/>
       <c r="U400" s="58"/>
     </row>
     <row r="401" ht="15.75" customHeight="1">
       <c r="A401" s="57"/>
-      <c r="B401" s="58"/>
       <c r="S401" s="58"/>
       <c r="T401" s="58"/>
       <c r="U401" s="58"/>
     </row>
     <row r="402" ht="15.75" customHeight="1">
       <c r="A402" s="57"/>
-      <c r="B402" s="58"/>
       <c r="S402" s="58"/>
       <c r="T402" s="58"/>
       <c r="U402" s="58"/>
     </row>
     <row r="403" ht="15.75" customHeight="1">
       <c r="A403" s="57"/>
-      <c r="B403" s="58"/>
       <c r="S403" s="58"/>
       <c r="T403" s="58"/>
       <c r="U403" s="58"/>
     </row>
     <row r="404" ht="15.75" customHeight="1">
       <c r="A404" s="57"/>
-      <c r="B404" s="58"/>
       <c r="S404" s="58"/>
       <c r="T404" s="58"/>
       <c r="U404" s="58"/>
     </row>
     <row r="405" ht="15.75" customHeight="1">
       <c r="A405" s="57"/>
-      <c r="B405" s="58"/>
       <c r="S405" s="58"/>
       <c r="T405" s="58"/>
       <c r="U405" s="58"/>
     </row>
     <row r="406" ht="15.75" customHeight="1">
       <c r="A406" s="57"/>
-      <c r="B406" s="58"/>
       <c r="S406" s="58"/>
       <c r="T406" s="58"/>
       <c r="U406" s="58"/>
     </row>
     <row r="407" ht="15.75" customHeight="1">
       <c r="A407" s="57"/>
-      <c r="B407" s="58"/>
       <c r="S407" s="58"/>
       <c r="T407" s="58"/>
       <c r="U407" s="58"/>
     </row>
     <row r="408" ht="15.75" customHeight="1">
       <c r="A408" s="57"/>
-      <c r="B408" s="58"/>
       <c r="S408" s="58"/>
       <c r="T408" s="58"/>
       <c r="U408" s="58"/>
     </row>
     <row r="409" ht="15.75" customHeight="1">
       <c r="A409" s="57"/>
-      <c r="B409" s="58"/>
       <c r="S409" s="58"/>
       <c r="T409" s="58"/>
       <c r="U409" s="58"/>
     </row>
     <row r="410" ht="15.75" customHeight="1">
       <c r="A410" s="57"/>
-      <c r="B410" s="58"/>
       <c r="S410" s="58"/>
       <c r="T410" s="58"/>
       <c r="U410" s="58"/>
     </row>
     <row r="411" ht="15.75" customHeight="1">
       <c r="A411" s="57"/>
-      <c r="B411" s="58"/>
       <c r="S411" s="58"/>
       <c r="T411" s="58"/>
       <c r="U411" s="58"/>
     </row>
     <row r="412" ht="15.75" customHeight="1">
       <c r="A412" s="57"/>
-      <c r="B412" s="58"/>
       <c r="S412" s="58"/>
       <c r="T412" s="58"/>
       <c r="U412" s="58"/>
     </row>
     <row r="413" ht="15.75" customHeight="1">
       <c r="A413" s="57"/>
-      <c r="B413" s="58"/>
       <c r="S413" s="58"/>
       <c r="T413" s="58"/>
       <c r="U413" s="58"/>
     </row>
     <row r="414" ht="15.75" customHeight="1">
       <c r="A414" s="57"/>
-      <c r="B414" s="58"/>
       <c r="S414" s="58"/>
       <c r="T414" s="58"/>
       <c r="U414" s="58"/>
     </row>
     <row r="415" ht="15.75" customHeight="1">
       <c r="A415" s="57"/>
-      <c r="B415" s="58"/>
       <c r="S415" s="58"/>
       <c r="T415" s="58"/>
       <c r="U415" s="58"/>
     </row>
     <row r="416" ht="15.75" customHeight="1">
       <c r="A416" s="57"/>
-      <c r="B416" s="58"/>
       <c r="S416" s="58"/>
       <c r="T416" s="58"/>
       <c r="U416" s="58"/>
     </row>
     <row r="417" ht="15.75" customHeight="1">
       <c r="A417" s="57"/>
-      <c r="B417" s="58"/>
       <c r="S417" s="58"/>
       <c r="T417" s="58"/>
       <c r="U417" s="58"/>
     </row>
     <row r="418" ht="15.75" customHeight="1">
       <c r="A418" s="57"/>
-      <c r="B418" s="58"/>
       <c r="S418" s="58"/>
       <c r="T418" s="58"/>
       <c r="U418" s="58"/>
     </row>
     <row r="419" ht="15.75" customHeight="1">
       <c r="A419" s="57"/>
-      <c r="B419" s="58"/>
       <c r="S419" s="58"/>
       <c r="T419" s="58"/>
       <c r="U419" s="58"/>
     </row>
     <row r="420" ht="15.75" customHeight="1">
       <c r="A420" s="57"/>
-      <c r="B420" s="58"/>
       <c r="S420" s="58"/>
       <c r="T420" s="58"/>
       <c r="U420" s="58"/>
     </row>
     <row r="421" ht="15.75" customHeight="1">
       <c r="A421" s="57"/>
-      <c r="B421" s="58"/>
       <c r="S421" s="58"/>
       <c r="T421" s="58"/>
       <c r="U421" s="58"/>
     </row>
     <row r="422" ht="15.75" customHeight="1">
       <c r="A422" s="57"/>
-      <c r="B422" s="58"/>
       <c r="S422" s="58"/>
       <c r="T422" s="58"/>
       <c r="U422" s="58"/>
     </row>
     <row r="423" ht="15.75" customHeight="1">
       <c r="A423" s="57"/>
-      <c r="B423" s="58"/>
       <c r="S423" s="58"/>
       <c r="T423" s="58"/>
       <c r="U423" s="58"/>
     </row>
     <row r="424" ht="15.75" customHeight="1">
       <c r="A424" s="57"/>
-      <c r="B424" s="58"/>
       <c r="S424" s="58"/>
       <c r="T424" s="58"/>
       <c r="U424" s="58"/>
     </row>
     <row r="425" ht="15.75" customHeight="1">
       <c r="A425" s="57"/>
-      <c r="B425" s="58"/>
       <c r="S425" s="58"/>
       <c r="T425" s="58"/>
       <c r="U425" s="58"/>
     </row>
     <row r="426" ht="15.75" customHeight="1">
       <c r="A426" s="57"/>
-      <c r="B426" s="58"/>
       <c r="S426" s="58"/>
       <c r="T426" s="58"/>
       <c r="U426" s="58"/>
     </row>
     <row r="427" ht="15.75" customHeight="1">
       <c r="A427" s="57"/>
-      <c r="B427" s="58"/>
       <c r="S427" s="58"/>
       <c r="T427" s="58"/>
       <c r="U427" s="58"/>
     </row>
     <row r="428" ht="15.75" customHeight="1">
       <c r="A428" s="57"/>
-      <c r="B428" s="58"/>
       <c r="S428" s="58"/>
       <c r="T428" s="58"/>
       <c r="U428" s="58"/>
     </row>
     <row r="429" ht="15.75" customHeight="1">
       <c r="A429" s="57"/>
-      <c r="B429" s="58"/>
       <c r="S429" s="58"/>
       <c r="T429" s="58"/>
       <c r="U429" s="58"/>
     </row>
     <row r="430" ht="15.75" customHeight="1">
       <c r="A430" s="57"/>
-      <c r="B430" s="58"/>
       <c r="S430" s="58"/>
       <c r="T430" s="58"/>
       <c r="U430" s="58"/>
     </row>
     <row r="431" ht="15.75" customHeight="1">
       <c r="A431" s="57"/>
-      <c r="B431" s="58"/>
       <c r="S431" s="58"/>
       <c r="T431" s="58"/>
       <c r="U431" s="58"/>
     </row>
     <row r="432" ht="15.75" customHeight="1">
       <c r="A432" s="57"/>
-      <c r="B432" s="58"/>
       <c r="S432" s="58"/>
       <c r="T432" s="58"/>
       <c r="U432" s="58"/>
     </row>
     <row r="433" ht="15.75" customHeight="1">
       <c r="A433" s="57"/>
-      <c r="B433" s="58"/>
       <c r="S433" s="58"/>
       <c r="T433" s="58"/>
       <c r="U433" s="58"/>
     </row>
     <row r="434" ht="15.75" customHeight="1">
       <c r="A434" s="57"/>
-      <c r="B434" s="58"/>
       <c r="S434" s="58"/>
       <c r="T434" s="58"/>
       <c r="U434" s="58"/>
     </row>
     <row r="435" ht="15.75" customHeight="1">
       <c r="A435" s="57"/>
-      <c r="B435" s="58"/>
       <c r="S435" s="58"/>
       <c r="T435" s="58"/>
       <c r="U435" s="58"/>
     </row>
     <row r="436" ht="15.75" customHeight="1">
       <c r="A436" s="57"/>
-      <c r="B436" s="58"/>
       <c r="S436" s="58"/>
       <c r="T436" s="58"/>
       <c r="U436" s="58"/>
     </row>
     <row r="437" ht="15.75" customHeight="1">
       <c r="A437" s="57"/>
-      <c r="B437" s="58"/>
       <c r="S437" s="58"/>
       <c r="T437" s="58"/>
       <c r="U437" s="58"/>
     </row>
     <row r="438" ht="15.75" customHeight="1">
       <c r="A438" s="57"/>
-      <c r="B438" s="58"/>
       <c r="S438" s="58"/>
       <c r="T438" s="58"/>
       <c r="U438" s="58"/>
     </row>
     <row r="439" ht="15.75" customHeight="1">
       <c r="A439" s="57"/>
-      <c r="B439" s="58"/>
       <c r="S439" s="58"/>
       <c r="T439" s="58"/>
       <c r="U439" s="58"/>
     </row>
     <row r="440" ht="15.75" customHeight="1">
       <c r="A440" s="57"/>
-      <c r="B440" s="58"/>
       <c r="S440" s="58"/>
       <c r="T440" s="58"/>
       <c r="U440" s="58"/>
     </row>
     <row r="441" ht="15.75" customHeight="1">
       <c r="A441" s="57"/>
-      <c r="B441" s="58"/>
       <c r="S441" s="58"/>
       <c r="T441" s="58"/>
       <c r="U441" s="58"/>
     </row>
     <row r="442" ht="15.75" customHeight="1">
       <c r="A442" s="57"/>
-      <c r="B442" s="58"/>
       <c r="S442" s="58"/>
       <c r="T442" s="58"/>
       <c r="U442" s="58"/>
     </row>
     <row r="443" ht="15.75" customHeight="1">
       <c r="A443" s="57"/>
-      <c r="B443" s="58"/>
       <c r="S443" s="58"/>
       <c r="T443" s="58"/>
       <c r="U443" s="58"/>
     </row>
     <row r="444" ht="15.75" customHeight="1">
       <c r="A444" s="57"/>
-      <c r="B444" s="58"/>
       <c r="S444" s="58"/>
       <c r="T444" s="58"/>
       <c r="U444" s="58"/>
     </row>
     <row r="445" ht="15.75" customHeight="1">
       <c r="A445" s="57"/>
-      <c r="B445" s="58"/>
       <c r="S445" s="58"/>
       <c r="T445" s="58"/>
       <c r="U445" s="58"/>
     </row>
     <row r="446" ht="15.75" customHeight="1">
       <c r="A446" s="57"/>
-      <c r="B446" s="58"/>
       <c r="S446" s="58"/>
       <c r="T446" s="58"/>
       <c r="U446" s="58"/>
     </row>
     <row r="447" ht="15.75" customHeight="1">
       <c r="A447" s="57"/>
-      <c r="B447" s="58"/>
       <c r="S447" s="58"/>
       <c r="T447" s="58"/>
       <c r="U447" s="58"/>
     </row>
     <row r="448" ht="15.75" customHeight="1">
       <c r="A448" s="57"/>
-      <c r="B448" s="58"/>
       <c r="S448" s="58"/>
       <c r="T448" s="58"/>
       <c r="U448" s="58"/>
     </row>
     <row r="449" ht="15.75" customHeight="1">
       <c r="A449" s="57"/>
-      <c r="B449" s="58"/>
       <c r="S449" s="58"/>
       <c r="T449" s="58"/>
       <c r="U449" s="58"/>
     </row>
     <row r="450" ht="15.75" customHeight="1">
       <c r="A450" s="57"/>
-      <c r="B450" s="58"/>
       <c r="S450" s="58"/>
       <c r="T450" s="58"/>
       <c r="U450" s="58"/>
     </row>
     <row r="451" ht="15.75" customHeight="1">
       <c r="A451" s="57"/>
-      <c r="B451" s="58"/>
       <c r="S451" s="58"/>
       <c r="T451" s="58"/>
       <c r="U451" s="58"/>
     </row>
     <row r="452" ht="15.75" customHeight="1">
       <c r="A452" s="57"/>
-      <c r="B452" s="58"/>
       <c r="S452" s="58"/>
       <c r="T452" s="58"/>
       <c r="U452" s="58"/>
     </row>
     <row r="453" ht="15.75" customHeight="1">
       <c r="A453" s="57"/>
-      <c r="B453" s="58"/>
       <c r="S453" s="58"/>
       <c r="T453" s="58"/>
       <c r="U453" s="58"/>
     </row>
     <row r="454" ht="15.75" customHeight="1">
       <c r="A454" s="57"/>
-      <c r="B454" s="58"/>
       <c r="S454" s="58"/>
       <c r="T454" s="58"/>
       <c r="U454" s="58"/>
     </row>
     <row r="455" ht="15.75" customHeight="1">
       <c r="A455" s="57"/>
-      <c r="B455" s="58"/>
       <c r="S455" s="58"/>
       <c r="T455" s="58"/>
       <c r="U455" s="58"/>
     </row>
     <row r="456" ht="15.75" customHeight="1">
       <c r="A456" s="57"/>
-      <c r="B456" s="58"/>
       <c r="S456" s="58"/>
       <c r="T456" s="58"/>
       <c r="U456" s="58"/>
     </row>
     <row r="457" ht="15.75" customHeight="1">
       <c r="A457" s="57"/>
-      <c r="B457" s="58"/>
       <c r="S457" s="58"/>
       <c r="T457" s="58"/>
       <c r="U457" s="58"/>
     </row>
     <row r="458" ht="15.75" customHeight="1">
       <c r="A458" s="57"/>
-      <c r="B458" s="58"/>
       <c r="S458" s="58"/>
       <c r="T458" s="58"/>
       <c r="U458" s="58"/>
     </row>
     <row r="459" ht="15.75" customHeight="1">
       <c r="A459" s="57"/>
-      <c r="B459" s="58"/>
       <c r="S459" s="58"/>
       <c r="T459" s="58"/>
       <c r="U459" s="58"/>
     </row>
     <row r="460" ht="15.75" customHeight="1">
       <c r="A460" s="57"/>
-      <c r="B460" s="58"/>
       <c r="S460" s="58"/>
       <c r="T460" s="58"/>
       <c r="U460" s="58"/>
     </row>
     <row r="461" ht="15.75" customHeight="1">
       <c r="A461" s="57"/>
-      <c r="B461" s="58"/>
       <c r="S461" s="58"/>
       <c r="T461" s="58"/>
       <c r="U461" s="58"/>
     </row>
     <row r="462" ht="15.75" customHeight="1">
       <c r="A462" s="57"/>
-      <c r="B462" s="58"/>
       <c r="S462" s="58"/>
       <c r="T462" s="58"/>
       <c r="U462" s="58"/>
     </row>
     <row r="463" ht="15.75" customHeight="1">
       <c r="A463" s="57"/>
-      <c r="B463" s="58"/>
       <c r="S463" s="58"/>
       <c r="T463" s="58"/>
       <c r="U463" s="58"/>
     </row>
     <row r="464" ht="15.75" customHeight="1">
       <c r="A464" s="57"/>
-      <c r="B464" s="58"/>
       <c r="S464" s="58"/>
       <c r="T464" s="58"/>
       <c r="U464" s="58"/>
     </row>
     <row r="465" ht="15.75" customHeight="1">
       <c r="A465" s="57"/>
-      <c r="B465" s="58"/>
       <c r="S465" s="58"/>
       <c r="T465" s="58"/>
       <c r="U465" s="58"/>
     </row>
     <row r="466" ht="15.75" customHeight="1">
       <c r="A466" s="57"/>
-      <c r="B466" s="58"/>
       <c r="S466" s="58"/>
       <c r="T466" s="58"/>
       <c r="U466" s="58"/>
     </row>
     <row r="467" ht="15.75" customHeight="1">
       <c r="A467" s="57"/>
-      <c r="B467" s="58"/>
       <c r="S467" s="58"/>
       <c r="T467" s="58"/>
       <c r="U467" s="58"/>
     </row>
     <row r="468" ht="15.75" customHeight="1">
       <c r="A468" s="57"/>
-      <c r="B468" s="58"/>
       <c r="S468" s="58"/>
       <c r="T468" s="58"/>
       <c r="U468" s="58"/>
     </row>
     <row r="469" ht="15.75" customHeight="1">
       <c r="A469" s="57"/>
-      <c r="B469" s="58"/>
       <c r="S469" s="58"/>
       <c r="T469" s="58"/>
       <c r="U469" s="58"/>
     </row>
     <row r="470" ht="15.75" customHeight="1">
       <c r="A470" s="57"/>
-      <c r="B470" s="58"/>
       <c r="S470" s="58"/>
       <c r="T470" s="58"/>
       <c r="U470" s="58"/>
     </row>
     <row r="471" ht="15.75" customHeight="1">
       <c r="A471" s="57"/>
-      <c r="B471" s="58"/>
       <c r="S471" s="58"/>
       <c r="T471" s="58"/>
       <c r="U471" s="58"/>
     </row>
     <row r="472" ht="15.75" customHeight="1">
       <c r="A472" s="57"/>
-      <c r="B472" s="58"/>
       <c r="S472" s="58"/>
       <c r="T472" s="58"/>
       <c r="U472" s="58"/>
     </row>
     <row r="473" ht="15.75" customHeight="1">
       <c r="A473" s="57"/>
-      <c r="B473" s="58"/>
       <c r="S473" s="58"/>
       <c r="T473" s="58"/>
       <c r="U473" s="58"/>
     </row>
     <row r="474" ht="15.75" customHeight="1">
       <c r="A474" s="57"/>
-      <c r="B474" s="58"/>
       <c r="S474" s="58"/>
       <c r="T474" s="58"/>
       <c r="U474" s="58"/>
     </row>
     <row r="475" ht="15.75" customHeight="1">
       <c r="A475" s="57"/>
-      <c r="B475" s="58"/>
       <c r="S475" s="58"/>
       <c r="T475" s="58"/>
       <c r="U475" s="58"/>
     </row>
     <row r="476" ht="15.75" customHeight="1">
       <c r="A476" s="57"/>
-      <c r="B476" s="58"/>
       <c r="S476" s="58"/>
       <c r="T476" s="58"/>
       <c r="U476" s="58"/>
     </row>
     <row r="477" ht="15.75" customHeight="1">
       <c r="A477" s="57"/>
-      <c r="B477" s="58"/>
       <c r="S477" s="58"/>
       <c r="T477" s="58"/>
       <c r="U477" s="58"/>
     </row>
     <row r="478" ht="15.75" customHeight="1">
       <c r="A478" s="57"/>
-      <c r="B478" s="58"/>
       <c r="S478" s="58"/>
       <c r="T478" s="58"/>
       <c r="U478" s="58"/>
     </row>
     <row r="479" ht="15.75" customHeight="1">
       <c r="A479" s="57"/>
-      <c r="B479" s="58"/>
       <c r="S479" s="58"/>
       <c r="T479" s="58"/>
       <c r="U479" s="58"/>
     </row>
     <row r="480" ht="15.75" customHeight="1">
       <c r="A480" s="57"/>
-      <c r="B480" s="58"/>
       <c r="S480" s="58"/>
       <c r="T480" s="58"/>
       <c r="U480" s="58"/>
     </row>
     <row r="481" ht="15.75" customHeight="1">
       <c r="A481" s="57"/>
-      <c r="B481" s="58"/>
       <c r="S481" s="58"/>
       <c r="T481" s="58"/>
       <c r="U481" s="58"/>
     </row>
     <row r="482" ht="15.75" customHeight="1">
       <c r="A482" s="57"/>
-      <c r="B482" s="58"/>
       <c r="S482" s="58"/>
       <c r="T482" s="58"/>
       <c r="U482" s="58"/>
     </row>
     <row r="483" ht="15.75" customHeight="1">
       <c r="A483" s="57"/>
-      <c r="B483" s="58"/>
       <c r="S483" s="58"/>
       <c r="T483" s="58"/>
       <c r="U483" s="58"/>
     </row>
     <row r="484" ht="15.75" customHeight="1">
       <c r="A484" s="57"/>
-      <c r="B484" s="58"/>
       <c r="S484" s="58"/>
       <c r="T484" s="58"/>
       <c r="U484" s="58"/>
     </row>
     <row r="485" ht="15.75" customHeight="1">
       <c r="A485" s="57"/>
-      <c r="B485" s="58"/>
       <c r="S485" s="58"/>
       <c r="T485" s="58"/>
       <c r="U485" s="58"/>
     </row>
     <row r="486" ht="15.75" customHeight="1">
       <c r="A486" s="57"/>
-      <c r="B486" s="58"/>
       <c r="S486" s="58"/>
       <c r="T486" s="58"/>
       <c r="U486" s="58"/>
     </row>
     <row r="487" ht="15.75" customHeight="1">
       <c r="A487" s="57"/>
-      <c r="B487" s="58"/>
       <c r="S487" s="58"/>
       <c r="T487" s="58"/>
       <c r="U487" s="58"/>
     </row>
     <row r="488" ht="15.75" customHeight="1">
       <c r="A488" s="57"/>
-      <c r="B488" s="58"/>
       <c r="S488" s="58"/>
       <c r="T488" s="58"/>
       <c r="U488" s="58"/>
     </row>
     <row r="489" ht="15.75" customHeight="1">
       <c r="A489" s="57"/>
-      <c r="B489" s="58"/>
       <c r="S489" s="58"/>
       <c r="T489" s="58"/>
       <c r="U489" s="58"/>
     </row>
     <row r="490" ht="15.75" customHeight="1">
       <c r="A490" s="57"/>
-      <c r="B490" s="58"/>
       <c r="S490" s="58"/>
       <c r="T490" s="58"/>
       <c r="U490" s="58"/>
     </row>
     <row r="491" ht="15.75" customHeight="1">
       <c r="A491" s="57"/>
-      <c r="B491" s="58"/>
       <c r="S491" s="58"/>
       <c r="T491" s="58"/>
       <c r="U491" s="58"/>
     </row>
     <row r="492" ht="15.75" customHeight="1">
       <c r="A492" s="57"/>
-      <c r="B492" s="58"/>
       <c r="S492" s="58"/>
       <c r="T492" s="58"/>
       <c r="U492" s="58"/>
     </row>
     <row r="493" ht="15.75" customHeight="1">
       <c r="A493" s="57"/>
-      <c r="B493" s="58"/>
       <c r="S493" s="58"/>
       <c r="T493" s="58"/>
       <c r="U493" s="58"/>
     </row>
     <row r="494" ht="15.75" customHeight="1">
       <c r="A494" s="57"/>
-      <c r="B494" s="58"/>
       <c r="S494" s="58"/>
       <c r="T494" s="58"/>
       <c r="U494" s="58"/>
     </row>
     <row r="495" ht="15.75" customHeight="1">
       <c r="A495" s="57"/>
-      <c r="B495" s="58"/>
       <c r="S495" s="58"/>
       <c r="T495" s="58"/>
       <c r="U495" s="58"/>
     </row>
     <row r="496" ht="15.75" customHeight="1">
       <c r="A496" s="57"/>
-      <c r="B496" s="58"/>
       <c r="S496" s="58"/>
       <c r="T496" s="58"/>
       <c r="U496" s="58"/>
     </row>
     <row r="497" ht="15.75" customHeight="1">
       <c r="A497" s="57"/>
-      <c r="B497" s="58"/>
       <c r="S497" s="58"/>
       <c r="T497" s="58"/>
       <c r="U497" s="58"/>
     </row>
     <row r="498" ht="15.75" customHeight="1">
       <c r="A498" s="57"/>
-      <c r="B498" s="58"/>
       <c r="S498" s="58"/>
       <c r="T498" s="58"/>
       <c r="U498" s="58"/>
     </row>
     <row r="499" ht="15.75" customHeight="1">
       <c r="A499" s="57"/>
-      <c r="B499" s="58"/>
       <c r="S499" s="58"/>
       <c r="T499" s="58"/>
       <c r="U499" s="58"/>
     </row>
     <row r="500" ht="15.75" customHeight="1">
       <c r="A500" s="57"/>
-      <c r="B500" s="58"/>
       <c r="S500" s="58"/>
       <c r="T500" s="58"/>
       <c r="U500" s="58"/>
     </row>
     <row r="501" ht="15.75" customHeight="1">
       <c r="A501" s="57"/>
-      <c r="B501" s="58"/>
       <c r="S501" s="58"/>
       <c r="T501" s="58"/>
       <c r="U501" s="58"/>
     </row>
     <row r="502" ht="15.75" customHeight="1">
       <c r="A502" s="57"/>
-      <c r="B502" s="58"/>
       <c r="S502" s="58"/>
       <c r="T502" s="58"/>
       <c r="U502" s="58"/>
     </row>
     <row r="503" ht="15.75" customHeight="1">
       <c r="A503" s="57"/>
-      <c r="B503" s="58"/>
       <c r="S503" s="58"/>
       <c r="T503" s="58"/>
       <c r="U503" s="58"/>
     </row>
     <row r="504" ht="15.75" customHeight="1">
       <c r="A504" s="57"/>
-      <c r="B504" s="58"/>
       <c r="S504" s="58"/>
       <c r="T504" s="58"/>
       <c r="U504" s="58"/>
     </row>
     <row r="505" ht="15.75" customHeight="1">
       <c r="A505" s="57"/>
-      <c r="B505" s="58"/>
       <c r="S505" s="58"/>
       <c r="T505" s="58"/>
       <c r="U505" s="58"/>
     </row>
     <row r="506" ht="15.75" customHeight="1">
       <c r="A506" s="57"/>
-      <c r="B506" s="58"/>
       <c r="S506" s="58"/>
       <c r="T506" s="58"/>
       <c r="U506" s="58"/>
     </row>
     <row r="507" ht="15.75" customHeight="1">
       <c r="A507" s="57"/>
-      <c r="B507" s="58"/>
       <c r="S507" s="58"/>
       <c r="T507" s="58"/>
       <c r="U507" s="58"/>
     </row>
     <row r="508" ht="15.75" customHeight="1">
       <c r="A508" s="57"/>
-      <c r="B508" s="58"/>
       <c r="S508" s="58"/>
       <c r="T508" s="58"/>
       <c r="U508" s="58"/>
     </row>
     <row r="509" ht="15.75" customHeight="1">
       <c r="A509" s="57"/>
-      <c r="B509" s="58"/>
       <c r="S509" s="58"/>
       <c r="T509" s="58"/>
       <c r="U509" s="58"/>
     </row>
     <row r="510" ht="15.75" customHeight="1">
       <c r="A510" s="57"/>
-      <c r="B510" s="58"/>
       <c r="S510" s="58"/>
       <c r="T510" s="58"/>
       <c r="U510" s="58"/>
     </row>
     <row r="511" ht="15.75" customHeight="1">
       <c r="A511" s="57"/>
-      <c r="B511" s="58"/>
       <c r="S511" s="58"/>
       <c r="T511" s="58"/>
       <c r="U511" s="58"/>
     </row>
     <row r="512" ht="15.75" customHeight="1">
       <c r="A512" s="57"/>
-      <c r="B512" s="58"/>
       <c r="S512" s="58"/>
       <c r="T512" s="58"/>
       <c r="U512" s="58"/>
     </row>
     <row r="513" ht="15.75" customHeight="1">
       <c r="A513" s="57"/>
-      <c r="B513" s="58"/>
       <c r="S513" s="58"/>
       <c r="T513" s="58"/>
       <c r="U513" s="58"/>
     </row>
     <row r="514" ht="15.75" customHeight="1">
       <c r="A514" s="57"/>
-      <c r="B514" s="58"/>
       <c r="S514" s="58"/>
       <c r="T514" s="58"/>
       <c r="U514" s="58"/>
     </row>
     <row r="515" ht="15.75" customHeight="1">
       <c r="A515" s="57"/>
-      <c r="B515" s="58"/>
       <c r="S515" s="58"/>
       <c r="T515" s="58"/>
       <c r="U515" s="58"/>
     </row>
     <row r="516" ht="15.75" customHeight="1">
       <c r="A516" s="57"/>
-      <c r="B516" s="58"/>
       <c r="S516" s="58"/>
       <c r="T516" s="58"/>
       <c r="U516" s="58"/>
     </row>
     <row r="517" ht="15.75" customHeight="1">
       <c r="A517" s="57"/>
-      <c r="B517" s="58"/>
       <c r="S517" s="58"/>
       <c r="T517" s="58"/>
       <c r="U517" s="58"/>
     </row>
     <row r="518" ht="15.75" customHeight="1">
       <c r="A518" s="57"/>
-      <c r="B518" s="58"/>
       <c r="S518" s="58"/>
       <c r="T518" s="58"/>
       <c r="U518" s="58"/>
     </row>
     <row r="519" ht="15.75" customHeight="1">
       <c r="A519" s="57"/>
-      <c r="B519" s="58"/>
       <c r="S519" s="58"/>
       <c r="T519" s="58"/>
       <c r="U519" s="58"/>
     </row>
     <row r="520" ht="15.75" customHeight="1">
       <c r="A520" s="57"/>
-      <c r="B520" s="58"/>
       <c r="S520" s="58"/>
       <c r="T520" s="58"/>
       <c r="U520" s="58"/>
     </row>
     <row r="521" ht="15.75" customHeight="1">
       <c r="A521" s="57"/>
-      <c r="B521" s="58"/>
       <c r="S521" s="58"/>
       <c r="T521" s="58"/>
       <c r="U521" s="58"/>
     </row>
     <row r="522" ht="15.75" customHeight="1">
       <c r="A522" s="57"/>
-      <c r="B522" s="58"/>
       <c r="S522" s="58"/>
       <c r="T522" s="58"/>
       <c r="U522" s="58"/>
     </row>
     <row r="523" ht="15.75" customHeight="1">
       <c r="A523" s="57"/>
-      <c r="B523" s="58"/>
       <c r="S523" s="58"/>
       <c r="T523" s="58"/>
       <c r="U523" s="58"/>
     </row>
     <row r="524" ht="15.75" customHeight="1">
       <c r="A524" s="57"/>
-      <c r="B524" s="58"/>
       <c r="S524" s="58"/>
       <c r="T524" s="58"/>
       <c r="U524" s="58"/>
     </row>
     <row r="525" ht="15.75" customHeight="1">
       <c r="A525" s="57"/>
-      <c r="B525" s="58"/>
       <c r="S525" s="58"/>
       <c r="T525" s="58"/>
       <c r="U525" s="58"/>
     </row>
     <row r="526" ht="15.75" customHeight="1">
       <c r="A526" s="57"/>
-      <c r="B526" s="58"/>
       <c r="S526" s="58"/>
       <c r="T526" s="58"/>
       <c r="U526" s="58"/>
     </row>
     <row r="527" ht="15.75" customHeight="1">
       <c r="A527" s="57"/>
-      <c r="B527" s="58"/>
       <c r="S527" s="58"/>
       <c r="T527" s="58"/>
       <c r="U527" s="58"/>
     </row>
     <row r="528" ht="15.75" customHeight="1">
       <c r="A528" s="57"/>
-      <c r="B528" s="58"/>
       <c r="S528" s="58"/>
       <c r="T528" s="58"/>
       <c r="U528" s="58"/>
     </row>
     <row r="529" ht="15.75" customHeight="1">
       <c r="A529" s="57"/>
-      <c r="B529" s="58"/>
       <c r="S529" s="58"/>
       <c r="T529" s="58"/>
       <c r="U529" s="58"/>
     </row>
     <row r="530" ht="15.75" customHeight="1">
       <c r="A530" s="57"/>
-      <c r="B530" s="58"/>
       <c r="S530" s="58"/>
       <c r="T530" s="58"/>
       <c r="U530" s="58"/>
     </row>
     <row r="531" ht="15.75" customHeight="1">
       <c r="A531" s="57"/>
-      <c r="B531" s="58"/>
       <c r="S531" s="58"/>
       <c r="T531" s="58"/>
       <c r="U531" s="58"/>
     </row>
     <row r="532" ht="15.75" customHeight="1">
       <c r="A532" s="57"/>
-      <c r="B532" s="58"/>
       <c r="S532" s="58"/>
       <c r="T532" s="58"/>
       <c r="U532" s="58"/>
     </row>
     <row r="533" ht="15.75" customHeight="1">
       <c r="A533" s="57"/>
-      <c r="B533" s="58"/>
       <c r="S533" s="58"/>
       <c r="T533" s="58"/>
       <c r="U533" s="58"/>
     </row>
     <row r="534" ht="15.75" customHeight="1">
       <c r="A534" s="57"/>
-      <c r="B534" s="58"/>
       <c r="S534" s="58"/>
       <c r="T534" s="58"/>
       <c r="U534" s="58"/>
     </row>
     <row r="535" ht="15.75" customHeight="1">
       <c r="A535" s="57"/>
-      <c r="B535" s="58"/>
       <c r="S535" s="58"/>
       <c r="T535" s="58"/>
       <c r="U535" s="58"/>
     </row>
     <row r="536" ht="15.75" customHeight="1">
       <c r="A536" s="57"/>
-      <c r="B536" s="58"/>
       <c r="S536" s="58"/>
       <c r="T536" s="58"/>
       <c r="U536" s="58"/>
     </row>
     <row r="537" ht="15.75" customHeight="1">
       <c r="A537" s="57"/>
-      <c r="B537" s="58"/>
       <c r="S537" s="58"/>
       <c r="T537" s="58"/>
       <c r="U537" s="58"/>
     </row>
     <row r="538" ht="15.75" customHeight="1">
       <c r="A538" s="57"/>
-      <c r="B538" s="58"/>
       <c r="S538" s="58"/>
       <c r="T538" s="58"/>
       <c r="U538" s="58"/>
     </row>
     <row r="539" ht="15.75" customHeight="1">
       <c r="A539" s="57"/>
-      <c r="B539" s="58"/>
       <c r="S539" s="58"/>
       <c r="T539" s="58"/>
       <c r="U539" s="58"/>
     </row>
     <row r="540" ht="15.75" customHeight="1">
       <c r="A540" s="57"/>
-      <c r="B540" s="58"/>
       <c r="S540" s="58"/>
       <c r="T540" s="58"/>
       <c r="U540" s="58"/>
     </row>
     <row r="541" ht="15.75" customHeight="1">
       <c r="A541" s="57"/>
-      <c r="B541" s="58"/>
       <c r="S541" s="58"/>
       <c r="T541" s="58"/>
       <c r="U541" s="58"/>
     </row>
     <row r="542" ht="15.75" customHeight="1">
       <c r="A542" s="57"/>
-      <c r="B542" s="58"/>
       <c r="S542" s="58"/>
       <c r="T542" s="58"/>
       <c r="U542" s="58"/>
     </row>
     <row r="543" ht="15.75" customHeight="1">
       <c r="A543" s="57"/>
-      <c r="B543" s="58"/>
       <c r="S543" s="58"/>
       <c r="T543" s="58"/>
       <c r="U543" s="58"/>
     </row>
     <row r="544" ht="15.75" customHeight="1">
       <c r="A544" s="57"/>
-      <c r="B544" s="58"/>
       <c r="S544" s="58"/>
       <c r="T544" s="58"/>
       <c r="U544" s="58"/>
     </row>
     <row r="545" ht="15.75" customHeight="1">
       <c r="A545" s="57"/>
-      <c r="B545" s="58"/>
       <c r="S545" s="58"/>
       <c r="T545" s="58"/>
       <c r="U545" s="58"/>
     </row>
     <row r="546" ht="15.75" customHeight="1">
       <c r="A546" s="57"/>
-      <c r="B546" s="58"/>
       <c r="S546" s="58"/>
       <c r="T546" s="58"/>
       <c r="U546" s="58"/>
     </row>
     <row r="547" ht="15.75" customHeight="1">
       <c r="A547" s="57"/>
-      <c r="B547" s="58"/>
       <c r="S547" s="58"/>
       <c r="T547" s="58"/>
       <c r="U547" s="58"/>
     </row>
     <row r="548" ht="15.75" customHeight="1">
       <c r="A548" s="57"/>
-      <c r="B548" s="58"/>
       <c r="S548" s="58"/>
       <c r="T548" s="58"/>
       <c r="U548" s="58"/>
     </row>
     <row r="549" ht="15.75" customHeight="1">
       <c r="A549" s="57"/>
-      <c r="B549" s="58"/>
       <c r="S549" s="58"/>
       <c r="T549" s="58"/>
       <c r="U549" s="58"/>
     </row>
     <row r="550" ht="15.75" customHeight="1">
       <c r="A550" s="57"/>
-      <c r="B550" s="58"/>
       <c r="S550" s="58"/>
       <c r="T550" s="58"/>
       <c r="U550" s="58"/>
     </row>
     <row r="551" ht="15.75" customHeight="1">
       <c r="A551" s="57"/>
-      <c r="B551" s="58"/>
       <c r="S551" s="58"/>
       <c r="T551" s="58"/>
       <c r="U551" s="58"/>
     </row>
     <row r="552" ht="15.75" customHeight="1">
       <c r="A552" s="57"/>
-      <c r="B552" s="58"/>
       <c r="S552" s="58"/>
       <c r="T552" s="58"/>
       <c r="U552" s="58"/>
     </row>
     <row r="553" ht="15.75" customHeight="1">
       <c r="A553" s="57"/>
-      <c r="B553" s="58"/>
       <c r="S553" s="58"/>
       <c r="T553" s="58"/>
       <c r="U553" s="58"/>
     </row>
     <row r="554" ht="15.75" customHeight="1">
       <c r="A554" s="57"/>
-      <c r="B554" s="58"/>
       <c r="S554" s="58"/>
       <c r="T554" s="58"/>
       <c r="U554" s="58"/>
     </row>
     <row r="555" ht="15.75" customHeight="1">
       <c r="A555" s="57"/>
-      <c r="B555" s="58"/>
       <c r="S555" s="58"/>
       <c r="T555" s="58"/>
       <c r="U555" s="58"/>
     </row>
     <row r="556" ht="15.75" customHeight="1">
       <c r="A556" s="57"/>
-      <c r="B556" s="58"/>
       <c r="S556" s="58"/>
       <c r="T556" s="58"/>
       <c r="U556" s="58"/>
     </row>
     <row r="557" ht="15.75" customHeight="1">
       <c r="A557" s="57"/>
-      <c r="B557" s="58"/>
       <c r="S557" s="58"/>
       <c r="T557" s="58"/>
       <c r="U557" s="58"/>
     </row>
     <row r="558" ht="15.75" customHeight="1">
       <c r="A558" s="57"/>
-      <c r="B558" s="58"/>
       <c r="S558" s="58"/>
       <c r="T558" s="58"/>
       <c r="U558" s="58"/>
     </row>
     <row r="559" ht="15.75" customHeight="1">
       <c r="A559" s="57"/>
-      <c r="B559" s="58"/>
       <c r="S559" s="58"/>
       <c r="T559" s="58"/>
       <c r="U559" s="58"/>
     </row>
     <row r="560" ht="15.75" customHeight="1">
       <c r="A560" s="57"/>
-      <c r="B560" s="58"/>
       <c r="S560" s="58"/>
       <c r="T560" s="58"/>
       <c r="U560" s="58"/>
     </row>
     <row r="561" ht="15.75" customHeight="1">
       <c r="A561" s="57"/>
-      <c r="B561" s="58"/>
       <c r="S561" s="58"/>
       <c r="T561" s="58"/>
       <c r="U561" s="58"/>
     </row>
     <row r="562" ht="15.75" customHeight="1">
       <c r="A562" s="57"/>
-      <c r="B562" s="58"/>
       <c r="S562" s="58"/>
       <c r="T562" s="58"/>
       <c r="U562" s="58"/>
     </row>
     <row r="563" ht="15.75" customHeight="1">
       <c r="A563" s="57"/>
-      <c r="B563" s="58"/>
       <c r="S563" s="58"/>
       <c r="T563" s="58"/>
       <c r="U563" s="58"/>
     </row>
     <row r="564" ht="15.75" customHeight="1">
       <c r="A564" s="57"/>
-      <c r="B564" s="58"/>
       <c r="S564" s="58"/>
       <c r="T564" s="58"/>
       <c r="U564" s="58"/>
     </row>
     <row r="565" ht="15.75" customHeight="1">
       <c r="A565" s="57"/>
-      <c r="B565" s="58"/>
       <c r="S565" s="58"/>
       <c r="T565" s="58"/>
       <c r="U565" s="58"/>
     </row>
     <row r="566" ht="15.75" customHeight="1">
       <c r="A566" s="57"/>
-      <c r="B566" s="58"/>
       <c r="S566" s="58"/>
       <c r="T566" s="58"/>
       <c r="U566" s="58"/>
     </row>
     <row r="567" ht="15.75" customHeight="1">
       <c r="A567" s="57"/>
-      <c r="B567" s="58"/>
       <c r="S567" s="58"/>
       <c r="T567" s="58"/>
       <c r="U567" s="58"/>
     </row>
     <row r="568" ht="15.75" customHeight="1">
       <c r="A568" s="57"/>
-      <c r="B568" s="58"/>
       <c r="S568" s="58"/>
       <c r="T568" s="58"/>
       <c r="U568" s="58"/>
     </row>
     <row r="569" ht="15.75" customHeight="1">
       <c r="A569" s="57"/>
-      <c r="B569" s="58"/>
       <c r="S569" s="58"/>
       <c r="T569" s="58"/>
       <c r="U569" s="58"/>
     </row>
     <row r="570" ht="15.75" customHeight="1">
       <c r="A570" s="57"/>
-      <c r="B570" s="58"/>
       <c r="S570" s="58"/>
       <c r="T570" s="58"/>
       <c r="U570" s="58"/>
     </row>
     <row r="571" ht="15.75" customHeight="1">
       <c r="A571" s="57"/>
-      <c r="B571" s="58"/>
       <c r="S571" s="58"/>
       <c r="T571" s="58"/>
       <c r="U571" s="58"/>
     </row>
     <row r="572" ht="15.75" customHeight="1">
       <c r="A572" s="57"/>
-      <c r="B572" s="58"/>
       <c r="S572" s="58"/>
       <c r="T572" s="58"/>
       <c r="U572" s="58"/>
     </row>
     <row r="573" ht="15.75" customHeight="1">
       <c r="A573" s="57"/>
-      <c r="B573" s="58"/>
       <c r="S573" s="58"/>
       <c r="T573" s="58"/>
       <c r="U573" s="58"/>
     </row>
     <row r="574" ht="15.75" customHeight="1">
       <c r="A574" s="57"/>
-      <c r="B574" s="58"/>
       <c r="S574" s="58"/>
       <c r="T574" s="58"/>
       <c r="U574" s="58"/>
     </row>
     <row r="575" ht="15.75" customHeight="1">
       <c r="A575" s="57"/>
-      <c r="B575" s="58"/>
       <c r="S575" s="58"/>
       <c r="T575" s="58"/>
       <c r="U575" s="58"/>
     </row>
     <row r="576" ht="15.75" customHeight="1">
       <c r="A576" s="57"/>
-      <c r="B576" s="58"/>
       <c r="S576" s="58"/>
       <c r="T576" s="58"/>
       <c r="U576" s="58"/>
     </row>
     <row r="577" ht="15.75" customHeight="1">
       <c r="A577" s="57"/>
-      <c r="B577" s="58"/>
       <c r="S577" s="58"/>
       <c r="T577" s="58"/>
       <c r="U577" s="58"/>
     </row>
     <row r="578" ht="15.75" customHeight="1">
       <c r="A578" s="57"/>
-      <c r="B578" s="58"/>
       <c r="S578" s="58"/>
       <c r="T578" s="58"/>
       <c r="U578" s="58"/>
     </row>
     <row r="579" ht="15.75" customHeight="1">
       <c r="A579" s="57"/>
-      <c r="B579" s="58"/>
       <c r="S579" s="58"/>
       <c r="T579" s="58"/>
       <c r="U579" s="58"/>
     </row>
     <row r="580" ht="15.75" customHeight="1">
       <c r="A580" s="57"/>
-      <c r="B580" s="58"/>
       <c r="S580" s="58"/>
       <c r="T580" s="58"/>
       <c r="U580" s="58"/>
     </row>
     <row r="581" ht="15.75" customHeight="1">
       <c r="A581" s="57"/>
-      <c r="B581" s="58"/>
       <c r="S581" s="58"/>
       <c r="T581" s="58"/>
       <c r="U581" s="58"/>
     </row>
     <row r="582" ht="15.75" customHeight="1">
       <c r="A582" s="57"/>
-      <c r="B582" s="58"/>
       <c r="S582" s="58"/>
       <c r="T582" s="58"/>
       <c r="U582" s="58"/>
     </row>
     <row r="583" ht="15.75" customHeight="1">
       <c r="A583" s="57"/>
-      <c r="B583" s="58"/>
       <c r="S583" s="58"/>
       <c r="T583" s="58"/>
       <c r="U583" s="58"/>
     </row>
     <row r="584" ht="15.75" customHeight="1">
       <c r="A584" s="57"/>
-      <c r="B584" s="58"/>
       <c r="S584" s="58"/>
       <c r="T584" s="58"/>
       <c r="U584" s="58"/>
     </row>
     <row r="585" ht="15.75" customHeight="1">
       <c r="A585" s="57"/>
-      <c r="B585" s="58"/>
       <c r="S585" s="58"/>
       <c r="T585" s="58"/>
       <c r="U585" s="58"/>
     </row>
     <row r="586" ht="15.75" customHeight="1">
       <c r="A586" s="57"/>
-      <c r="B586" s="58"/>
       <c r="S586" s="58"/>
       <c r="T586" s="58"/>
       <c r="U586" s="58"/>
     </row>
     <row r="587" ht="15.75" customHeight="1">
       <c r="A587" s="57"/>
-      <c r="B587" s="58"/>
       <c r="S587" s="58"/>
       <c r="T587" s="58"/>
       <c r="U587" s="58"/>
     </row>
     <row r="588" ht="15.75" customHeight="1">
       <c r="A588" s="57"/>
-      <c r="B588" s="58"/>
       <c r="S588" s="58"/>
       <c r="T588" s="58"/>
       <c r="U588" s="58"/>
     </row>
     <row r="589" ht="15.75" customHeight="1">
       <c r="A589" s="57"/>
-      <c r="B589" s="58"/>
       <c r="S589" s="58"/>
       <c r="T589" s="58"/>
       <c r="U589" s="58"/>
     </row>
     <row r="590" ht="15.75" customHeight="1">
       <c r="A590" s="57"/>
-      <c r="B590" s="58"/>
       <c r="S590" s="58"/>
       <c r="T590" s="58"/>
       <c r="U590" s="58"/>
     </row>
     <row r="591" ht="15.75" customHeight="1">
       <c r="A591" s="57"/>
-      <c r="B591" s="58"/>
       <c r="S591" s="58"/>
       <c r="T591" s="58"/>
       <c r="U591" s="58"/>
     </row>
     <row r="592" ht="15.75" customHeight="1">
       <c r="A592" s="57"/>
-      <c r="B592" s="58"/>
       <c r="S592" s="58"/>
       <c r="T592" s="58"/>
       <c r="U592" s="58"/>
     </row>
     <row r="593" ht="15.75" customHeight="1">
       <c r="A593" s="57"/>
-      <c r="B593" s="58"/>
       <c r="S593" s="58"/>
       <c r="T593" s="58"/>
       <c r="U593" s="58"/>
     </row>
     <row r="594" ht="15.75" customHeight="1">
       <c r="A594" s="57"/>
-      <c r="B594" s="58"/>
       <c r="S594" s="58"/>
       <c r="T594" s="58"/>
       <c r="U594" s="58"/>
     </row>
     <row r="595" ht="15.75" customHeight="1">
       <c r="A595" s="57"/>
-      <c r="B595" s="58"/>
       <c r="S595" s="58"/>
       <c r="T595" s="58"/>
       <c r="U595" s="58"/>
     </row>
     <row r="596" ht="15.75" customHeight="1">
       <c r="A596" s="57"/>
-      <c r="B596" s="58"/>
       <c r="S596" s="58"/>
       <c r="T596" s="58"/>
       <c r="U596" s="58"/>
     </row>
     <row r="597" ht="15.75" customHeight="1">
       <c r="A597" s="57"/>
-      <c r="B597" s="58"/>
       <c r="S597" s="58"/>
       <c r="T597" s="58"/>
       <c r="U597" s="58"/>
     </row>
     <row r="598" ht="15.75" customHeight="1">
       <c r="A598" s="57"/>
-      <c r="B598" s="58"/>
       <c r="S598" s="58"/>
       <c r="T598" s="58"/>
       <c r="U598" s="58"/>
     </row>
     <row r="599" ht="15.75" customHeight="1">
       <c r="A599" s="57"/>
-      <c r="B599" s="58"/>
       <c r="S599" s="58"/>
       <c r="T599" s="58"/>
       <c r="U599" s="58"/>
     </row>
     <row r="600" ht="15.75" customHeight="1">
       <c r="A600" s="57"/>
-      <c r="B600" s="58"/>
       <c r="S600" s="58"/>
       <c r="T600" s="58"/>
       <c r="U600" s="58"/>
     </row>
     <row r="601" ht="15.75" customHeight="1">
       <c r="A601" s="57"/>
-      <c r="B601" s="58"/>
       <c r="S601" s="58"/>
       <c r="T601" s="58"/>
       <c r="U601" s="58"/>
     </row>
     <row r="602" ht="15.75" customHeight="1">
       <c r="A602" s="57"/>
-      <c r="B602" s="58"/>
       <c r="S602" s="58"/>
       <c r="T602" s="58"/>
       <c r="U602" s="58"/>
     </row>
     <row r="603" ht="15.75" customHeight="1">
       <c r="A603" s="57"/>
-      <c r="B603" s="58"/>
       <c r="S603" s="58"/>
       <c r="T603" s="58"/>
       <c r="U603" s="58"/>
     </row>
     <row r="604" ht="15.75" customHeight="1">
       <c r="A604" s="57"/>
-      <c r="B604" s="58"/>
       <c r="S604" s="58"/>
       <c r="T604" s="58"/>
       <c r="U604" s="58"/>
     </row>
     <row r="605" ht="15.75" customHeight="1">
       <c r="A605" s="57"/>
-      <c r="B605" s="58"/>
       <c r="S605" s="58"/>
       <c r="T605" s="58"/>
       <c r="U605" s="58"/>
     </row>
     <row r="606" ht="15.75" customHeight="1">
       <c r="A606" s="57"/>
-      <c r="B606" s="58"/>
       <c r="S606" s="58"/>
       <c r="T606" s="58"/>
       <c r="U606" s="58"/>
     </row>
     <row r="607" ht="15.75" customHeight="1">
       <c r="A607" s="57"/>
-      <c r="B607" s="58"/>
       <c r="S607" s="58"/>
       <c r="T607" s="58"/>
       <c r="U607" s="58"/>
     </row>
     <row r="608" ht="15.75" customHeight="1">
       <c r="A608" s="57"/>
-      <c r="B608" s="58"/>
       <c r="S608" s="58"/>
       <c r="T608" s="58"/>
       <c r="U608" s="58"/>
     </row>
     <row r="609" ht="15.75" customHeight="1">
       <c r="A609" s="57"/>
-      <c r="B609" s="58"/>
       <c r="S609" s="58"/>
       <c r="T609" s="58"/>
       <c r="U609" s="58"/>
     </row>
     <row r="610" ht="15.75" customHeight="1">
       <c r="A610" s="57"/>
-      <c r="B610" s="58"/>
       <c r="S610" s="58"/>
       <c r="T610" s="58"/>
       <c r="U610" s="58"/>
     </row>
     <row r="611" ht="15.75" customHeight="1">
       <c r="A611" s="57"/>
-      <c r="B611" s="58"/>
       <c r="S611" s="58"/>
       <c r="T611" s="58"/>
       <c r="U611" s="58"/>
     </row>
     <row r="612" ht="15.75" customHeight="1">
       <c r="A612" s="57"/>
-      <c r="B612" s="58"/>
       <c r="S612" s="58"/>
       <c r="T612" s="58"/>
       <c r="U612" s="58"/>
     </row>
     <row r="613" ht="15.75" customHeight="1">
       <c r="A613" s="57"/>
-      <c r="B613" s="58"/>
       <c r="S613" s="58"/>
       <c r="T613" s="58"/>
       <c r="U613" s="58"/>
     </row>
     <row r="614" ht="15.75" customHeight="1">
       <c r="A614" s="57"/>
-      <c r="B614" s="58"/>
       <c r="S614" s="58"/>
       <c r="T614" s="58"/>
       <c r="U614" s="58"/>
     </row>
     <row r="615" ht="15.75" customHeight="1">
       <c r="A615" s="57"/>
-      <c r="B615" s="58"/>
       <c r="S615" s="58"/>
       <c r="T615" s="58"/>
       <c r="U615" s="58"/>
     </row>
     <row r="616" ht="15.75" customHeight="1">
       <c r="A616" s="57"/>
-      <c r="B616" s="58"/>
       <c r="S616" s="58"/>
       <c r="T616" s="58"/>
       <c r="U616" s="58"/>
     </row>
     <row r="617" ht="15.75" customHeight="1">
       <c r="A617" s="57"/>
-      <c r="B617" s="58"/>
       <c r="S617" s="58"/>
       <c r="T617" s="58"/>
       <c r="U617" s="58"/>
     </row>
     <row r="618" ht="15.75" customHeight="1">
       <c r="A618" s="57"/>
-      <c r="B618" s="58"/>
       <c r="S618" s="58"/>
       <c r="T618" s="58"/>
       <c r="U618" s="58"/>
     </row>
     <row r="619" ht="15.75" customHeight="1">
       <c r="A619" s="57"/>
-      <c r="B619" s="58"/>
       <c r="S619" s="58"/>
       <c r="T619" s="58"/>
       <c r="U619" s="58"/>
     </row>
     <row r="620" ht="15.75" customHeight="1">
       <c r="A620" s="57"/>
-      <c r="B620" s="58"/>
       <c r="S620" s="58"/>
       <c r="T620" s="58"/>
       <c r="U620" s="58"/>
     </row>
     <row r="621" ht="15.75" customHeight="1">
       <c r="A621" s="57"/>
-      <c r="B621" s="58"/>
       <c r="S621" s="58"/>
       <c r="T621" s="58"/>
       <c r="U621" s="58"/>
     </row>
     <row r="622" ht="15.75" customHeight="1">
       <c r="A622" s="57"/>
-      <c r="B622" s="58"/>
       <c r="S622" s="58"/>
       <c r="T622" s="58"/>
       <c r="U622" s="58"/>
     </row>
     <row r="623" ht="15.75" customHeight="1">
       <c r="A623" s="57"/>
-      <c r="B623" s="58"/>
       <c r="S623" s="58"/>
       <c r="T623" s="58"/>
       <c r="U623" s="58"/>
     </row>
     <row r="624" ht="15.75" customHeight="1">
       <c r="A624" s="57"/>
-      <c r="B624" s="58"/>
       <c r="S624" s="58"/>
       <c r="T624" s="58"/>
       <c r="U624" s="58"/>
     </row>
     <row r="625" ht="15.75" customHeight="1">
       <c r="A625" s="57"/>
-      <c r="B625" s="58"/>
       <c r="S625" s="58"/>
       <c r="T625" s="58"/>
       <c r="U625" s="58"/>
     </row>
     <row r="626" ht="15.75" customHeight="1">
       <c r="A626" s="57"/>
-      <c r="B626" s="58"/>
       <c r="S626" s="58"/>
       <c r="T626" s="58"/>
       <c r="U626" s="58"/>
     </row>
     <row r="627" ht="15.75" customHeight="1">
       <c r="A627" s="57"/>
-      <c r="B627" s="58"/>
       <c r="S627" s="58"/>
       <c r="T627" s="58"/>
       <c r="U627" s="58"/>
     </row>
     <row r="628" ht="15.75" customHeight="1">
       <c r="A628" s="57"/>
-      <c r="B628" s="58"/>
       <c r="S628" s="58"/>
       <c r="T628" s="58"/>
       <c r="U628" s="58"/>
     </row>
     <row r="629" ht="15.75" customHeight="1">
       <c r="A629" s="57"/>
-      <c r="B629" s="58"/>
       <c r="S629" s="58"/>
       <c r="T629" s="58"/>
       <c r="U629" s="58"/>
     </row>
     <row r="630" ht="15.75" customHeight="1">
       <c r="A630" s="57"/>
-      <c r="B630" s="58"/>
       <c r="S630" s="58"/>
       <c r="T630" s="58"/>
       <c r="U630" s="58"/>
     </row>
     <row r="631" ht="15.75" customHeight="1">
       <c r="A631" s="57"/>
-      <c r="B631" s="58"/>
       <c r="S631" s="58"/>
       <c r="T631" s="58"/>
       <c r="U631" s="58"/>
     </row>
     <row r="632" ht="15.75" customHeight="1">
       <c r="A632" s="57"/>
-      <c r="B632" s="58"/>
       <c r="S632" s="58"/>
       <c r="T632" s="58"/>
       <c r="U632" s="58"/>
     </row>
     <row r="633" ht="15.75" customHeight="1">
       <c r="A633" s="57"/>
-      <c r="B633" s="58"/>
       <c r="S633" s="58"/>
       <c r="T633" s="58"/>
       <c r="U633" s="58"/>
     </row>
     <row r="634" ht="15.75" customHeight="1">
       <c r="A634" s="57"/>
-      <c r="B634" s="58"/>
       <c r="S634" s="58"/>
       <c r="T634" s="58"/>
       <c r="U634" s="58"/>
     </row>
     <row r="635" ht="15.75" customHeight="1">
       <c r="A635" s="57"/>
-      <c r="B635" s="58"/>
       <c r="S635" s="58"/>
       <c r="T635" s="58"/>
       <c r="U635" s="58"/>
     </row>
     <row r="636" ht="15.75" customHeight="1">
       <c r="A636" s="57"/>
-      <c r="B636" s="58"/>
       <c r="S636" s="58"/>
       <c r="T636" s="58"/>
       <c r="U636" s="58"/>
     </row>
     <row r="637" ht="15.75" customHeight="1">
       <c r="A637" s="57"/>
-      <c r="B637" s="58"/>
       <c r="S637" s="58"/>
       <c r="T637" s="58"/>
       <c r="U637" s="58"/>
     </row>
     <row r="638" ht="15.75" customHeight="1">
       <c r="A638" s="57"/>
-      <c r="B638" s="58"/>
       <c r="S638" s="58"/>
       <c r="T638" s="58"/>
       <c r="U638" s="58"/>
     </row>
     <row r="639" ht="15.75" customHeight="1">
       <c r="A639" s="57"/>
-      <c r="B639" s="58"/>
       <c r="S639" s="58"/>
       <c r="T639" s="58"/>
       <c r="U639" s="58"/>
     </row>
     <row r="640" ht="15.75" customHeight="1">
       <c r="A640" s="57"/>
-      <c r="B640" s="58"/>
       <c r="S640" s="58"/>
       <c r="T640" s="58"/>
       <c r="U640" s="58"/>
     </row>
     <row r="641" ht="15.75" customHeight="1">
       <c r="A641" s="57"/>
-      <c r="B641" s="58"/>
       <c r="S641" s="58"/>
       <c r="T641" s="58"/>
       <c r="U641" s="58"/>
     </row>
     <row r="642" ht="15.75" customHeight="1">
       <c r="A642" s="57"/>
-      <c r="B642" s="58"/>
       <c r="S642" s="58"/>
       <c r="T642" s="58"/>
       <c r="U642" s="58"/>
     </row>
     <row r="643" ht="15.75" customHeight="1">
       <c r="A643" s="57"/>
-      <c r="B643" s="58"/>
       <c r="S643" s="58"/>
       <c r="T643" s="58"/>
       <c r="U643" s="58"/>
     </row>
     <row r="644" ht="15.75" customHeight="1">
       <c r="A644" s="57"/>
-      <c r="B644" s="58"/>
       <c r="S644" s="58"/>
       <c r="T644" s="58"/>
       <c r="U644" s="58"/>
     </row>
     <row r="645" ht="15.75" customHeight="1">
       <c r="A645" s="57"/>
-      <c r="B645" s="58"/>
       <c r="S645" s="58"/>
       <c r="T645" s="58"/>
       <c r="U645" s="58"/>
     </row>
     <row r="646" ht="15.75" customHeight="1">
       <c r="A646" s="57"/>
-      <c r="B646" s="58"/>
       <c r="S646" s="58"/>
       <c r="T646" s="58"/>
       <c r="U646" s="58"/>
     </row>
     <row r="647" ht="15.75" customHeight="1">
       <c r="A647" s="57"/>
-      <c r="B647" s="58"/>
       <c r="S647" s="58"/>
       <c r="T647" s="58"/>
       <c r="U647" s="58"/>
     </row>
     <row r="648" ht="15.75" customHeight="1">
       <c r="A648" s="57"/>
-      <c r="B648" s="58"/>
       <c r="S648" s="58"/>
       <c r="T648" s="58"/>
       <c r="U648" s="58"/>
     </row>
     <row r="649" ht="15.75" customHeight="1">
       <c r="A649" s="57"/>
-      <c r="B649" s="58"/>
       <c r="S649" s="58"/>
       <c r="T649" s="58"/>
       <c r="U649" s="58"/>
     </row>
     <row r="650" ht="15.75" customHeight="1">
       <c r="A650" s="57"/>
-      <c r="B650" s="58"/>
       <c r="S650" s="58"/>
       <c r="T650" s="58"/>
       <c r="U650" s="58"/>
     </row>
     <row r="651" ht="15.75" customHeight="1">
       <c r="A651" s="57"/>
-      <c r="B651" s="58"/>
       <c r="S651" s="58"/>
       <c r="T651" s="58"/>
       <c r="U651" s="58"/>
     </row>
     <row r="652" ht="15.75" customHeight="1">
       <c r="A652" s="57"/>
-      <c r="B652" s="58"/>
       <c r="S652" s="58"/>
       <c r="T652" s="58"/>
       <c r="U652" s="58"/>
     </row>
     <row r="653" ht="15.75" customHeight="1">
       <c r="A653" s="57"/>
-      <c r="B653" s="58"/>
       <c r="S653" s="58"/>
       <c r="T653" s="58"/>
       <c r="U653" s="58"/>
     </row>
     <row r="654" ht="15.75" customHeight="1">
       <c r="A654" s="57"/>
-      <c r="B654" s="58"/>
       <c r="S654" s="58"/>
       <c r="T654" s="58"/>
       <c r="U654" s="58"/>
     </row>
     <row r="655" ht="15.75" customHeight="1">
       <c r="A655" s="57"/>
-      <c r="B655" s="58"/>
       <c r="S655" s="58"/>
       <c r="T655" s="58"/>
       <c r="U655" s="58"/>
     </row>
     <row r="656" ht="15.75" customHeight="1">
       <c r="A656" s="57"/>
-      <c r="B656" s="58"/>
       <c r="S656" s="58"/>
       <c r="T656" s="58"/>
       <c r="U656" s="58"/>
     </row>
     <row r="657" ht="15.75" customHeight="1">
       <c r="A657" s="57"/>
-      <c r="B657" s="58"/>
       <c r="S657" s="58"/>
       <c r="T657" s="58"/>
       <c r="U657" s="58"/>
     </row>
     <row r="658" ht="15.75" customHeight="1">
       <c r="A658" s="57"/>
-      <c r="B658" s="58"/>
       <c r="S658" s="58"/>
       <c r="T658" s="58"/>
       <c r="U658" s="58"/>
     </row>
     <row r="659" ht="15.75" customHeight="1">
       <c r="A659" s="57"/>
-      <c r="B659" s="58"/>
       <c r="S659" s="58"/>
       <c r="T659" s="58"/>
       <c r="U659" s="58"/>
     </row>
     <row r="660" ht="15.75" customHeight="1">
       <c r="A660" s="57"/>
-      <c r="B660" s="58"/>
       <c r="S660" s="58"/>
       <c r="T660" s="58"/>
       <c r="U660" s="58"/>
     </row>
     <row r="661" ht="15.75" customHeight="1">
       <c r="A661" s="57"/>
-      <c r="B661" s="58"/>
       <c r="S661" s="58"/>
       <c r="T661" s="58"/>
       <c r="U661" s="58"/>
     </row>
     <row r="662" ht="15.75" customHeight="1">
       <c r="A662" s="57"/>
-      <c r="B662" s="58"/>
       <c r="S662" s="58"/>
       <c r="T662" s="58"/>
       <c r="U662" s="58"/>
     </row>
     <row r="663" ht="15.75" customHeight="1">
       <c r="A663" s="57"/>
-      <c r="B663" s="58"/>
       <c r="S663" s="58"/>
       <c r="T663" s="58"/>
       <c r="U663" s="58"/>
     </row>
     <row r="664" ht="15.75" customHeight="1">
       <c r="A664" s="57"/>
-      <c r="B664" s="58"/>
       <c r="S664" s="58"/>
       <c r="T664" s="58"/>
       <c r="U664" s="58"/>
     </row>
     <row r="665" ht="15.75" customHeight="1">
       <c r="A665" s="57"/>
-      <c r="B665" s="58"/>
       <c r="S665" s="58"/>
       <c r="T665" s="58"/>
       <c r="U665" s="58"/>
     </row>
     <row r="666" ht="15.75" customHeight="1">
       <c r="A666" s="57"/>
-      <c r="B666" s="58"/>
       <c r="S666" s="58"/>
       <c r="T666" s="58"/>
       <c r="U666" s="58"/>
     </row>
     <row r="667" ht="15.75" customHeight="1">
       <c r="A667" s="57"/>
-      <c r="B667" s="58"/>
       <c r="S667" s="58"/>
       <c r="T667" s="58"/>
       <c r="U667" s="58"/>
     </row>
     <row r="668" ht="15.75" customHeight="1">
       <c r="A668" s="57"/>
-      <c r="B668" s="58"/>
       <c r="S668" s="58"/>
       <c r="T668" s="58"/>
       <c r="U668" s="58"/>
     </row>
     <row r="669" ht="15.75" customHeight="1">
       <c r="A669" s="57"/>
-      <c r="B669" s="58"/>
       <c r="S669" s="58"/>
       <c r="T669" s="58"/>
       <c r="U669" s="58"/>
     </row>
     <row r="670" ht="15.75" customHeight="1">
       <c r="A670" s="57"/>
-      <c r="B670" s="58"/>
       <c r="S670" s="58"/>
       <c r="T670" s="58"/>
       <c r="U670" s="58"/>
     </row>
     <row r="671" ht="15.75" customHeight="1">
       <c r="A671" s="57"/>
-      <c r="B671" s="58"/>
       <c r="S671" s="58"/>
       <c r="T671" s="58"/>
       <c r="U671" s="58"/>
     </row>
     <row r="672" ht="15.75" customHeight="1">
       <c r="A672" s="57"/>
-      <c r="B672" s="58"/>
       <c r="S672" s="58"/>
       <c r="T672" s="58"/>
       <c r="U672" s="58"/>
     </row>
     <row r="673" ht="15.75" customHeight="1">
       <c r="A673" s="57"/>
-      <c r="B673" s="58"/>
       <c r="S673" s="58"/>
       <c r="T673" s="58"/>
       <c r="U673" s="58"/>
     </row>
     <row r="674" ht="15.75" customHeight="1">
       <c r="A674" s="57"/>
-      <c r="B674" s="58"/>
       <c r="S674" s="58"/>
       <c r="T674" s="58"/>
       <c r="U674" s="58"/>
     </row>
     <row r="675" ht="15.75" customHeight="1">
       <c r="A675" s="57"/>
-      <c r="B675" s="58"/>
       <c r="S675" s="58"/>
       <c r="T675" s="58"/>
       <c r="U675" s="58"/>
     </row>
     <row r="676" ht="15.75" customHeight="1">
       <c r="A676" s="57"/>
-      <c r="B676" s="58"/>
       <c r="S676" s="58"/>
       <c r="T676" s="58"/>
       <c r="U676" s="58"/>
     </row>
     <row r="677" ht="15.75" customHeight="1">
       <c r="A677" s="57"/>
-      <c r="B677" s="58"/>
       <c r="S677" s="58"/>
       <c r="T677" s="58"/>
       <c r="U677" s="58"/>
     </row>
     <row r="678" ht="15.75" customHeight="1">
       <c r="A678" s="57"/>
-      <c r="B678" s="58"/>
       <c r="S678" s="58"/>
       <c r="T678" s="58"/>
       <c r="U678" s="58"/>
     </row>
     <row r="679" ht="15.75" customHeight="1">
       <c r="A679" s="57"/>
-      <c r="B679" s="58"/>
       <c r="S679" s="58"/>
       <c r="T679" s="58"/>
       <c r="U679" s="58"/>
     </row>
     <row r="680" ht="15.75" customHeight="1">
       <c r="A680" s="57"/>
-      <c r="B680" s="58"/>
       <c r="S680" s="58"/>
       <c r="T680" s="58"/>
       <c r="U680" s="58"/>
     </row>
     <row r="681" ht="15.75" customHeight="1">
       <c r="A681" s="57"/>
-      <c r="B681" s="58"/>
       <c r="S681" s="58"/>
       <c r="T681" s="58"/>
       <c r="U681" s="58"/>
     </row>
     <row r="682" ht="15.75" customHeight="1">
       <c r="A682" s="57"/>
-      <c r="B682" s="58"/>
       <c r="S682" s="58"/>
       <c r="T682" s="58"/>
       <c r="U682" s="58"/>
     </row>
     <row r="683" ht="15.75" customHeight="1">
       <c r="A683" s="57"/>
-      <c r="B683" s="58"/>
       <c r="S683" s="58"/>
       <c r="T683" s="58"/>
       <c r="U683" s="58"/>
     </row>
     <row r="684" ht="15.75" customHeight="1">
       <c r="A684" s="57"/>
-      <c r="B684" s="58"/>
       <c r="S684" s="58"/>
       <c r="T684" s="58"/>
       <c r="U684" s="58"/>
     </row>
     <row r="685" ht="15.75" customHeight="1">
       <c r="A685" s="57"/>
-      <c r="B685" s="58"/>
       <c r="S685" s="58"/>
       <c r="T685" s="58"/>
       <c r="U685" s="58"/>
     </row>
     <row r="686" ht="15.75" customHeight="1">
       <c r="A686" s="57"/>
-      <c r="B686" s="58"/>
       <c r="S686" s="58"/>
       <c r="T686" s="58"/>
       <c r="U686" s="58"/>
     </row>
     <row r="687" ht="15.75" customHeight="1">
       <c r="A687" s="57"/>
-      <c r="B687" s="58"/>
       <c r="S687" s="58"/>
       <c r="T687" s="58"/>
       <c r="U687" s="58"/>
     </row>
     <row r="688" ht="15.75" customHeight="1">
       <c r="A688" s="57"/>
-      <c r="B688" s="58"/>
       <c r="S688" s="58"/>
       <c r="T688" s="58"/>
       <c r="U688" s="58"/>
     </row>
     <row r="689" ht="15.75" customHeight="1">
       <c r="A689" s="57"/>
-      <c r="B689" s="58"/>
       <c r="S689" s="58"/>
       <c r="T689" s="58"/>
       <c r="U689" s="58"/>
     </row>
     <row r="690" ht="15.75" customHeight="1">
       <c r="A690" s="57"/>
-      <c r="B690" s="58"/>
       <c r="S690" s="58"/>
       <c r="T690" s="58"/>
       <c r="U690" s="58"/>
     </row>
     <row r="691" ht="15.75" customHeight="1">
       <c r="A691" s="57"/>
-      <c r="B691" s="58"/>
       <c r="S691" s="58"/>
       <c r="T691" s="58"/>
       <c r="U691" s="58"/>
     </row>
     <row r="692" ht="15.75" customHeight="1">
       <c r="A692" s="57"/>
-      <c r="B692" s="58"/>
       <c r="S692" s="58"/>
       <c r="T692" s="58"/>
       <c r="U692" s="58"/>
     </row>
     <row r="693" ht="15.75" customHeight="1">
       <c r="A693" s="57"/>
-      <c r="B693" s="58"/>
       <c r="S693" s="58"/>
       <c r="T693" s="58"/>
       <c r="U693" s="58"/>
     </row>
     <row r="694" ht="15.75" customHeight="1">
       <c r="A694" s="57"/>
-      <c r="B694" s="58"/>
       <c r="S694" s="58"/>
       <c r="T694" s="58"/>
       <c r="U694" s="58"/>
     </row>
     <row r="695" ht="15.75" customHeight="1">
       <c r="A695" s="57"/>
-      <c r="B695" s="58"/>
       <c r="S695" s="58"/>
       <c r="T695" s="58"/>
       <c r="U695" s="58"/>
     </row>
     <row r="696" ht="15.75" customHeight="1">
       <c r="A696" s="57"/>
-      <c r="B696" s="58"/>
       <c r="S696" s="58"/>
       <c r="T696" s="58"/>
       <c r="U696" s="58"/>
     </row>
     <row r="697" ht="15.75" customHeight="1">
       <c r="A697" s="57"/>
-      <c r="B697" s="58"/>
       <c r="S697" s="58"/>
       <c r="T697" s="58"/>
       <c r="U697" s="58"/>
     </row>
     <row r="698" ht="15.75" customHeight="1">
       <c r="A698" s="57"/>
-      <c r="B698" s="58"/>
       <c r="S698" s="58"/>
       <c r="T698" s="58"/>
       <c r="U698" s="58"/>
     </row>
     <row r="699" ht="15.75" customHeight="1">
       <c r="A699" s="57"/>
-      <c r="B699" s="58"/>
       <c r="S699" s="58"/>
       <c r="T699" s="58"/>
       <c r="U699" s="58"/>
     </row>
     <row r="700" ht="15.75" customHeight="1">
       <c r="A700" s="57"/>
-      <c r="B700" s="58"/>
       <c r="S700" s="58"/>
       <c r="T700" s="58"/>
       <c r="U700" s="58"/>
     </row>
     <row r="701" ht="15.75" customHeight="1">
       <c r="A701" s="57"/>
-      <c r="B701" s="58"/>
       <c r="S701" s="58"/>
       <c r="T701" s="58"/>
       <c r="U701" s="58"/>
     </row>
     <row r="702" ht="15.75" customHeight="1">
       <c r="A702" s="57"/>
-      <c r="B702" s="58"/>
       <c r="S702" s="58"/>
       <c r="T702" s="58"/>
       <c r="U702" s="58"/>
     </row>
     <row r="703" ht="15.75" customHeight="1">
       <c r="A703" s="57"/>
-      <c r="B703" s="58"/>
       <c r="S703" s="58"/>
       <c r="T703" s="58"/>
       <c r="U703" s="58"/>
     </row>
     <row r="704" ht="15.75" customHeight="1">
       <c r="A704" s="57"/>
-      <c r="B704" s="58"/>
       <c r="S704" s="58"/>
       <c r="T704" s="58"/>
       <c r="U704" s="58"/>
     </row>
     <row r="705" ht="15.75" customHeight="1">
       <c r="A705" s="57"/>
-      <c r="B705" s="58"/>
       <c r="S705" s="58"/>
       <c r="T705" s="58"/>
       <c r="U705" s="58"/>
     </row>
     <row r="706" ht="15.75" customHeight="1">
       <c r="A706" s="57"/>
-      <c r="B706" s="58"/>
       <c r="S706" s="58"/>
       <c r="T706" s="58"/>
       <c r="U706" s="58"/>
     </row>
     <row r="707" ht="15.75" customHeight="1">
       <c r="A707" s="57"/>
-      <c r="B707" s="58"/>
       <c r="S707" s="58"/>
       <c r="T707" s="58"/>
       <c r="U707" s="58"/>
     </row>
     <row r="708" ht="15.75" customHeight="1">
       <c r="A708" s="57"/>
-      <c r="B708" s="58"/>
       <c r="S708" s="58"/>
       <c r="T708" s="58"/>
       <c r="U708" s="58"/>
     </row>
     <row r="709" ht="15.75" customHeight="1">
       <c r="A709" s="57"/>
-      <c r="B709" s="58"/>
       <c r="S709" s="58"/>
       <c r="T709" s="58"/>
       <c r="U709" s="58"/>
     </row>
     <row r="710" ht="15.75" customHeight="1">
       <c r="A710" s="57"/>
-      <c r="B710" s="58"/>
       <c r="S710" s="58"/>
       <c r="T710" s="58"/>
       <c r="U710" s="58"/>
     </row>
     <row r="711" ht="15.75" customHeight="1">
       <c r="A711" s="57"/>
-      <c r="B711" s="58"/>
       <c r="S711" s="58"/>
       <c r="T711" s="58"/>
       <c r="U711" s="58"/>
     </row>
     <row r="712" ht="15.75" customHeight="1">
       <c r="A712" s="57"/>
-      <c r="B712" s="58"/>
       <c r="S712" s="58"/>
       <c r="T712" s="58"/>
       <c r="U712" s="58"/>
     </row>
     <row r="713" ht="15.75" customHeight="1">
       <c r="A713" s="57"/>
-      <c r="B713" s="58"/>
       <c r="S713" s="58"/>
       <c r="T713" s="58"/>
       <c r="U713" s="58"/>
     </row>
     <row r="714" ht="15.75" customHeight="1">
       <c r="A714" s="57"/>
-      <c r="B714" s="58"/>
       <c r="S714" s="58"/>
       <c r="T714" s="58"/>
       <c r="U714" s="58"/>
     </row>
     <row r="715" ht="15.75" customHeight="1">
       <c r="A715" s="57"/>
-      <c r="B715" s="58"/>
       <c r="S715" s="58"/>
       <c r="T715" s="58"/>
       <c r="U715" s="58"/>
     </row>
     <row r="716" ht="15.75" customHeight="1">
       <c r="A716" s="57"/>
-      <c r="B716" s="58"/>
       <c r="S716" s="58"/>
       <c r="T716" s="58"/>
       <c r="U716" s="58"/>
     </row>
     <row r="717" ht="15.75" customHeight="1">
       <c r="A717" s="57"/>
-      <c r="B717" s="58"/>
       <c r="S717" s="58"/>
       <c r="T717" s="58"/>
       <c r="U717" s="58"/>
     </row>
     <row r="718" ht="15.75" customHeight="1">
       <c r="A718" s="57"/>
-      <c r="B718" s="58"/>
       <c r="S718" s="58"/>
       <c r="T718" s="58"/>
       <c r="U718" s="58"/>
     </row>
     <row r="719" ht="15.75" customHeight="1">
       <c r="A719" s="57"/>
-      <c r="B719" s="58"/>
       <c r="S719" s="58"/>
       <c r="T719" s="58"/>
       <c r="U719" s="58"/>
     </row>
     <row r="720" ht="15.75" customHeight="1">
       <c r="A720" s="57"/>
-      <c r="B720" s="58"/>
       <c r="S720" s="58"/>
       <c r="T720" s="58"/>
       <c r="U720" s="58"/>
     </row>
     <row r="721" ht="15.75" customHeight="1">
       <c r="A721" s="57"/>
-      <c r="B721" s="58"/>
       <c r="S721" s="58"/>
       <c r="T721" s="58"/>
       <c r="U721" s="58"/>
     </row>
     <row r="722" ht="15.75" customHeight="1">
       <c r="A722" s="57"/>
-      <c r="B722" s="58"/>
       <c r="S722" s="58"/>
       <c r="T722" s="58"/>
       <c r="U722" s="58"/>
     </row>
     <row r="723" ht="15.75" customHeight="1">
       <c r="A723" s="57"/>
-      <c r="B723" s="58"/>
       <c r="S723" s="58"/>
       <c r="T723" s="58"/>
       <c r="U723" s="58"/>
     </row>
     <row r="724" ht="15.75" customHeight="1">
       <c r="A724" s="57"/>
-      <c r="B724" s="58"/>
       <c r="S724" s="58"/>
       <c r="T724" s="58"/>
       <c r="U724" s="58"/>
     </row>
     <row r="725" ht="15.75" customHeight="1">
       <c r="A725" s="57"/>
-      <c r="B725" s="58"/>
       <c r="S725" s="58"/>
       <c r="T725" s="58"/>
       <c r="U725" s="58"/>
     </row>
     <row r="726" ht="15.75" customHeight="1">
       <c r="A726" s="57"/>
-      <c r="B726" s="58"/>
       <c r="S726" s="58"/>
       <c r="T726" s="58"/>
       <c r="U726" s="58"/>
     </row>
     <row r="727" ht="15.75" customHeight="1">
       <c r="A727" s="57"/>
-      <c r="B727" s="58"/>
       <c r="T727" s="58"/>
       <c r="U727" s="58"/>
     </row>
     <row r="728" ht="15.75" customHeight="1">
       <c r="A728" s="57"/>
-      <c r="B728" s="58"/>
       <c r="T728" s="58"/>
       <c r="U728" s="58"/>
     </row>
     <row r="729" ht="15.75" customHeight="1">
       <c r="A729" s="57"/>
-      <c r="B729" s="58"/>
       <c r="T729" s="58"/>
       <c r="U729" s="58"/>
     </row>
     <row r="730" ht="15.75" customHeight="1">
       <c r="A730" s="57"/>
-      <c r="B730" s="58"/>
       <c r="T730" s="58"/>
       <c r="U730" s="58"/>
     </row>
     <row r="731" ht="15.75" customHeight="1">
       <c r="A731" s="57"/>
-      <c r="B731" s="58"/>
       <c r="T731" s="58"/>
       <c r="U731" s="58"/>
     </row>
     <row r="732" ht="15.75" customHeight="1">
       <c r="A732" s="57"/>
-      <c r="B732" s="58"/>
       <c r="T732" s="58"/>
       <c r="U732" s="58"/>
     </row>
     <row r="733" ht="15.75" customHeight="1">
       <c r="A733" s="57"/>
-      <c r="B733" s="58"/>
       <c r="T733" s="58"/>
       <c r="U733" s="58"/>
     </row>
     <row r="734" ht="15.75" customHeight="1">
       <c r="A734" s="57"/>
-      <c r="B734" s="58"/>
       <c r="T734" s="58"/>
       <c r="U734" s="58"/>
     </row>
     <row r="735" ht="15.75" customHeight="1">
       <c r="A735" s="57"/>
-      <c r="B735" s="58"/>
       <c r="T735" s="58"/>
       <c r="U735" s="58"/>
     </row>
     <row r="736" ht="15.75" customHeight="1">
       <c r="A736" s="57"/>
-      <c r="B736" s="58"/>
       <c r="T736" s="58"/>
       <c r="U736" s="58"/>
     </row>
     <row r="737" ht="15.75" customHeight="1">
       <c r="A737" s="57"/>
-      <c r="B737" s="58"/>
       <c r="T737" s="58"/>
       <c r="U737" s="58"/>
     </row>
     <row r="738" ht="15.75" customHeight="1">
       <c r="A738" s="57"/>
-      <c r="B738" s="58"/>
       <c r="T738" s="58"/>
       <c r="U738" s="58"/>
     </row>
     <row r="739" ht="15.75" customHeight="1">
       <c r="A739" s="57"/>
-      <c r="B739" s="58"/>
       <c r="T739" s="58"/>
       <c r="U739" s="58"/>
     </row>
     <row r="740" ht="15.75" customHeight="1">
       <c r="A740" s="57"/>
-      <c r="B740" s="58"/>
       <c r="T740" s="58"/>
       <c r="U740" s="58"/>
     </row>
     <row r="741" ht="15.75" customHeight="1">
       <c r="A741" s="57"/>
-      <c r="B741" s="58"/>
       <c r="T741" s="58"/>
       <c r="U741" s="58"/>
     </row>
     <row r="742" ht="15.75" customHeight="1">
       <c r="A742" s="57"/>
-      <c r="B742" s="58"/>
       <c r="T742" s="58"/>
       <c r="U742" s="58"/>
     </row>
     <row r="743" ht="15.75" customHeight="1">
       <c r="A743" s="57"/>
-      <c r="B743" s="58"/>
       <c r="T743" s="58"/>
       <c r="U743" s="58"/>
     </row>
     <row r="744" ht="15.75" customHeight="1">
       <c r="A744" s="57"/>
-      <c r="B744" s="58"/>
       <c r="T744" s="58"/>
       <c r="U744" s="58"/>
     </row>
     <row r="745" ht="15.75" customHeight="1">
       <c r="A745" s="57"/>
-      <c r="B745" s="58"/>
       <c r="T745" s="58"/>
       <c r="U745" s="58"/>
     </row>
     <row r="746" ht="15.75" customHeight="1">
       <c r="A746" s="57"/>
-      <c r="B746" s="58"/>
       <c r="T746" s="58"/>
       <c r="U746" s="58"/>
     </row>
     <row r="747" ht="15.75" customHeight="1">
       <c r="A747" s="57"/>
-      <c r="B747" s="58"/>
       <c r="T747" s="58"/>
       <c r="U747" s="58"/>
     </row>
     <row r="748" ht="15.75" customHeight="1">
       <c r="A748" s="57"/>
-      <c r="B748" s="58"/>
       <c r="T748" s="58"/>
       <c r="U748" s="58"/>
     </row>
     <row r="749" ht="15.75" customHeight="1">
       <c r="A749" s="57"/>
-      <c r="B749" s="58"/>
       <c r="T749" s="58"/>
       <c r="U749" s="58"/>
     </row>
     <row r="750" ht="15.75" customHeight="1">
       <c r="A750" s="57"/>
-      <c r="B750" s="58"/>
       <c r="T750" s="58"/>
       <c r="U750" s="58"/>
     </row>
     <row r="751" ht="15.75" customHeight="1">
       <c r="A751" s="57"/>
-      <c r="B751" s="58"/>
       <c r="T751" s="58"/>
       <c r="U751" s="58"/>
     </row>
     <row r="752" ht="15.75" customHeight="1">
       <c r="A752" s="57"/>
-      <c r="B752" s="58"/>
       <c r="T752" s="58"/>
       <c r="U752" s="58"/>
     </row>
     <row r="753" ht="15.75" customHeight="1">
       <c r="A753" s="57"/>
-      <c r="B753" s="58"/>
       <c r="T753" s="58"/>
       <c r="U753" s="58"/>
     </row>
     <row r="754" ht="15.75" customHeight="1">
       <c r="A754" s="57"/>
-      <c r="B754" s="58"/>
       <c r="T754" s="58"/>
       <c r="U754" s="58"/>
     </row>
     <row r="755" ht="15.75" customHeight="1">
       <c r="A755" s="57"/>
-      <c r="B755" s="58"/>
       <c r="T755" s="58"/>
       <c r="U755" s="58"/>
     </row>
     <row r="756" ht="15.75" customHeight="1">
       <c r="A756" s="57"/>
-      <c r="B756" s="58"/>
       <c r="T756" s="58"/>
       <c r="U756" s="58"/>
     </row>
     <row r="757" ht="15.75" customHeight="1">
       <c r="A757" s="57"/>
-      <c r="B757" s="58"/>
       <c r="T757" s="58"/>
       <c r="U757" s="58"/>
     </row>
     <row r="758" ht="15.75" customHeight="1">
       <c r="A758" s="57"/>
-      <c r="B758" s="58"/>
       <c r="T758" s="58"/>
       <c r="U758" s="58"/>
     </row>
     <row r="759" ht="15.75" customHeight="1">
       <c r="A759" s="57"/>
-      <c r="B759" s="58"/>
       <c r="T759" s="58"/>
       <c r="U759" s="58"/>
     </row>
     <row r="760" ht="15.75" customHeight="1">
       <c r="A760" s="57"/>
-      <c r="B760" s="58"/>
       <c r="T760" s="58"/>
       <c r="U760" s="58"/>
     </row>
     <row r="761" ht="15.75" customHeight="1">
       <c r="A761" s="57"/>
-      <c r="B761" s="58"/>
       <c r="T761" s="58"/>
       <c r="U761" s="58"/>
     </row>
     <row r="762" ht="15.75" customHeight="1">
       <c r="A762" s="57"/>
-      <c r="B762" s="58"/>
       <c r="T762" s="58"/>
       <c r="U762" s="58"/>
     </row>
     <row r="763" ht="15.75" customHeight="1">
       <c r="A763" s="57"/>
-      <c r="B763" s="58"/>
       <c r="T763" s="58"/>
       <c r="U763" s="58"/>
     </row>
     <row r="764" ht="15.75" customHeight="1">
       <c r="A764" s="57"/>
-      <c r="B764" s="58"/>
       <c r="T764" s="58"/>
       <c r="U764" s="58"/>
     </row>
     <row r="765" ht="15.75" customHeight="1">
       <c r="A765" s="57"/>
-      <c r="B765" s="58"/>
       <c r="T765" s="58"/>
       <c r="U765" s="58"/>
     </row>
     <row r="766" ht="15.75" customHeight="1">
       <c r="A766" s="57"/>
-      <c r="B766" s="58"/>
       <c r="T766" s="58"/>
       <c r="U766" s="58"/>
     </row>
     <row r="767" ht="15.75" customHeight="1">
       <c r="A767" s="57"/>
-      <c r="B767" s="58"/>
       <c r="T767" s="58"/>
       <c r="U767" s="58"/>
     </row>
     <row r="768" ht="15.75" customHeight="1">
       <c r="A768" s="57"/>
-      <c r="B768" s="58"/>
       <c r="T768" s="58"/>
       <c r="U768" s="58"/>
     </row>
     <row r="769" ht="15.75" customHeight="1">
       <c r="A769" s="57"/>
-      <c r="B769" s="58"/>
       <c r="T769" s="58"/>
       <c r="U769" s="58"/>
     </row>
     <row r="770" ht="15.75" customHeight="1">
       <c r="A770" s="57"/>
-      <c r="B770" s="58"/>
       <c r="T770" s="58"/>
       <c r="U770" s="58"/>
     </row>
     <row r="771" ht="15.75" customHeight="1">
       <c r="A771" s="57"/>
-      <c r="B771" s="58"/>
       <c r="T771" s="58"/>
       <c r="U771" s="58"/>
     </row>
     <row r="772" ht="15.75" customHeight="1">
       <c r="A772" s="57"/>
-      <c r="B772" s="58"/>
       <c r="T772" s="58"/>
       <c r="U772" s="58"/>
     </row>
     <row r="773" ht="15.75" customHeight="1">
       <c r="A773" s="57"/>
-      <c r="B773" s="58"/>
       <c r="T773" s="58"/>
       <c r="U773" s="58"/>
     </row>
     <row r="774" ht="15.75" customHeight="1">
       <c r="A774" s="57"/>
-      <c r="B774" s="58"/>
       <c r="T774" s="58"/>
       <c r="U774" s="58"/>
     </row>
     <row r="775" ht="15.75" customHeight="1">
       <c r="A775" s="57"/>
-      <c r="B775" s="58"/>
       <c r="T775" s="58"/>
       <c r="U775" s="58"/>
     </row>
     <row r="776" ht="15.75" customHeight="1">
       <c r="A776" s="57"/>
-      <c r="B776" s="58"/>
       <c r="T776" s="58"/>
       <c r="U776" s="58"/>
     </row>
     <row r="777" ht="15.75" customHeight="1">
       <c r="A777" s="57"/>
-      <c r="B777" s="58"/>
       <c r="T777" s="58"/>
       <c r="U777" s="58"/>
     </row>
     <row r="778" ht="15.75" customHeight="1">
       <c r="A778" s="57"/>
-      <c r="B778" s="58"/>
       <c r="T778" s="58"/>
       <c r="U778" s="58"/>
     </row>
     <row r="779" ht="15.75" customHeight="1">
       <c r="A779" s="57"/>
-      <c r="B779" s="58"/>
       <c r="T779" s="58"/>
       <c r="U779" s="58"/>
     </row>
     <row r="780" ht="15.75" customHeight="1">
       <c r="A780" s="57"/>
-      <c r="B780" s="58"/>
       <c r="T780" s="58"/>
       <c r="U780" s="58"/>
     </row>
     <row r="781" ht="15.75" customHeight="1">
       <c r="A781" s="57"/>
-      <c r="B781" s="58"/>
       <c r="T781" s="58"/>
       <c r="U781" s="58"/>
     </row>
     <row r="782" ht="15.75" customHeight="1">
       <c r="A782" s="57"/>
-      <c r="B782" s="58"/>
       <c r="T782" s="58"/>
       <c r="U782" s="58"/>
     </row>
     <row r="783" ht="15.75" customHeight="1">
       <c r="A783" s="57"/>
-      <c r="B783" s="58"/>
       <c r="T783" s="58"/>
       <c r="U783" s="58"/>
     </row>
     <row r="784" ht="15.75" customHeight="1">
       <c r="A784" s="57"/>
-      <c r="B784" s="58"/>
       <c r="T784" s="58"/>
       <c r="U784" s="58"/>
     </row>
     <row r="785" ht="15.75" customHeight="1">
       <c r="A785" s="57"/>
-      <c r="B785" s="58"/>
       <c r="T785" s="58"/>
       <c r="U785" s="58"/>
     </row>
     <row r="786" ht="15.75" customHeight="1">
       <c r="A786" s="57"/>
-      <c r="B786" s="58"/>
       <c r="T786" s="58"/>
       <c r="U786" s="58"/>
     </row>
     <row r="787" ht="15.75" customHeight="1">
       <c r="A787" s="57"/>
       <c r="T787" s="58"/>
       <c r="U787" s="58"/>
     </row>
     <row r="788" ht="15.75" customHeight="1">
       <c r="A788" s="57"/>
       <c r="T788" s="58"/>
       <c r="U788" s="58"/>
     </row>
     <row r="789" ht="15.75" customHeight="1">
       <c r="A789" s="57"/>
       <c r="T789" s="58"/>
       <c r="U789" s="58"/>
     </row>
     <row r="790" ht="15.75" customHeight="1">
       <c r="A790" s="57"/>
       <c r="T790" s="58"/>
       <c r="U790" s="58"/>
     </row>
     <row r="791" ht="15.75" customHeight="1">
       <c r="A791" s="57"/>
@@ -8990,61 +8275,67 @@
     </row>
     <row r="997" ht="15.75" customHeight="1">
       <c r="A997" s="57"/>
       <c r="T997" s="58"/>
     </row>
     <row r="998" ht="15.75" customHeight="1">
       <c r="A998" s="57"/>
       <c r="T998" s="58"/>
     </row>
     <row r="999" ht="15.75" customHeight="1">
       <c r="A999" s="57"/>
       <c r="T999" s="58"/>
     </row>
     <row r="1000" ht="15.75" customHeight="1">
       <c r="A1000" s="57"/>
       <c r="T1000" s="58"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="C2:P2"/>
     <mergeCell ref="C18:K18"/>
     <mergeCell ref="C19:K19"/>
     <mergeCell ref="S23:U23"/>
   </mergeCells>
   <dataValidations>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="T24:T1000">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="T25">
       <formula1>$T$9:$T$12</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="U25:U73">
+      <formula1>"Médecin Membre titulaire ou associé de l'AFU - GROUPE,Médecin membre senior de l'AFU - GROUPE,Médecin chef de clinique membre de l'AFUF - GROUPE,Médecin Interne membre de l'AFUF - GROUPE,Médecin Non membre de l'AFU - GROUPE,Médecin non membre ressortissan"&amp;"t des pays à revenus faibles - GROUPE,Médecin non membre ressortissant des pays à revenus intermédiaires inférieurs - GROUPE,Urologue en formation de 30 à 35 ans - GROUPE,Urologue en formation de moins de 30 ans,Infirmier(e) Membre de l'AFIIU - 2 Journées"&amp;" ateliers + conférences (18-19/11),Infirmier(e) Membre de l'AFIIU - Ateliers uniquement (18/11),Infirmier(e) Membre de l'AFIIU - Conférences uniquement (19/11),Infirmier(e) Non Membre - 2 Journées ateliers + conférences (18-19/11),Infirmier(e) Non Membre "&amp;"- Ateliers uniquement (18/11),Infirmier(e) Non Membre - Conférences uniquement (19/11),Assistante médico-administrative,Kinésithérapeute,REPLAY UNIQUEMENT Médecin Non membre de l'AFU,REPLAY UNIQUEMENT Médecin Membre Sénior de l'AFU,REPLAY UNIQUEMENT Médec"&amp;"in Membre titulaire ou associé de l'AFU,REPLAY UNIQUEMENT Urologue en formation de 30 à 35 ans,REPLAY UNIQUEMENT Médecin chef de clinique membre de l'AFUF,Industriel non exposant"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="T26:T1000">
+      <formula1>$T$9:$T$12</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="B25:B73">
+      <formula1>"M.,Pr.,Mme.,Dr."</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="U74:U873">
       <formula1>#REF!</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="S25:S726">
       <formula1>$S$11:$S$20</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>"Mr.,Mme.,Pr.,Dr."</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.7" right="0.7" top="0.75"/>
   <pageSetup paperSize="9" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <pageSetUpPr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="14.43" defaultRowHeight="15.0"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="74.0"/>
     <col customWidth="1" min="2" max="26" width="10.71"/>
   </cols>
   <sheetData>
     <row r="1" ht="13.5" customHeight="1">
       <c r="A1" s="59" t="s">